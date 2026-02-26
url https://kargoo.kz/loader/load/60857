--- v0 (2026-02-24)
+++ v1 (2026-02-26)
@@ -1,836 +1,10010 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="005B612D" w:rsidRDefault="005B612D" w:rsidP="005B612D">
       <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005B612D" w:rsidRPr="005B612D" w:rsidRDefault="005B612D" w:rsidP="005B612D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
+      <w:r w:rsidRPr="005B612D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Консультация для родителей «Чему необходимо научить ребенка в период дошкольного возраста»</w:t>
-      </w:r>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>жастағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>үйрету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
-[...6 lines deleted...]
-        <w:t>Любить себя.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өзіңді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сүю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t>Любовь к себе-наиболее фундаментальная и существенная из всех способностей. Пока ребенок не осознает, что его жизнь это ценность и он индивидуален, он не сможет стать деятельным, а значит, не сможет реализовать себя.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сүю-барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қабілеттердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішіндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іргелі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>маңыздысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құндылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұлға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түсінбейінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>белсенді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бола </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сондықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>асыра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
-[...6 lines deleted...]
-        <w:t>Понимать и объяснять поведение.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Міне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>з-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құлықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түсіну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түсіндіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Ребенка надо учить анализировать и объяснять собственное поведение и чувства. Ежедневно рассказывайте ему о том, что </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>міне</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t>чувствуете и как проявляется</w:t>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>з-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> у вас это чувство. Спрашивайте его, интересуйтесь: как он себя вел и какое чувства он испытывал в течени</w:t>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құлқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сезімдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдауға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түсіндіруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үйрету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзіңізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сезінетініңізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сезім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сізде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрінетіні</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AE7773">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> дня, что он чувствует сейчас? Он сможет объяснить, как он вел себя в течени</w:t>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>айтыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Одан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сұраңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызығушылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>танытыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұстады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сезінді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қазі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AE7773">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> дня, самостоятельно проанализировать и обозначить - хорошо это или плохо, что он при этом чувствует, почему это с ним случилось и что с этим делать.</w:t>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сезінеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұстағанын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түсіндіре</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>талдай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жаман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сезінетіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болғанын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>істеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>керектігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>белгілей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
-[...6 lines deleted...]
-        <w:t>Общаться с помощью слов.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сөздер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сөйлесу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t>Ребенок, который может объяснить, что с ним происходит, словами, помогает другим лучше понять себя и этим разрешает многие непонимания. Вот он, как кажется педагогу, заупрямился, не стал работать на занятии и весь день ничего не делал. Педагогу не будет так казаться, если ребенок просто скажет, что сначала он очень испугался, потому что его никогда не спрашивали первым, а потом огорчился, что у него не получилось, и весь день было так обидно, что даже когда знал стихотворение, но не ответил, потому что хотелось плакать.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өзіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жатқанын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сөзбен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түсіндіре</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқаларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түсінуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көмектеседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көптеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түсініспеушіліктерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шешеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Міне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрінгендей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сабақта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>істемеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ештеңе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>істемеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алдымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қорқады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>десе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мұғалімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ешқашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сұралмағандықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>інбейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>содан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәтсіздікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұшырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бойы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ренжіді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өлеңді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де, мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жылағым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келгендіктен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бермеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
-[...6 lines deleted...]
-        <w:t>Понимать различия между мыслями и действиями.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ойлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әрекеттер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арасындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>айырмашылықтарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Ребенок не может чувствовать одно, думать о другом, а действовать в третьем. У него детская, чистая коммуникация. Если он о чем-то переживает, надо научить его говорить о своих чувствах, а не переводить их в постоянные мысли, которых он боится или стесняется. Тогда его душевная боль проходит, и детское сознание может воспринимать образовательную задачу, которую он реализует в действии. Поэтому рекомендуется </w:t>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AE7773">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> свои негативные эмоции через рассказ, игру, драматизацию, рисунок, пантомиму: «Нарисуй, покажи, расскажи, проиграй, что тебя сейчас тревожит?»</w:t>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәрсені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сезіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәрсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ойлай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшіншісінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әрекет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ете</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> таза </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатынаста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірдеңе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алаңдаса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қорқатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұялатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұрақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ойлар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аударудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орнына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сезімдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>айтуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үйрету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Содан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүрегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ауырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақыл-ойы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әрекетте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орындайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тапсырмасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орындай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сондықтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағымсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>эмоцияларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әңгіме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ойын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, драма, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сурет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, пантомима </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көмектесу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұсынылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сурет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сал, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>айт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұтыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қазі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мазалайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
-[...6 lines deleted...]
-        <w:t>Интересоваться и задавать вопросы.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қызығушылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>танытып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сұрақтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қойыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
-[...6 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сұрақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қою</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оңайырақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сияқты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көптеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сұрақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қоюды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білмейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дайындық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мотивацияның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>төмендігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t>проще</w:t>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ала</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AE7773">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> тревожность по поводу низкой мотивации при подготовке к обучению в школе.</w:t>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ңдаушылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>осыған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ересектер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өздеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>айналасындағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ылар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қоятын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>керемет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күрделі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сұрақтарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> берсе, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дайындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тануға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызығушылығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алаңдаушылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Все беспокойства о подготовке детей к школе, развитие у них интересе к учению и познанию исчезнут или значительно снизятся в том случае, если родители и взрослые будут реагировать на замечательные «сложные» вопросы, которые дети задают себе и окружающим: «Почему солнце не падает с неба?», «Почему рыба не захлебывается в воде?», «Почему люди стареют?».</w:t>
+        <w:t>жоғалады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>айтарлықтай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>төмендейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: "неге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аспаннан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түспейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?", "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Неліктен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> суда </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұншығып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?", "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Адамдар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неге </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қартаяды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t>Если мы хотим поддерживать инстинкт любознательности, мы должны убедиться, что уже к пяти годам ребенок упивается своими вопросами и знает, что всегда есть способы, как найти на них ответы.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қызығушылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>инстинктін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сақтағымыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, бес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жасқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сұрақтарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қуанатынына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>табудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жолдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білетініне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеткізуіміз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Детей надо учить добывать ответы, </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қайдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>табуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болатындығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсетуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үйрету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Әрине</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бі</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t>показывать</w:t>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> где их можно найти. </w:t>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>інші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кезекте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ата-аналардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өздері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ата-әжелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәжірибелерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білімдерімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көмекке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ал </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білмесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қазына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіпті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білмеуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқығысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келед</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t>И</w:t>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>і-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> конечно же в первую очередь, на помощь приходят сами родители, бабушки и дедушки с их опытом и знаниями, а если они тоже не знают, то для ребенка это будет клад, что даже родители чего-то могут не знать, но они тоже хотят научиться – есть книга, интернет, библиотека.</w:t>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кітап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, интернет, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кітапхана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
-[...6 lines deleted...]
-        <w:t>Не бояться неудач.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сәтсіздіктерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қорықпаңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t>Чтобы научиться чему-либо, ребенок не должен бояться ошибок и неудач. Ребенку нужно помочь понять, что ошибки - это бесценный опыт, который позволяет нам учиться.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәрсені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үйрену</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қателіктер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәтсіздіктерден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қорықпауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қателіктер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үйренуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мүмкіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>баға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетпес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәжірибе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түсінуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көмектесу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>маңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
-[...6 lines deleted...]
-        <w:t>Доверять взрослым.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ересектерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сеніңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t>Ребенку необходимо доверять взрослым, но доверие разрушается, если родители в угоду ребенку постоянно играют с ним в разные игры на обман: «Съешь кашу, станешь большим», «Мама - всегда говорит правду», «Папа самый сильный и смелый» и т. д.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ересектерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сену </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>анасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұнау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үнемі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>онымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түрлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ойындар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ойнаса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сенім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұзылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ботқаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үлкен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бол", "Мама </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шындықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>айтады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Әке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күшті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>батыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т. б.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t>Иногда родители думают, что ребенок не станет им доверять, если узнает об их слабостях. Мы не нарушим доверия ребенка, если признаем человеческое несовершенство.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кейде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әлсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жақтарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сенбейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ойлайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адамның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жетілмегендігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мойындайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болсақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>онда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сенімі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұзбаймыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...7 lines deleted...]
-        <w:t>Знать, в чем можно полагаться на взрослого.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ересек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не сене </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алатыныңызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>біліңіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="004169DE" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRPr="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773">
+    <w:p w:rsidR="001E78CF" w:rsidRPr="005B612D" w:rsidRDefault="004169DE" w:rsidP="005B612D">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE7773">
-[...5 lines deleted...]
-        <w:t>К пяти годам ребенок должен знать, что существует много ситуаций, с которыми он не может справиться в одиночку и это нормально. Например, он не может справиться с компанией старших детей, с агрессивным поведением, с диким зверем и многими другими случаями. Есть необходимость объяснить ребенку, что родители даны ему в поддержку и защиту. Они могут быть настоящими друзьями ребенка, которые всегда и в любой ситуации придут на помощь, именно они могут понять, принять их любыми и будут любить ребенка вопреки всему, а самое главное это то, что им можно доверять.</w:t>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жалғыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шеше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алмайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көптеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қалыпты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мысалы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үлкен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тобын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>агрессивті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>міне</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>з-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құлықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жабайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көптеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жеңе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ата-анасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қолдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берілгенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түсіндіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әрдайым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кез-келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көмекке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нағыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>досы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бола </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кез-келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түсіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қабылдай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>баланы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ештеңеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қарамастан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жақсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көреді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ең</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бастысы-оларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сенуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005B612D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AE7773" w:rsidRDefault="00AE7773" w:rsidP="00AE7773"/>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="001E78CF">
+    <w:sectPr w:rsidR="001E78CF" w:rsidRPr="005B612D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C73AF7"/>
+    <w:rsidRoot w:val="004232FC"/>
+    <w:rsid w:val="004169DE"/>
+    <w:rsid w:val="004232FC"/>
+    <w:rsid w:val="005B612D"/>
     <w:rsid w:val="008E2979"/>
-    <w:rsid w:val="00AE7773"/>
-    <w:rsid w:val="00C73AF7"/>
     <w:rsid w:val="00EF4A23"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -1496,54 +10670,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>648</Words>
-  <Characters>3696</Characters>
+  <Words>623</Words>
+  <Characters>3557</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
+  <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4336</CharactersWithSpaces>
+  <CharactersWithSpaces>4172</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>