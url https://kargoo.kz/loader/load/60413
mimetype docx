--- v0 (2025-12-23)
+++ v1 (2026-02-22)
@@ -1,2638 +1,4418 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="0ABA4128" w14:textId="77777777" w:rsidR="002B06A3" w:rsidRDefault="002B06A3" w:rsidP="00D14476">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+    <w:p w14:paraId="2CFA8B5B" w14:textId="77777777" w:rsidR="00943EA1" w:rsidRDefault="00943EA1" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C413E15" w14:textId="1AEDB9B8" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002B06A3">
+        </w:rPr>
+        <w:t xml:space="preserve">Коммунальное Государственное </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қарағанды облысы білім басқармасының  </w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>Учреждение «Д</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED39CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002B06A3">
+        </w:rPr>
+        <w:t>ворец</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED39CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школьников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="002B06A3">
+        <w:t xml:space="preserve"> «Кәусар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» отдела образования города Караганды управления образования Карагандинской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AB14ACF" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5795C02A" w14:textId="77777777" w:rsidR="005A76F1" w:rsidRPr="00ED39CA" w:rsidRDefault="005A76F1" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Кәусар» Оқушылар Сарайы» Коммуналдық мемлекеттік мекемесі</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Местонахождение(адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>): 1000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Карагандинская область, город Караганда, район имени </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>Әлихана Бөкейхана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ул. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Орналасқан жері(мекен-жайы):</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002B06A3">
+        <w:t xml:space="preserve">Методическая, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стр.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 100020, Қарағанды облысы, Қарағанды қаласы, Әлихан Бөкейхан ауданы, Методическая көшесі</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002A025A" w:rsidRPr="002B06A3">
+        <w:t>63</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002B06A3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26F9E878" w14:textId="77777777" w:rsidR="005A76F1" w:rsidRPr="00ED39CA" w:rsidRDefault="005A76F1" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>телефон: 8(7212) 21-52-99, +7(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 63, </w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:t>705)301-93-33</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B504155" w14:textId="3B347F95" w:rsidR="00D519C4" w:rsidRPr="00ED39CA" w:rsidRDefault="005A76F1" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B06A3">
-[...22 lines deleted...]
-        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="108DBF1E" w14:textId="234408A9" w:rsidR="00821FC0" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002B06A3">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="076E9FA8" w14:textId="563FB600" w:rsidR="00A20323" w:rsidRDefault="0081660F" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk206495161"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЕДАГОГ-</w:t>
+      </w:r>
+      <w:r w:rsidR="0019500E" w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Лауазымы:</w:t>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>ДЕФЕКТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="002B06A3">
+        <w:t>ОЛОГ</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB44BC" w:rsidRPr="00ED39CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ПЕДАГОГ-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EE446B" w:rsidRPr="002B06A3">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ДЕФЕКТОЛО</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002B06A3">
+        <w:t>1 ст.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB44BC" w:rsidRPr="00ED39CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Г (1 м.)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="074C310B" w14:textId="77777777" w:rsidR="002B06A3" w:rsidRPr="002B06A3" w:rsidRDefault="002B06A3" w:rsidP="00F56DD9">
+        <w:t>)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="65360C25" w14:textId="77777777" w:rsidR="00790D06" w:rsidRDefault="00790D06" w:rsidP="00A20323">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="074FB796" w14:textId="34D5C18A" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1842BA94" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z2078"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Педагог-дефектолог проводит индивидуальные, групповые и подгрупповые занятия (уроки) с детьми с ограниченными возможностями в соответствии с типовыми учебными планами и программами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52FC8560" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z2079"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводит специальное педагогическое обследование детей с ограниченными возможностями и осуществляет оценку особых образовательных потребностей воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9583E6" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z2080"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для преодоления нарушений психофизического развития у детей с ограниченными возможностями в развитии разрабатывает и реализует индивидуальные учебные, индивидуально-развивающие, коррекционно-развивающие программы и проводит индивидуальные (подгрупповые, групповые занятия);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EF1E818" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z2081"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  оказывает специальную психолого-педагогическую поддержку детям с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3161BCE2" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z2082"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет психолого-педагогическое сопровождение детей с особыми образовательными потребностями в организациях образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D97ED9E" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z2083"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает взаимодействие с другими педагогами и специалистами, способствует реализации принципа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>инклюзивности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18836CC4" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z2084"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в тесном контакте с другими педагогами и специалистами осуществляет деятельность по развитию и социализации детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04F04EAF" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z2085"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> консультирует родителей и иных законных представителей по применению специальных методов и приемов обучения и воспитания; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12073AE3" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z2086"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> способствует формированию общей культуры личности, использует разнообразные формы, образовательные технологии, приемы, методы и средства обучения в соответствии с требованиями государственного общеобязательного стандарта образования и типовых учебных программ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A6AC97E" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z2087"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагог-дефектолог дополнительного образования реализует программы психолого-медико-педагогического обследования и консультирования (психолого-медико-педагогические консультации), коррекционно-развивающие программы, проводит специальное педагогическое обследование детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC0B500" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z2088"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участвует в проведении командной оценки особых образовательных потребностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54EC8CC0" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z2089"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагог-дефектолог дополнительного образования проводит индивидуальные, подгрупповые и групповые занятия по плану и расписанию организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11E09418" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z2090"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разрабатывает и реализует индивидуальные учебные, индивидуально-развивающие, коррекционно-развивающие программы и проводит индивидуальные (подгрупповые, групповые занятия);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F9E173C" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z2091"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> повышает свою профессиональную компетентность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EEE53AE" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z2092"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участвует в заседаниях методических советов, методических объединений, сетевых сообществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380D0FDB" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z2093"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводит работу по формированию толерантного отношения общества к лицам с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68260FA2" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z2094"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="101E3C81" w14:textId="39EFB651" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z2095"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает охрану жизни, здоровья и прав детей в период воспитательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7303CBA5" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z2096"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Должен знать:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w14:paraId="73A86E47" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конституцию Республики Казахстан, законы Республики Казахстан "Об образовании", "О статусе педагога", "О социальной медико-педагогической и коррекционной поддержке детей с ограниченными возможностями", "О противодействии коррупции" и иные нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F9B8505" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z2098"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственные стандарты специальных социальных услуг для детей, оказавшихся в трудной жизненной ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C4AC199" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z2099"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специальную педагогику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF1C793" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z2100"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основы проектирования и организации учебно-воспитательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="388226B3" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z2101"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> новейшие достижения в области специального образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741361C3" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z2102"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормы педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="269A73A5" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z2103"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основы трудового законодательства, правила безопасности и охраны труда, противопожарной защиты, санитарные правила.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5359E2" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EABFDE2" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z2104"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Требования к квалификации: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17378538" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z2105"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> высшее и (или) послевузовское педагогическое образование по направлению "Специальное образование" или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47FE7F13" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z2106"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) при наличии высшего уровня квалификации стаж работы по специальности: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="095DCB8E" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z2107"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – не менее 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E56BD48" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10A863ED" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z2108"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="270E3CD0" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z2109"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) "педагог":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="683FB680" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z2110"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должен пользоваться методами диагностики развития и состояния детей, психолого-педагогической поддержки, направленных на максимальную коррекцию отклонений в развитии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F493C84" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z2111"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществлять мотивационную, диагностическую, развивающую, коммуникативную и методическую деятельность, используя инновационные педагогические и информационно-коммуникационные технологии в области специального дошкольного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67A382FF" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z2112"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пользоваться современными методами дефектологии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E551F9" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z2113"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принимать участие в работе методических объединений организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26866F10" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z2114"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> планировать и организовывать учебно-воспитательный процесс с учетом психолого-возрастных особенностей детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5F75BC" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z2115"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> способствовать формированию общей культуры детей и его социализации, принимать участие в мероприятиях на уровне организации образования, осуществлять индивидуальный подход в воспитании и обучении с учетом потребностей детей, пользоваться навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F345442" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z2116"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) "педагог – модератор":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15915334" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z2117"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должен отвечать общим требованиям к квалификации "педагог", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0331A2AC" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z2118"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> использовать современные методы диагностики и коррекции отклонений в развитии воспитанников, обобщать опыт на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="223A5D7A" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z2119"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) "педагог – эксперт":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3420E59E" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z2120"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должен отвечать общим требованиям к квалификации "педагог – модератор", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D15B623" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z2121"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> использовать методы и приемы предупреждения и исправления отклонений в развитии детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74F95173" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z2122"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивать сотрудничество с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB6A8FB" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z2123"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изучать и внедрять инновационный педагогический опыт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="497D76EE" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z2124"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пользоваться навыками анализа организованной учебной деятельности, осуществлять наставничество и определять приоритеты профессионального развития: собственного и коллег на уровне организации образования, обобщать опыт на уровне района/города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D4868D1" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z2125"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) "педагог-исследователь":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DEA0A66" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z2126"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должен отвечать общим требованиям к квалификации "педагог – эксперт", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="669D90E4" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z2127"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> использовать новейшие достижения дефектологической науки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45CC709E" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z2128"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специальной педагогики и психологии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F09258E" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z2129"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> применять инновационные технологии, методы и приемы обучения, учитывая потребности и психолого-физиологические особенности воспитанников, с соблюдением правил безопасности и охраны труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CF28F5B" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z2130"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивать взаимодействие с другими организациями по направлению деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70725692" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z2131"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> иметь методические разработки по направлению деятельности на уровне области;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D7007F0" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z2132"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пользоваться навыками исследования занятия и разработки инструментов оценивания, осуществлять наставничество обобщать опыт на уровне области/городов республиканского значения и столицы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DED676A" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z2133"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> иметь публикации в психолого-педагогических изданиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17A536A3" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z2134"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) "педагог-мастер":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="382DB8B2" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z2135"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должен соответствовать общим требованиям к квалификации "педагог – исследователь", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D136851" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z2136"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внедрять новейшие достижения специальной педагогики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C95DB97" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z2137"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществлять рефлексию своей профессиональной деятельности, руководствуясь основными методологическими принципами педагогического исследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C162CD7" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z2138"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обладать навыками самообучения в соответствии с траекторией профессионального развития;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C2E6AF" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z2139"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> иметь авторскую программу или являться автором (соавтором) изданных программ, учебно-методических пособий, получивших одобрение на областном учебно-методическом совете и РУМС;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p w14:paraId="6518925A" w14:textId="77777777" w:rsidR="002F7024" w:rsidRPr="00ED39CA" w:rsidRDefault="002F7024" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществлять наставничество и планировать развитие сети профессионального сообщества социальных педагогов на уровне области, являться участником республиканских и международных профессиональных конкурсов, утвержденных уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18D9347F" w14:textId="77777777" w:rsidR="001828B7" w:rsidRPr="00ED39CA" w:rsidRDefault="001828B7" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002B06A3">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54A8E3B9" w14:textId="77777777" w:rsidR="001828B7" w:rsidRPr="00ED39CA" w:rsidRDefault="001828B7" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="496D21DC" w14:textId="5FBF9AF7" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для участия в Конкурсе кандидату нарочно в комиссию необходимо предоставить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AB8D20E" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема документов, указанных в объявлении, направляет следующие документы в электронном или бумажном виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5F5AD3" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к Правилам (может быть выдана канцелярией организации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="282C0E52" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D2E2613" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E7768EA" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3600B3D2" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53FF5ED2" w14:textId="55199166" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:r w:rsidR="005A76F1" w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Об утверждении форм учетной документации в области здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidR="005A76F1" w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E58ED6" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FA5547A" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74A690A7" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="350849AF" w14:textId="12BE38BC" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Certificate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>English</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Language</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Teaching</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Adults</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidR="005A76F1" w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айелтс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A76F1" w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(IELTS) – 6,5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidR="005A76F1" w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тойфл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A76F1" w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(TOEFL) (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nternet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Based Test (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19FF9186" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования на должности педагогов по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C7E7813" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD16C29" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13) видеопрезентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 x 480.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2F3317" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кандидат при наличии представляет дополнительную информацию, касающуюся его образования, опыта работы, профессионального уровня (копии документов о повышении квалификации, присвоении ученых/академических степеней и званий, научных или методических публикациях, квалификационных категорий, рекомендации от руководства предыдущего места работы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00C7DD2A" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отсутствие одного из документов, указанных в пункте 118 настоящих Правил, является основанием для возврата документов кандидату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E7C45A4" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50884C97" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организацией </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в течение трех рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> после принятия документов кандидата, посредством Информационного Сервиса Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан направляется запрос о наличии либо отсутствии сведений о совершении коррупционного преступления и/или уголовного правонарушения в уполномоченный орган по правовой статистике и специальным учетам или его территориальные подразделения, а также о нарушении законодательства о статусе педагога в территориальный департамент по обеспечению качества в сфере образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17EF220D" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При выявлении сведений о совершении коррупционного преступления и/или уголовного правонарушения и/или законодательства о статусе педагога, запрещающие трудоустройство в соответствии с действующим законодательством Республики Казахстан, педагог отстраняется от конкурса на любом этапе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BF9F8C8" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Комиссия в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>течении пяти рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> после даты завершения приема документов проводит рассмотрение документов кандидатов на соответствие квалификационным требованиям, утвержденными Типовыми квалификационными требованиями педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC9E300" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По результатам рассмотрения документов кандидатов на соответствие квалификационным требованиям, конкурсная комиссия осуществляет подсчет баллов, указанных кандидатом в Оценочном листе согласно приложению 11 к Правилам (может быть выдана канцелярией организации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F1668BF" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Решение по итогам конкурса принимается конкурсной комиссией на основании набранных баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BD1085" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кандидат, получивший наибольшее количество баллов, считается прошедшим конкурс и рекомендуется первому руководителю государственной организации образования к назначению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58F796D7" w14:textId="77777777" w:rsidR="00B43B7F" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При равном количестве баллов у кандидатов, конкурсной комиссией принимается решение о проведении собеседования, по результатам которого определяется кандидат на назначение. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6211B87B" w14:textId="1E5F49BE" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Собеседование проходит в КГ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Лауазымдық міндеттері:</w:t>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> «Дворец школьников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> «Кәусар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» отдела образования города Караганды управления образования Карагандинской области.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CDF2DEF" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Результаты конкурса объявляются на Интернет-ресурсе организации образования, официальных аккаунтах социальных сетей организации в день проведения заключительного заседания конкурсной комиссии. С кандидатом, соответствующим квалификационным требованиям, утвержденными Типовыми квалификационными характеристиками педагогов и получившим положительное заключение конкурсной комиссии, руководитель организации образования заключает трудовой договор и издает приказ о приеме на работу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78F20F33" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Педагог-дефектолог үлгілік оқу жоспарлары мен бағдарламаларына сәйкес мүмкіндігі шектеулі балалармен жеке, топтық және кіші топтық сабақтар (сабақтар) өткізеді; мүмкіндігі шектеулі балаларға арнайы педагогикалық тексеру жүргізеді және тәрбиеленушілердің ерекше білім беру қажеттіліктерін бағалауды жүзеге асырады; даму мүмкіндігі шектеулі балаларда психофизикалық дамудың бұзылуын жеңу үшін жеке оқу, Жеке-дамыту, түзету-дамыту бағдарламаларын әзірлейді және іске асырады және жеке (кіші топтық, топтық сабақтар)өткізеді; мүмкіндігі шектеулі балаларға арнайы психологиялық-педагогикалық қолдау көрсетеді;</w:t>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C619623" w14:textId="77777777" w:rsidR="005A76F1" w:rsidRPr="00ED39CA" w:rsidRDefault="005A76F1" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="_Hlk207810277"/>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс проводится по адресу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C9743C" w14:textId="77777777" w:rsidR="005A76F1" w:rsidRPr="00ED39CA" w:rsidRDefault="005A76F1" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Коммунальное Государственное </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">Учреждение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Дворец школьников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>білім беру ұйымдарында ерекше білім беру қажеттіліктері бар балаларды психологиялық-педагогикалық сүйемелдеуді жүзеге асырады; басқа педагогтармен және мамандармен өзара іс-қимылды қамтамасыз етеді, білім берудегі инклюзивтілік қағидатын іске асыруға ықпал етеді; басқа педагогтармен және мамандармен тығыз байланыста мүмкіндігі шектеулі балаларды дамыту және әлеуметтендіру жөніндегі қызметті жүзеге асырады; ата-аналарға және өзге де заңды өкілдерге оқыту мен тәрбиелеудің арнайы әдістері мен тәсілдерін қолдану жөнінде кеңес береді; тұлғаның жалпы мәдениетін қалыптастыруға ықпал етеді, мемлекеттік жалпыға міндетті білім беру стандарты мен үлгілік оқу бағдарламаларының талаптарына сәйкес оқытудың әртүрлі нысандарын, білім беру технологияларын, әдістерін, әдістері мен құралдарын пайдаланады;</w:t>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> «Кәусар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» отдела образования города Караганды управления образования Карагандинской области, 100001, Карагандинская область, город Караганда, район имени </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Әлихан Бөкейхан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ул. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қосымша білім беру Педагог-дефектологы психологиялық-медициналық-педагогикалық тексеру және консультация беру (психологиялық-медициналық-педагогикалық консультациялар), түзету-дамыту бағдарламаларын іске асырады, мүмкіндігі шектеулі балаларға арнайы педагогикалық тексеру жүргізеді; ерекше білім беру қажеттіліктерін командалық бағалауды жүргізуге қатысады; Қосымша білім беру педагог-дефектологы білім беру ұйымының жоспары мен кестесі бойынша жеке, кіші топтық және топтық сабақтар өткізеді;</w:t>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Методическая, стр. 63</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, телефон/факс:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> 8(7212) 21-52-99, +</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Жеке оқу, Жеке-дамыту, түзету-дамыту бағдарламаларын әзірлейді және іске асырады және жеке (кіші топтық, топтық сабақтар)өткізеді; өзінің кәсіби құзыреттілігін арттырады; әдістемелік кеңестердің, әдістемелік бірлестіктердің, желілік қауымдастықтардың отырыстарына қатысады; қоғамның ерекше білім беру қажеттіліктері бар адамдарға деген толерантты көзқарасын қалыптастыру бойынша </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>705)301-93-33</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="597D127D" w14:textId="77777777" w:rsidR="005A76F1" w:rsidRPr="00ED39CA" w:rsidRDefault="005A76F1" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E3B2672" w14:textId="77777777" w:rsidR="005A76F1" w:rsidRPr="00ED39CA" w:rsidRDefault="005A76F1" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием документов для участия в конкурсе осуществляется в течение семи рабочих дней со дня публикации объявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Прием документов кандидатов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...10 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляется с 09.00 часов до 18.00 часов с перерывом на обед с 13.00 часов до 14.00 часов, через канцелярию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Дворец школьников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="002B06A3">
+        <w:t xml:space="preserve"> «Кәусар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» отдела образования города Караганды управления образования Карагандинской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E3E9F82" w14:textId="77777777" w:rsidR="005A76F1" w:rsidRPr="00ED39CA" w:rsidRDefault="005A76F1" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p w14:paraId="4AC2DDFD" w14:textId="77777777" w:rsidR="00E344A7" w:rsidRDefault="00E344A7" w:rsidP="00E344A7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и время начала приема документов: 26.11.2025 г. 09.00 ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30CB15BE" w14:textId="77777777" w:rsidR="00E344A7" w:rsidRDefault="00E344A7" w:rsidP="00E344A7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и время окончания приема документов: 04.12.2025 г. 18.00 ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="038A7975" w14:textId="77777777" w:rsidR="00B434CD" w:rsidRPr="00B434CD" w:rsidRDefault="00B434CD" w:rsidP="00B434CD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="63"/>
+    </w:p>
+    <w:p w14:paraId="45FA3BF7" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3370DADF" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Білуі керек:</w:t>
-[...9 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED39CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B896BEA" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002B06A3">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:p w14:paraId="592FF5C8" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасының Конституциясы, </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BA1AEDE" w14:textId="77777777" w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidRDefault="00FB44BC" w:rsidP="00A20323">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...1770 lines deleted...]
-    <w:sectPr w:rsidR="00D70C9F" w:rsidRPr="002B06A3" w:rsidSect="002B06A3">
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00FB44BC" w:rsidRPr="00ED39CA" w:rsidSect="00A20323">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="11F75399"/>
-[...296 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="396D57C4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5B54F904"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -2738,140 +4518,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...88 lines deleted...]
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="441E0080"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C814557A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2976,140 +4667,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...88 lines deleted...]
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5610672B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3B7A06C8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3214,272 +4816,113 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...147 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
-[...7 lines deleted...]
-  <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DA11E4"/>
+    <w:rsid w:val="0002243B"/>
+    <w:rsid w:val="000344D2"/>
     <w:rsid w:val="00042D3F"/>
-    <w:rsid w:val="001508A0"/>
-[...3 lines deleted...]
-    <w:rsid w:val="0044561F"/>
+    <w:rsid w:val="000B5808"/>
+    <w:rsid w:val="00137245"/>
+    <w:rsid w:val="001828B7"/>
+    <w:rsid w:val="0019500E"/>
+    <w:rsid w:val="002F7024"/>
     <w:rsid w:val="004733D7"/>
     <w:rsid w:val="0052149E"/>
-    <w:rsid w:val="005C105B"/>
-    <w:rsid w:val="005F1010"/>
+    <w:rsid w:val="005A76F1"/>
+    <w:rsid w:val="005D3A3B"/>
     <w:rsid w:val="00655FD4"/>
-    <w:rsid w:val="00810429"/>
+    <w:rsid w:val="00731DB1"/>
+    <w:rsid w:val="007414D0"/>
+    <w:rsid w:val="00790D06"/>
+    <w:rsid w:val="0081660F"/>
     <w:rsid w:val="00821FC0"/>
+    <w:rsid w:val="008A6AA5"/>
+    <w:rsid w:val="00943EA1"/>
     <w:rsid w:val="00953B75"/>
+    <w:rsid w:val="00A20323"/>
     <w:rsid w:val="00A904CA"/>
-    <w:rsid w:val="00BB156E"/>
+    <w:rsid w:val="00B434CD"/>
+    <w:rsid w:val="00B43B7F"/>
+    <w:rsid w:val="00CA6E24"/>
     <w:rsid w:val="00D044BE"/>
     <w:rsid w:val="00D14476"/>
-    <w:rsid w:val="00D62778"/>
+    <w:rsid w:val="00D519C4"/>
     <w:rsid w:val="00D70C9F"/>
     <w:rsid w:val="00DA11E4"/>
-    <w:rsid w:val="00E71DB2"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F85E9C"/>
+    <w:rsid w:val="00E344A7"/>
+    <w:rsid w:val="00E46664"/>
+    <w:rsid w:val="00ED39CA"/>
     <w:rsid w:val="00FB44BC"/>
-    <w:rsid w:val="00FD387D"/>
     <w:rsid w:val="00FE2EA8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -3918,59 +5361,81 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="serp-item">
     <w:name w:val="serp-item"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00D14476"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="List Paragraph"/>
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="34"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005C105B"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B43B7F"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B43B7F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="ru-RU"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="82462108">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1945645556">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
@@ -4208,323 +5673,62 @@
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="1281257452">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="270"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="426973164">
+    <w:div w:id="644313982">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...259 lines deleted...]
-      </w:divsChild>
     </w:div>
     <w:div w:id="1399479014">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="451553542">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4632,201 +5836,64 @@
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1478377916">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1584560864">
-[...135 lines deleted...]
-    </w:div>
     <w:div w:id="1649090650">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1701080169">
+    <w:div w:id="1823347706">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1854608975">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
@@ -5243,69 +6310,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1854</Words>
-  <Characters>10574</Characters>
+  <Words>2176</Words>
+  <Characters>12408</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>88</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>103</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12404</CharactersWithSpaces>
+  <CharactersWithSpaces>14555</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>15</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>