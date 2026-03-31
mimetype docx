--- v0 (2025-11-26)
+++ v1 (2026-03-31)
@@ -1,2023 +1,2612 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="253EF53F" w14:textId="77777777" w:rsidR="00540D1A" w:rsidRDefault="00540D1A" w:rsidP="001C53F5">
+    <w:p w14:paraId="0E3814DB" w14:textId="2423A0DC" w:rsidR="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Коммунальное Государственное </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>Учреждение «Д</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ворец</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школьников</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> «Кәусар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» отдела образования города Караганды управления образования Карагандинской области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16F27431" w14:textId="77777777" w:rsidR="000B2BC9" w:rsidRPr="000B2BC9" w:rsidRDefault="000B2BC9" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қарағанды облысы білім басқармасының</w:t>
-[...9 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Местонахождение(адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>): 1000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Карагандинская область, город Караганда, район имени </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қарағанды қаласы білім бөлімінің</w:t>
-[...9 lines deleted...]
-          <w:bCs/>
+        <w:t>Әлихана Бөкейхана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ул. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">Методическая, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стр.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«Кәусар» Оқушылар Сарайы» Коммуналдық мемлекеттік мекемесі</w:t>
-[...9 lines deleted...]
-          <w:bCs/>
+        <w:t>63</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E6027A2" w14:textId="77777777" w:rsidR="000B2BC9" w:rsidRPr="000B2BC9" w:rsidRDefault="000B2BC9" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>телефон: 8(7212) 21-52-99, +7(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>705)301-93-33</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="390A30FA" w14:textId="05DED405" w:rsidR="005C31F6" w:rsidRDefault="000B2BC9" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Орналасқан жері(мекен-жайы):</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5705BAD0" w14:textId="3E42533D" w:rsidR="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C668881" w14:textId="24A42E7A" w:rsidR="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>МЕТОДИСТ (</w:t>
+      </w:r>
+      <w:r w:rsidR="0024611C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 100020, Қарағанды облысы, Қарағанды қаласы, Әлихан Бөкейхан ауданы, Методическая көшесі</w:t>
-[...111 lines deleted...]
-        </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ст.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="190EF784" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z1099"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="z1100"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="001C53F5">
-[...401 lines deleted...]
-        <w:pStyle w:val="serp-item"/>
+    </w:p>
+    <w:p w14:paraId="6E3A415E" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...130 lines deleted...]
-        <w:pStyle w:val="serp-item"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организует методическое обеспечение деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BEA98C0" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...22 lines deleted...]
-        <w:pStyle w:val="serp-item"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z1101"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>составляет учебные, учебно-тематические планы и программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01F2E348" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...22 lines deleted...]
-        <w:pStyle w:val="serp-item"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z1102"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>участвует в выборе (разработке) образовательных программ для детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E05F95A" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...23 lines deleted...]
-        <w:pStyle w:val="serp-item"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z1103"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">составляет сетку занятий по возрастным группам; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="263BD461" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-        <w:ind w:left="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z1104"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказывает помощь в определении содержания, форм, методов и средств обучения и воспитания; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="604F602F" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z1105"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организует разработку, рецензирование и подготовку к утверждению учебно-методической документации, пособий; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6029C7D5" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z1106"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>обеспечивает выявление, изучение, распространение и внедрение инновационного педагогического опыта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE431A3" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z1108"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">анализирует состояние учебно-методической и воспитательной работы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76510C55" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z1109"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>проводит для воспитателей занятия, мастер-классы, семинары, индивидуальные и групповые консультации, выставки, конкурсы, организует работу творческих групп;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E531C15" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z1110"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формирует банк данных учебно-педагогической и методической литературы, своевременно </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75690733" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оформляет учетную и отчетную документацию; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59462ADC" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z1111"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>координирует взаимодействие воспитателей, психолога, логопеда, музыкального руководителя, других специалистов организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E71329" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z1112"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> координирует деятельность службы психолого-педагогического сопровождения детей с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00441FCF" w14:textId="4F46EA88" w:rsidR="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z1114"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="0092322E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> координирует работу по повышению квалификации и по присвоению (подтверждению) квалификационных категорий, аттестации педагогов.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="z1115"/>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="6EA0415D" w14:textId="77777777" w:rsidR="0092322E" w:rsidRPr="0092322E" w:rsidRDefault="0092322E" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="420"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="747D3487" w14:textId="29276A20" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="025515B9" w14:textId="1B635010" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конституцию Республики Казахстан, законы Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Об образовании</w:t>
+      </w:r>
+      <w:r w:rsidR="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>О статусе педагога</w:t>
+      </w:r>
+      <w:r w:rsidR="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>О противодействии коррупции</w:t>
+      </w:r>
+      <w:r w:rsidR="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и иные нормативные правовые акты, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="152F1A20" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z1117"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственный общеобязательный стандарт образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B09EEC8" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z1118"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принципы дидактики, основы педагогики, психологии, общие и частные методики воспитания и обучения;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="z1119"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>нормы педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="571A3F21" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z1120"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основы трудового законодательства, правила внутреннего трудового распорядка, безопасности и охраны труда, противопожарной защиты, санитарные правила и нормы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F4B1FA" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z1121"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принципы систематизации методических и информационных материалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19AA5C63" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z1122"/>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="2ABDB4BD" w14:textId="37A6EFE6" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ACB6E42" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z1123"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> высшее и (или) послевузовское педагогическое образование по профилю без предъявления требований к стажу работы или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, стаж педагогической работы в: для городской местности - не менее 3 лет, для сельской местности - не менее 1 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7951AB45" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z1124"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) для педагога – мастера при наличии высшего и (или) послевузовского педагогического образования стаж педагогической работы: для городской местности - не менее 5 лет, для сельской местности - не менее 3 лет; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w14:paraId="4D247957" w14:textId="7A607675" w:rsidR="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) для педагога-модератора, педагога-эксперта, педагога-исследователя при наличии технического и профессионального образования по соответствующему профилю стаж педагогической работы: для городской местности - не менее 5 лет, для сельской местности - не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B4CC3E" w14:textId="4792897E" w:rsidR="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61987D9D" w14:textId="25C59C63" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс проводится в соответствии с Трудовым кодексом Республики Казахстан от 23 ноября 2015 года, с приказом МОН РК от 21 февраля 2012 года №57 «Об утверждении Правил назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования» (изм. приказ Министра просвещения РК от 22.12.2022 №513), с приказом №338 от 13 июля 2009 года Министра образования и науки </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РК«Об</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утверждении Типовых квалификационных характеристик должностей педагогических работников и приравненных к ним лиц» (изм. приказ Министра образования и науки РК от 31.03.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="005C31F6">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№121</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3217E406" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для участия в Конкурсе кандидату нарочно в комиссию необходимо предоставить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33FC63DD" w14:textId="77777777" w:rsidR="0092322E" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема документов, указанных в объявлении, направляет следующие документы в электронном или бумажном виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EAAC998" w14:textId="7F45CDFD" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к Правилам (может быть выдана канцелярией организации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="490483BE" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3EDA5A" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F4B8FB9" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D5B508" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="718E9B17" w14:textId="29B748F2" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Об утверждении форм учетной документации в области здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidR="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E0C17D" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="776B7CE6" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71A36F00" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E63F20" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D10664D" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> әдістемелік және ақпараттық материалдарды жүйелеу принциптері.</w:t>
-[...6 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) видеопрезентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 x 480.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="493149E0" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кандидат при наличии представляет дополнительную информацию, касающуюся его образования, опыта работы, профессионального уровня (копии документов о повышении квалификации, присвоении ученых/академических степеней и званий, научных или методических публикациях, квалификационных категорий, рекомендации от руководства предыдущего места работы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02EBEF2B" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отсутствие одного из документов, указанных в пункте 118 настоящих Правил, является основанием для возврата документов кандидату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30430177" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="159BF898" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организацией </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в течение трех рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> после принятия документов кандидата, посредством Информационного Сервиса Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан направляется запрос о наличии либо отсутствии сведений о совершении коррупционного преступления и/или уголовного правонарушения в уполномоченный орган по правовой статистике и специальным учетам или его территориальные подразделения, а также о нарушении законодательства о статусе педагога в территориальный департамент по обеспечению качества в сфере образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B9C98D7" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При выявлении сведений о совершении коррупционного преступления и/или уголовного правонарушения и/или законодательства о статусе педагога, запрещающие трудоустройство в соответствии с действующим законодательством Республики Казахстан, педагог отстраняется от конкурса на любом этапе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A03DBB" w14:textId="153B40A6" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Комиссия в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>течении пяти рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после даты завершения приема документов проводит рассмотрение документов кандидатов на соответствие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>квалификационным требованиям, утвержденными Типовыми квалификационными требованиями педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B6D0FAA" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По результатам рассмотрения документов кандидатов на соответствие квалификационным требованиям, конкурсная комиссия осуществляет подсчет баллов, указанных кандидатом в Оценочном листе согласно приложению 11 к Правилам (может быть выдана канцелярией организации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01FED9B5" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Решение по итогам конкурса принимается конкурсной комиссией на основании набранных баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28F2AC47" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кандидат, получивший наибольшее количество баллов, считается прошедшим конкурс и рекомендуется первому руководителю государственной организации образования к назначению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3922C665" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При равном количестве баллов у кандидатов, конкурсной комиссией принимается решение о проведении собеседования, по результатам которого определяется кандидат на назначение. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48E8FB7C" w14:textId="23B25F16" w:rsidR="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Собеседование проходит в КГ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidR="0092322E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Дворец школьников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Кәусар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» отдела образования города Караганды управления образования Карагандинской области.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="015DD9BB" w14:textId="0CF69E45" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001C53F5">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результаты конкурса объявляются на Интернет-ресурсе организации образования, официальных аккаунтах социальных сетей организации в день проведения заключительного заседания конкурсной комиссии.</w:t>
+      </w:r>
+      <w:r w:rsidR="002340BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C31F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С кандидатом, соответствующим квалификационным требованиям, утвержденными Типовыми квалификационными характеристиками педагогов и получившим положительное заключение конкурсной комиссии, руководитель организации образования заключает трудовой договор и издает приказ о приеме на работу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA602C7" w14:textId="77777777" w:rsidR="000B2BC9" w:rsidRPr="000B2BC9" w:rsidRDefault="000B2BC9" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс проводится по адресу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61C54503" w14:textId="77777777" w:rsidR="000B2BC9" w:rsidRPr="000B2BC9" w:rsidRDefault="000B2BC9" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Біліктілікке қойылатын талаптар:</w:t>
-[...6 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Коммунальное Государственное </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учреждение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Дворец школьников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Кәусар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» отдела образования города Караганды управления образования Карагандинской области, 100001, Карагандинская область, город Караганда, район имени </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әлихан Бөкейхан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ул. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Методическая, стр. 63</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, телефон/факс:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8(7212) 21-52-99, +</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>705)301-93-33</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67F5712F" w14:textId="1D6BC32C" w:rsidR="000B2BC9" w:rsidRDefault="000B2BC9" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием документов для участия в конкурсе осуществляется в течение семи рабочих дней со дня публикации объявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Прием документов кандидатов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляется с 09.00 часов до 18.00 часов с перерывом на обед с 13.00 часов до 14.00 часов, через канцелярию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім бейіні бойынша жұмыс өтіліне немесе тиісті бейіні бойынша өзге де кәсіптік білімге талаптар қойылмайды немесе тиісті бейіні бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білім беруді растайтын құжат, педагогикалық жұмыс өтілі: қалалық жер үшін-кемінде 3 жыл, ауылдық жер үшін-кемінде 1 жыл;</w:t>
-[...6 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Дворец школьников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Кәусар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» отдела образования города Караганды управления образования Карагандинской области</w:t>
+      </w:r>
+      <w:r w:rsidR="0092322E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01470A88" w14:textId="77777777" w:rsidR="0092322E" w:rsidRPr="000B2BC9" w:rsidRDefault="0092322E" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="591300F0" w14:textId="3CAEA52B" w:rsidR="003E235E" w:rsidRPr="003E235E" w:rsidRDefault="003E235E" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001C53F5">
-        <w:rPr>
+      <w:r w:rsidRPr="003E235E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и время начала приема документов: </w:t>
+      </w:r>
+      <w:r w:rsidR="00713612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білімі болған кезде педагог – шебер үшін педагогикалық жұмыс өтілі: қалалық жер үшін - кемінде 5 жыл, ауылдық жер үшін-кемінде 3 жыл; </w:t>
-[...8 lines deleted...]
-        <w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E235E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>.10.2025 г. 09.00 ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A7C348" w14:textId="204E88AF" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="003E235E" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E235E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и время окончания приема документов: </w:t>
+      </w:r>
+      <w:r w:rsidR="00713612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және (немесе) педагог-модератор, педагог-сарапшы, педагог-зерттеуші үшін тиісті бейін бойынша техникалық және кәсіптік білімі болған кезде педагогикалық жұмыс өтілі: қалалық жер үшін - кемінде 5 жыл, ауылдық жер үшін - кемінде 3 жыл.</w:t>
-[...8 lines deleted...]
-        <w:rPr>
+        <w:t>05</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E235E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00713612">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E235E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E235E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...910 lines deleted...]
-    <w:sectPr w:rsidR="004E2960" w:rsidRPr="001C53F5" w:rsidSect="001C53F5">
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E235E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г. 18.00 ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB17A78" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRPr="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E4FD407" w14:textId="77777777" w:rsidR="005C31F6" w:rsidRDefault="005C31F6" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C0116F7" w14:textId="77777777" w:rsidR="00DA5A5E" w:rsidRDefault="00DA5A5E" w:rsidP="007B2E26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00DA5A5E">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="018E4DB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DEAE6BD4"/>
     <w:lvl w:ilvl="0" w:tplc="A96053F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2345,74 +2934,69 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DA5A5E"/>
     <w:rsid w:val="00070BDA"/>
-    <w:rsid w:val="001130FC"/>
+    <w:rsid w:val="000B2BC9"/>
     <w:rsid w:val="00195264"/>
     <w:rsid w:val="001B6062"/>
-    <w:rsid w:val="001C53F5"/>
     <w:rsid w:val="002340BB"/>
-    <w:rsid w:val="00256523"/>
+    <w:rsid w:val="0024611C"/>
+    <w:rsid w:val="002C0EBD"/>
     <w:rsid w:val="00344106"/>
-    <w:rsid w:val="004B60EE"/>
+    <w:rsid w:val="003E235E"/>
     <w:rsid w:val="004E2960"/>
-    <w:rsid w:val="00540D1A"/>
     <w:rsid w:val="005C31F6"/>
-    <w:rsid w:val="006E18FD"/>
-    <w:rsid w:val="007775A3"/>
+    <w:rsid w:val="00713612"/>
     <w:rsid w:val="00794421"/>
-    <w:rsid w:val="007D3ADB"/>
-    <w:rsid w:val="007F2F2B"/>
+    <w:rsid w:val="007B2E26"/>
     <w:rsid w:val="00900440"/>
+    <w:rsid w:val="0092322E"/>
     <w:rsid w:val="009521D2"/>
-    <w:rsid w:val="00BB7E0F"/>
-    <w:rsid w:val="00CF7C54"/>
+    <w:rsid w:val="00B53717"/>
     <w:rsid w:val="00D06B39"/>
-    <w:rsid w:val="00D651AF"/>
     <w:rsid w:val="00DA5A5E"/>
-    <w:rsid w:val="00DE6115"/>
     <w:rsid w:val="00FF1EA4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -2850,83 +3434,50 @@
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="serp-item">
     <w:name w:val="serp-item"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="004E2960"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...31 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="1547183398">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="288366532">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -3041,57 +3592,56 @@
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1876117152">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200027394" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3350,70 +3900,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1286</Words>
-  <Characters>7334</Characters>
+  <Words>1408</Words>
+  <Characters>8026</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>66</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8603</CharactersWithSpaces>
+  <CharactersWithSpaces>9416</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>15</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>