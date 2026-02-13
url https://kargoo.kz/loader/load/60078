--- v0 (2025-10-25)
+++ v1 (2026-02-13)
@@ -1,3262 +1,3392 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00241059" w:rsidRPr="00AE20A7" w:rsidRDefault="00AE20A7" w:rsidP="00AE20A7">
+    <w:p w:rsidR="00793AFE" w:rsidRPr="00793AFE" w:rsidRDefault="00793AFE" w:rsidP="00793AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AE20A7">
+      <w:r w:rsidRPr="00793AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Хабарландыру</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Объявление</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00531385" w:rsidRDefault="00AE20A7" w:rsidP="006E6394">
+    <w:p w:rsidR="00793AFE" w:rsidRPr="00793AFE" w:rsidRDefault="00793AFE" w:rsidP="00793AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AE20A7">
+      <w:r w:rsidRPr="00793AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>лауазымға</w:t>
-[...61 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>о проведении конкурса на занятие должности</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="001A3F94" w:rsidRPr="00531385" w:rsidRDefault="001A3F94" w:rsidP="006E6394">
+    <w:p w:rsidR="00793AFE" w:rsidRPr="00793AFE" w:rsidRDefault="00793AFE" w:rsidP="00793AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00531385" w:rsidRPr="00A84C9A" w:rsidRDefault="00AE20A7" w:rsidP="00722DD5">
+    <w:p w:rsidR="00793AFE" w:rsidRPr="001351A4" w:rsidRDefault="00793AFE" w:rsidP="00793AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00793AFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование организации образования:</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4" w:rsidRPr="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное учреждение «Общеобразовательная школа № 16» отдела обрахзования города Караганды управления образования Карагандинской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793AFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Местонахождение государственного учреждения: </w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1000</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793AFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Карагандинская область, город Караганда, район </w:t>
+      </w:r>
+      <w:r w:rsidR="00D95512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">имени </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AE20A7">
-[...6 lines deleted...]
-        <w:t>Білім</w:t>
+      <w:r w:rsidR="00D95512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казыбек</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AE20A7">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> беру </w:t>
+      <w:r w:rsidR="00D95512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AE20A7">
-[...6 lines deleted...]
-        <w:t>ұйымының</w:t>
+      <w:r w:rsidR="00D95512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AE20A7">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, улица </w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Язева</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793AFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F57F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3А</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...116 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00531385" w:rsidRDefault="00AE20A7" w:rsidP="00722DD5">
-[...94 lines deleted...]
-    <w:p w:rsidR="00531385" w:rsidRPr="001A3F94" w:rsidRDefault="00B34C68" w:rsidP="00722DD5">
+    <w:p w:rsidR="00793AFE" w:rsidRPr="00793AFE" w:rsidRDefault="00793AFE" w:rsidP="00793AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B34C68">
+      <w:r w:rsidRPr="00793AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>Номер телефона</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: 8</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7212</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>35-34-15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793AFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00793AFE" w:rsidRPr="001351A4" w:rsidRDefault="00793AFE" w:rsidP="00793AFE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793AFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793AFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A84C9A">
-[...56 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
-        <w:r w:rsidR="00A84C9A" w:rsidRPr="00982769">
+        <w:r w:rsidR="001351A4" w:rsidRPr="001D4BB4">
           <w:rPr>
             <w:rStyle w:val="a3"/>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>sch</w:t>
         </w:r>
-        <w:r w:rsidR="00A84C9A" w:rsidRPr="00982769">
+        <w:r w:rsidR="001351A4" w:rsidRPr="001D4BB4">
           <w:rPr>
             <w:rStyle w:val="a3"/>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>16</w:t>
+          <w:t>16@</w:t>
         </w:r>
-        <w:r w:rsidR="00A84C9A" w:rsidRPr="00982769">
+        <w:r w:rsidR="001351A4" w:rsidRPr="001D4BB4">
           <w:rPr>
             <w:rStyle w:val="a3"/>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>kargoo</w:t>
         </w:r>
-        <w:r w:rsidR="00A84C9A" w:rsidRPr="00982769">
+        <w:r w:rsidR="001351A4" w:rsidRPr="001D4BB4">
           <w:rPr>
             <w:rStyle w:val="a3"/>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00A84C9A" w:rsidRPr="00982769">
+        <w:r w:rsidR="001351A4" w:rsidRPr="001D4BB4">
           <w:rPr>
             <w:rStyle w:val="a3"/>
-            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>kz</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="001A3F94" w:rsidRPr="001A3F94" w:rsidRDefault="001A3F94" w:rsidP="00722DD5">
+    <w:p w:rsidR="000B374B" w:rsidRPr="000B374B" w:rsidRDefault="00793AFE" w:rsidP="000B374B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3819"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793AFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Срок приема документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B374B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="000B374B" w:rsidRPr="000B374B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием документов для участия в конкурсе осуществляется в течение  семи   рабочих дней </w:t>
+      </w:r>
+      <w:r w:rsidR="000B374B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">со дня публикации объявления </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B374B" w:rsidRPr="001351A4" w:rsidRDefault="000B374B" w:rsidP="000B374B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3819"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793AFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>График приема документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793AFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: с понедельника по пятницу с 9.00 до 17.00 часов, перерыв на обед с 13.00 до 14.00 часов, кр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оме выходных и праз</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дничных дней через </w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>делопроизводителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793AFE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>каб.</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4" w:rsidRPr="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>303</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B374B" w:rsidRPr="000B374B" w:rsidRDefault="000B374B" w:rsidP="000B374B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3819"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B374B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и время начала приема документов:</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D95512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D95512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="003D15F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г., 09.00ч.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F57F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00F57F7A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>17.0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B374B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B374B" w:rsidRPr="000B374B" w:rsidRDefault="000B374B" w:rsidP="000B374B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3819"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B374B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и время окончания приема документов:</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D95512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64874">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D95512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="003D15F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г., 09.00ч.-17.0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B374B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0ч. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00014559" w:rsidRPr="00014559" w:rsidRDefault="00014559" w:rsidP="00793AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A3F94">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00014559">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Конкурсқа қатысу үшін құжаттарды қабылдау</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> ішінде жүзеге асырылады .</w:t>
+        <w:t>День проведения конкурса</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64874">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: 05</w:t>
+      </w:r>
+      <w:r w:rsidR="00D95512">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ноября</w:t>
+      </w:r>
+      <w:r w:rsidR="006C54AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D15F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>года</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00177125" w:rsidRDefault="00177125" w:rsidP="00722DD5">
+    <w:p w:rsidR="000B374B" w:rsidRDefault="000B374B" w:rsidP="00793AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rStyle w:val="a3"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00577D1D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000B374B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>Конкурс проводится по адресу:</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> город Караганда, ул.</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Язева</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,1</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3А</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ГУ</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Общеобразовательная школа №16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ОО г.Караганды УОКО </w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8(7212) </w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 35-34-15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приемная</w:t>
+      </w:r>
+      <w:r w:rsidR="003A4873">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B374B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001351A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>каб.</w:t>
+      </w:r>
+      <w:r w:rsidR="003D15F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 2  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B374B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электронный адрес:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B374B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="001351A4" w:rsidRPr="001D4BB4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>sch</w:t>
+        </w:r>
+        <w:r w:rsidR="001351A4" w:rsidRPr="001D4BB4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>16@</w:t>
+        </w:r>
+        <w:r w:rsidR="001351A4" w:rsidRPr="001D4BB4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>kargoo</w:t>
+        </w:r>
+        <w:r w:rsidR="001351A4" w:rsidRPr="001D4BB4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="001351A4" w:rsidRPr="001D4BB4">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>kz</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="001A3F94" w:rsidRPr="001A3F94" w:rsidRDefault="001A3F94" w:rsidP="00722DD5">
+    <w:p w:rsidR="000B361D" w:rsidRPr="000B361D" w:rsidRDefault="000B361D" w:rsidP="00793AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A3F94">
-[...52 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="001A3F94" w:rsidRPr="001A3F94" w:rsidRDefault="001A3F94" w:rsidP="00722DD5">
+    <w:p w:rsidR="007531A5" w:rsidRDefault="00793AFE" w:rsidP="00793AFE">
       <w:pPr>
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...278 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...76 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793AFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Объявляет конкурс на занятие вакантной должности:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00577D1D" w:rsidRPr="00A84C9A" w:rsidRDefault="00093455" w:rsidP="00722DD5">
-[...100 lines deleted...]
-    <w:p w:rsidR="00577D1D" w:rsidRDefault="00BB6A7B" w:rsidP="009B2652">
+    <w:p w:rsidR="000B361D" w:rsidRPr="000B361D" w:rsidRDefault="000B361D" w:rsidP="00793AFE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...22 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
-        <w:tblW w:w="9526" w:type="dxa"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3969"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3827"/>
+        <w:gridCol w:w="4537"/>
+        <w:gridCol w:w="2098"/>
+        <w:gridCol w:w="3430"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B2652" w:rsidTr="00B051A4">
+      <w:tr w:rsidR="009B2652" w:rsidTr="003D15F4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009B2652" w:rsidRPr="00531385" w:rsidRDefault="0014416B" w:rsidP="009B2652">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="009B2652" w:rsidRPr="00373A71" w:rsidRDefault="00793AFE" w:rsidP="00793AFE">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00531385">
+            <w:r w:rsidRPr="00373A71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Бос лауазымның және (немесе) уақытша бос лауазымның атауы</w:t>
+              </w:rPr>
+              <w:t>Наименование вакантной должности и (или) временно вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcW w:w="2098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009B2652" w:rsidRPr="00531385" w:rsidRDefault="0014416B" w:rsidP="009B2652">
+          <w:p w:rsidR="009B2652" w:rsidRPr="00373A71" w:rsidRDefault="00793AFE" w:rsidP="009B2652">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00531385">
+            <w:r w:rsidRPr="00373A71">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Саны</w:t>
+              </w:rPr>
+              <w:t>количество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcW w:w="3430" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00531385" w:rsidRDefault="0014416B" w:rsidP="009B2652">
+          <w:p w:rsidR="00793AFE" w:rsidRPr="00373A71" w:rsidRDefault="00793AFE" w:rsidP="00793AFE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00373A71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заработная плата (заработная плата без надбавки)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009B2652" w:rsidRPr="00373A71" w:rsidRDefault="009B2652" w:rsidP="009B2652">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00531385">
-[...30 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B63D72" w:rsidRPr="00A84C9A" w:rsidTr="00B051A4">
+      <w:tr w:rsidR="003D15F4" w:rsidRPr="001E016D" w:rsidTr="003D15F4">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4537" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B63D72" w:rsidRDefault="003858E0" w:rsidP="002F7206">
+          <w:p w:rsidR="003D15F4" w:rsidRPr="00373A71" w:rsidRDefault="003D15F4" w:rsidP="003D15F4">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...27 lines deleted...]
-              <w:t>, уақытша декреттік демалысы уақытына</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00373A71">
+              <w:rPr>
+                <w:rStyle w:val="anegp0gi0b9av8jahpyh"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Психолог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00373A71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00373A71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00373A71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> казах</w:t>
+            </w:r>
+            <w:r w:rsidR="00373A71" w:rsidRPr="00373A71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ски</w:t>
+            </w:r>
+            <w:r w:rsidR="00D95512">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">м </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00373A71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>языком обучения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00373A71">
+              <w:rPr>
+                <w:rStyle w:val="anegp0gi0b9av8jahpyh"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00373A71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00373A71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">временно, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00373A71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00373A71">
+              <w:rPr>
+                <w:rStyle w:val="anegp0gi0b9av8jahpyh"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>время</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00373A71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00373A71">
+              <w:rPr>
+                <w:rStyle w:val="anegp0gi0b9av8jahpyh"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>декретного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00373A71">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00373A71">
+              <w:rPr>
+                <w:rStyle w:val="anegp0gi0b9av8jahpyh"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>отпуска</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1730" w:type="dxa"/>
+            <w:tcW w:w="2098" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B63D72" w:rsidRDefault="003858E0" w:rsidP="002F7206">
+          <w:p w:rsidR="003D15F4" w:rsidRDefault="00D95512" w:rsidP="005A6B8D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcW w:w="3430" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B63D72" w:rsidRDefault="00B63D72" w:rsidP="002F7206">
+          <w:p w:rsidR="003D15F4" w:rsidRDefault="003D15F4" w:rsidP="005A6B8D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>150 000 – 200 000-ге дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B63D72" w:rsidRDefault="00B63D72" w:rsidP="00671F32">
+    <w:p w:rsidR="001E016D" w:rsidRDefault="001E016D" w:rsidP="00373A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B051A4" w:rsidRDefault="00B051A4" w:rsidP="00671F32">
+    <w:p w:rsidR="00E64874" w:rsidRDefault="00E64874" w:rsidP="00373A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B051A4" w:rsidRDefault="00B051A4" w:rsidP="00671F32">
+    <w:p w:rsidR="00E64874" w:rsidRDefault="00E64874" w:rsidP="00373A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B051A4" w:rsidRDefault="00B051A4" w:rsidP="00671F32">
+    <w:p w:rsidR="00E64874" w:rsidRDefault="00E64874" w:rsidP="00373A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B051A4" w:rsidRDefault="00B051A4" w:rsidP="00671F32">
+    <w:p w:rsidR="00E64874" w:rsidRDefault="00E64874" w:rsidP="00373A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075734C" w:rsidRDefault="0075734C" w:rsidP="00671F32">
+    <w:p w:rsidR="00E64874" w:rsidRDefault="00E64874" w:rsidP="00373A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075734C" w:rsidRDefault="0075734C" w:rsidP="00671F32">
+    <w:p w:rsidR="00E64874" w:rsidRDefault="00E64874" w:rsidP="00373A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075734C" w:rsidRDefault="0075734C" w:rsidP="00671F32">
+    <w:p w:rsidR="00E64874" w:rsidRDefault="00E64874" w:rsidP="00373A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075734C" w:rsidRDefault="0075734C" w:rsidP="00671F32">
+    <w:p w:rsidR="00E64874" w:rsidRDefault="00E64874" w:rsidP="00373A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075734C" w:rsidRDefault="0075734C" w:rsidP="00671F32">
+    <w:p w:rsidR="00E64874" w:rsidRDefault="00E64874" w:rsidP="00373A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075734C" w:rsidRDefault="0075734C" w:rsidP="00671F32">
+    <w:p w:rsidR="00E64874" w:rsidRDefault="00E64874" w:rsidP="00373A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075734C" w:rsidRDefault="0075734C" w:rsidP="00671F32">
+    <w:p w:rsidR="00E64874" w:rsidRDefault="00E64874" w:rsidP="00373A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075734C" w:rsidRDefault="0075734C" w:rsidP="00671F32">
+    <w:p w:rsidR="00E64874" w:rsidRDefault="00E64874" w:rsidP="00373A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075734C" w:rsidRDefault="0075734C" w:rsidP="00671F32">
+    <w:p w:rsidR="00E64874" w:rsidRDefault="00E64874" w:rsidP="00373A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075734C" w:rsidRDefault="0075734C" w:rsidP="00671F32">
+    <w:p w:rsidR="00E64874" w:rsidRDefault="00E64874" w:rsidP="00373A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075734C" w:rsidRDefault="0075734C" w:rsidP="00671F32">
+    <w:p w:rsidR="00E64874" w:rsidRDefault="00E64874" w:rsidP="00373A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...59 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2524"/>
         <w:gridCol w:w="7541"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000129DA" w:rsidTr="00B63D72">
+      <w:tr w:rsidR="000129DA" w:rsidTr="006865ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2524" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000129DA" w:rsidRPr="00531385" w:rsidRDefault="00D869D1" w:rsidP="00D869D1">
+          <w:p w:rsidR="000129DA" w:rsidRPr="00442FBE" w:rsidRDefault="00D869D1" w:rsidP="00D869D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00531385">
+            <w:r w:rsidRPr="00442FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Критерий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000129DA" w:rsidRPr="00531385" w:rsidRDefault="00D869D1" w:rsidP="00D869D1">
+          <w:p w:rsidR="000129DA" w:rsidRPr="00442FBE" w:rsidRDefault="00373A71" w:rsidP="00D869D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00531385">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Талаптар</w:t>
+              <w:t>Требования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000129DA" w:rsidRPr="00871E86" w:rsidTr="00B63D72">
+      <w:tr w:rsidR="000129DA" w:rsidRPr="00793AFE" w:rsidTr="006865ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2524" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000129DA" w:rsidRPr="00531385" w:rsidRDefault="00D1662D" w:rsidP="00577D1D">
+          <w:p w:rsidR="000129DA" w:rsidRPr="00442FBE" w:rsidRDefault="00793AFE" w:rsidP="00577D1D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00531385">
+            <w:r w:rsidRPr="00442FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім</w:t>
+              <w:t>Образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D1662D" w:rsidRPr="00531385" w:rsidRDefault="00D1662D" w:rsidP="00D1662D">
-[...36 lines deleted...]
-              <w:t>тиісті бейін бойынша жұмыс өтіліне немесе техникалық және кәсіптік педагогикалық білімге қойылатын талаптарды жұмыс өтіліне қойылатын талаптарды көрсетпей ұсыну;</w:t>
+          <w:p w:rsidR="00793AFE" w:rsidRPr="00442FBE" w:rsidRDefault="00793AFE" w:rsidP="00793AFE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий высшее и (или) послевузовское педагогическое или иное профессиональное образование или педагогическую переподготовку по соответствующему профилю</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000129DA" w:rsidRPr="00442FBE" w:rsidRDefault="00793AFE" w:rsidP="00793AFE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>представление требований к стажу работы или техническому и профессиональному педагогическому образованию по соответствующему профилю без указания требований к стажу работы;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D1662D" w:rsidRPr="00871E86" w:rsidTr="00B63D72">
+      <w:tr w:rsidR="00D1662D" w:rsidRPr="00793AFE" w:rsidTr="006865ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2524" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D1662D" w:rsidRPr="00531385" w:rsidRDefault="00D1662D" w:rsidP="00577D1D">
+          <w:p w:rsidR="00D1662D" w:rsidRPr="00442FBE" w:rsidRDefault="00793AFE" w:rsidP="00577D1D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00531385">
+            <w:r w:rsidRPr="00442FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кәсіби құзыреттілік</w:t>
+              <w:t xml:space="preserve">Профессиональная компетентность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D112E1" w:rsidRPr="00531385" w:rsidRDefault="00D112E1" w:rsidP="00D112E1">
-[...76 lines deleted...]
-            <w:r w:rsidRPr="00531385">
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1) " педагог (без категории):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>уметь планировать и организовывать учебно-воспитательный процесс с учетом психолого-возрастных особенностей обучающихся; способствовать формированию общей культуры обучающегося и его социализации, участвовать в мероприятиях уровня</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>организации образования; реализация индивидуального подхода в воспитании и обучении с учетом потребностей обучающихся, приобретение навыков профессионально-педагогического диалога, использование цифровых образовательных ресурсов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2) педагог-модератор:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00215CCD" w:rsidRPr="00531385" w:rsidRDefault="00215CCD" w:rsidP="00215CCD">
-[...282 lines deleted...]
-              <w:t>жоспарлайды. облыс деңгейіндегі қауымдастықтар; республикалық және халықаралық конкурстар мен олимпиадалардың қатысушысы болу немесе республикалық және халықаралық конкурстар мен олимпиадалардың қатысушыларын даярлау.</w:t>
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>должен соответствовать общим требованиям к квалификации "педагог", а также: использовать инновационные формы, методы и средства обучения, накапливать опыт на уровне организации образования, иметь участников олимпиад, конкурсов, соревнований;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3) педагог-эксперт:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>общие требования к квалификации" педагог-модератор", а также:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>приобретение навыков анализа организованной учебной деятельности; осуществление наставничества и конструктивное определение приоритетов профессионального развития: на уровне организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>приобретение опыта на уровне района/города, наличие участников олимпиад, конкурсов, соревнований на уровне района/города;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4) педагог-исследователь:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>общие требования к квалификации" педагог-эксперт", а также:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Овладение навыками разработки средств исследования и оценки урока;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обеспечение развития исследовательских навыков обучающихся; осуществление наставничества и конструктивное определение стратегий развития в педагогическом сообществе на уровне района, города; обобщение опыта на уровне области/городов республиканского значения и столицы, республики (для республиканских подведомственных организаций);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00740362" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наличие участников олимпиад, конкурсов, соревнований на уровне области/городов республиканского значения и столицы, республики (для республиканских подведомственных организаций);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5) педагог-мастер:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00740362" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>соответствует общим требованиям к квалификации "педагог-исследователь", а также: является автором (соавтором) опубликованных учебников, учебно-методических пособий, которые должны иметь авторскую программу или одобрены областным учебно-методическим советом или республиканским учебно-методическим советом; обеспечивает развитие навыков научного проектирования; осуществляет наставничество и осуществляет профессиональное планирует развитие проектной сети. ассоциации областного уровня; быть участником республиканских и международных конкурсов и олимпиад или готовить участников республиканских и международных конкурсов и олимпиад.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000129DA" w:rsidRPr="00871E86" w:rsidTr="00B63D72">
+      <w:tr w:rsidR="000129DA" w:rsidRPr="00793AFE" w:rsidTr="006865ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2524" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000129DA" w:rsidRPr="00531385" w:rsidRDefault="00740362" w:rsidP="00577D1D">
+          <w:p w:rsidR="000129DA" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00531385">
+            <w:r w:rsidRPr="00442FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Практикалық тәжірибе</w:t>
+              <w:t xml:space="preserve">Практический опыт </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00572C6C" w:rsidRPr="00531385" w:rsidRDefault="00572C6C" w:rsidP="00572C6C">
-[...36 lines deleted...]
-              <w:t>педагогикалық жұмыс: педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін-кемінде 3 жыл, педагог-зерттеуші үшін кемінде 4 жыл.</w:t>
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Стаж при наличии высокого уровня квалификации</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD6FA9" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагогическая работа: не менее 2 лет для педагога-модератора, не менее 3 лет для педагога-эксперта, не менее 4 лет для педагога-исследователя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00740362" w:rsidRPr="00871E86" w:rsidTr="00B63D72">
+      <w:tr w:rsidR="00740362" w:rsidRPr="00793AFE" w:rsidTr="006865ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2524" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00740362" w:rsidRPr="00531385" w:rsidRDefault="00E0373D" w:rsidP="00577D1D">
+          <w:p w:rsidR="00740362" w:rsidRPr="00442FBE" w:rsidRDefault="005734D1" w:rsidP="005734D1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00531385">
+            <w:r w:rsidRPr="00442FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Лауазымдық міндеттері</w:t>
+              <w:t>Должностные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD6FA9" w:rsidRPr="00531385" w:rsidRDefault="00AD6FA9" w:rsidP="00AD6FA9">
-[...69 lines deleted...]
-            <w:r w:rsidRPr="00531385">
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="00AD6FA9" w:rsidP="00AD6FA9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3.1</w:t>
+            </w:r>
+            <w:r w:rsidR="005734D1" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>. Осуществляет обучение и воспитание обучающихся в соответствии с государственными общеобязательными стандартами образования с учетом специфики изучаемой дисциплины и на основе концепции "образование, основанное на ценностях".</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="00AD6FA9" w:rsidP="00AD6FA9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.2. </w:t>
+            </w:r>
+            <w:r w:rsidR="005734D1" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Способствует формированию общей культуры личности обучающегося и воспитанника и ее социализации, определяет и способствует развитию индивидуальных способностей обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00740362" w:rsidRPr="00442FBE" w:rsidRDefault="00AD6FA9" w:rsidP="00AD6FA9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.3. </w:t>
+            </w:r>
+            <w:r w:rsidR="005734D1" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3.4.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00531385">
+            <w:r w:rsidRPr="00442FBE">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00531385">
-[...308 lines deleted...]
-            <w:r w:rsidRPr="00531385">
+            <w:r w:rsidR="005734D1" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Разрабатывает краткосрочные планы, сводные оценки для отдела и задания для итоговой оценки за квартал.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.5. </w:t>
+            </w:r>
+            <w:r w:rsidR="005734D1" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Заполняет электронные журналы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.6. </w:t>
+            </w:r>
+            <w:r w:rsidR="005734D1" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Обеспечивает достижение обучающимися и воспитанниками личностных, системно - деятельностных, предметных результатов не ниже уровня, предусмотренного государственными общеобязательными стандартами образования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005734D1" w:rsidRPr="00442FBE" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.7. </w:t>
+            </w:r>
+            <w:r w:rsidR="005734D1" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Участвует в разработке и выполнении учебных программ, в том числе программ для обучающихся с особыми образовательными потребностями, обеспечивает их реализацию в полном объеме в соответствии с учебным планом и графиком учебного процесса.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E0373D" w:rsidRPr="00442FBE" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.8. </w:t>
+            </w:r>
+            <w:r w:rsidR="005734D1" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Участвует в заседаниях методических объединений, Ассоциации учителей, методических, педагогических советов, сетевых ассоциаций.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00667138" w:rsidRPr="00442FBE" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.9. </w:t>
+            </w:r>
+            <w:r w:rsidR="005734D1" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00667138" w:rsidRPr="00442FBE" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.10. </w:t>
+            </w:r>
+            <w:r w:rsidR="00667138" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальное преодоление отклонений в развитии с учетом специфики преподаваемого предмета в специальных организациях образования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E0373D" w:rsidRPr="00442FBE" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.11. </w:t>
+            </w:r>
+            <w:r w:rsidR="00667138" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Участвует в педагогических консилиумах для родителей.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E0373D" w:rsidRPr="00442FBE" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.12. </w:t>
+            </w:r>
+            <w:r w:rsidR="00667138" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Консультирует родителей.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00667138" w:rsidRPr="00442FBE" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.13. </w:t>
+            </w:r>
+            <w:r w:rsidR="00667138" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Повышает профессиональную компетентность, в том числе информационно-коммуникационную. Выполняет правила безопасности и охраны труда, противопожарной защиты.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00667138" w:rsidRPr="00442FBE" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.14. </w:t>
+            </w:r>
+            <w:r w:rsidR="00667138" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обеспечивает защиту жизни и здоровья обучающихся на этапе образовательного процесса. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E0373D" w:rsidRPr="00442FBE" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.15. </w:t>
+            </w:r>
+            <w:r w:rsidR="00667138" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Осуществляет сотрудничество с родителями или лицами, их заменяющими.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00667138" w:rsidRPr="00442FBE" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.16. </w:t>
+            </w:r>
+            <w:r w:rsidR="00667138" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Выполняет требования по безопасности и охране труда при эксплуатации оборудования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00667138" w:rsidRPr="00442FBE" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.17. </w:t>
+            </w:r>
+            <w:r w:rsidR="00667138" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обеспечивает создание необходимых условий для защиты жизни и здоровья детей во время образовательного процесса. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00667138" w:rsidRPr="00442FBE" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.18. </w:t>
+            </w:r>
+            <w:r w:rsidR="00667138" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Заполняет документы, перечень которых утвержден уполномоченным органом в области образования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E0373D" w:rsidRPr="00442FBE" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.19. </w:t>
+            </w:r>
+            <w:r w:rsidR="00667138" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вводит понятие "Образование, основанное на ценностях" в организации, в которой участвуют все субъекты образовательного процесса, в том числе семья детей. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A4550C" w:rsidRPr="00442FBE" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.20. </w:t>
+            </w:r>
+            <w:r w:rsidR="00A4550C" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Формирует антикоррупционную культуру, принципы академической честности среди обучающихся и воспитанников. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A4550C" w:rsidRPr="00442FBE" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.21. </w:t>
+            </w:r>
+            <w:r w:rsidR="00A4550C" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Осуществляет контроль за недопущением проведения </w:t>
+            </w:r>
+            <w:r w:rsidR="00A4550C" w:rsidRPr="00442FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>енгізеді</w:t>
-[...62 lines deleted...]
-          <w:p w:rsidR="00E0373D" w:rsidRPr="00531385" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+              <w:t xml:space="preserve">(совершения) богослужений, религиозных обрядов, ритуалов и (или) собраний, а также осуществления миссионерской деятельности на территории и в зданиях организаций образования. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A4550C" w:rsidRPr="00442FBE" w:rsidRDefault="00A4550C" w:rsidP="00E0373D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00531385">
+            <w:r w:rsidRPr="00442FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3.22. Педагог міндетті:</w:t>
-[...202 lines deleted...]
-          <w:p w:rsidR="008949C0" w:rsidRPr="00531385" w:rsidRDefault="008949C0" w:rsidP="008949C0">
+              <w:t xml:space="preserve">3.22. Педагог обязан: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A4550C" w:rsidRPr="00442FBE" w:rsidRDefault="00E0373D" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidR="00A4550C" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A4550C" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обладать соответствующими профессиональными компетенциями в своей деятельности; соблюдать педагогические принципы обучения и воспитания, обеспечивать качество обучения и воспитания не ниже требований, предусмотренных государственными общеобязательными стандартами образования;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A4550C" w:rsidRPr="00442FBE" w:rsidRDefault="00A4550C" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) постоянно совершенствовать свое профессиональное мастерство, исследовательский, интеллектуальный и творческий уровень, в том числе повышать (подтверждать) уровень квалификационной категории не реже одного раза в пять лет; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A4550C" w:rsidRPr="00442FBE" w:rsidRDefault="00A4550C" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00E0373D" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обязан соблюдать педагогическую этику;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A4550C" w:rsidRPr="00442FBE" w:rsidRDefault="00A4550C" w:rsidP="00E0373D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00E0373D" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на прохождение обязательного периодического медицинского осмотра в порядке, установленном законодательством Республики Казахстан; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D4C9D" w:rsidRPr="00442FBE" w:rsidRDefault="00A4550C" w:rsidP="006D4C9D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00E0373D" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="006D4C9D" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>уважать честь и достоинство обучающихся, воспитанников и их родителей или иных законных представителей; воспитывать детей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D4C9D" w:rsidRPr="00442FBE" w:rsidRDefault="006D4C9D" w:rsidP="006D4C9D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в духе уважения к закону, правам, свободам человека и гражданина, родителям, взрослым, семейным, историческим и культурным ценностям, государственным символам, высокой морали, патриотизму, бережному отношению к окружающей среде;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E0373D" w:rsidRPr="00442FBE" w:rsidRDefault="006D4C9D" w:rsidP="006D4C9D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>формирование у обучающихся и воспитанников жизненных навыков, компетенций, самостоятельности, творческих способностей и культуры здорового образа жизни;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E0373D" w:rsidRPr="00442FBE" w:rsidRDefault="00A4550C" w:rsidP="006D4C9D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00E0373D" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="006D4C9D" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>незамедлительно информировать руководство организации образования о фактах выявления ребенка, находящегося в трудной жизненной ситуации; незамедлительно информировать руководство правоохранительных органов и организации образования о фактах совершения несовершеннолетними действий( бездействия) в отношении них, в составе которых имеются признаки уголовного либо административного правонарушения, в том числе ставшие известными ему в связи с профессиональной деятельностью вне организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D4C9D" w:rsidRPr="00442FBE" w:rsidRDefault="006D4C9D" w:rsidP="008949C0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00531385">
+            <w:r w:rsidRPr="00442FBE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3.23. Құжаттарды жүргізеді:</w:t>
-[...160 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">3.23. Ведет документы: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D4C9D" w:rsidRPr="00442FBE" w:rsidRDefault="008949C0" w:rsidP="006D4C9D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="006D4C9D" w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>по обучению и воспитанию обучающихся и (или) воспитанников (педагоги всех дисциплин);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D4C9D" w:rsidRPr="00442FBE" w:rsidRDefault="006D4C9D" w:rsidP="006D4C9D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- классный журнал;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D4C9D" w:rsidRPr="00442FBE" w:rsidRDefault="006D4C9D" w:rsidP="006D4C9D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- электронный журнал;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D4C9D" w:rsidRPr="00442FBE" w:rsidRDefault="006D4C9D" w:rsidP="006D4C9D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- журнал элективных занятий или домашнего обучения для организаций среднего образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D4C9D" w:rsidRPr="00442FBE" w:rsidRDefault="006D4C9D" w:rsidP="006D4C9D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- календарно-тематический план для педагога организаций среднего образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D4C9D" w:rsidRPr="00442FBE" w:rsidRDefault="006D4C9D" w:rsidP="006D4C9D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- план урока или краткосрочный план для педагога организаций среднего образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D4C9D" w:rsidRPr="00442FBE" w:rsidRDefault="006D4C9D" w:rsidP="006D4C9D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- сведения об анализе по итогам проведения сводной оценки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D4C9D" w:rsidRPr="00442FBE" w:rsidRDefault="006D4C9D" w:rsidP="006D4C9D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00442FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- план работы педагога-наставника (при назначении наставником) с молодым специалистом;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008949C0" w:rsidRPr="00442FBE" w:rsidRDefault="008949C0" w:rsidP="008949C0">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00531385" w:rsidRDefault="00531385" w:rsidP="00577D1D">
+    <w:p w:rsidR="00E46CCB" w:rsidRDefault="00E46CCB" w:rsidP="00577D1D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00531385" w:rsidSect="00722DD5">
+    <w:sectPr w:rsidR="00E46CCB" w:rsidSect="00E46CCB">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="850" w:bottom="709" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="993" w:right="850" w:bottom="709" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
@@ -3268,134 +3398,141 @@
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002C57EF"/>
-    <w:rsid w:val="00010849"/>
     <w:rsid w:val="000129DA"/>
+    <w:rsid w:val="00014559"/>
     <w:rsid w:val="00034E19"/>
-    <w:rsid w:val="00077D6E"/>
     <w:rsid w:val="00082F09"/>
-    <w:rsid w:val="00093455"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000F2DED"/>
+    <w:rsid w:val="000B361D"/>
+    <w:rsid w:val="000B374B"/>
+    <w:rsid w:val="000E1ED9"/>
+    <w:rsid w:val="001351A4"/>
     <w:rsid w:val="0014416B"/>
-    <w:rsid w:val="00177125"/>
-    <w:rsid w:val="001A3F94"/>
+    <w:rsid w:val="001E016D"/>
     <w:rsid w:val="00215CCD"/>
+    <w:rsid w:val="0022693D"/>
     <w:rsid w:val="00241059"/>
     <w:rsid w:val="00243CDE"/>
     <w:rsid w:val="00277548"/>
+    <w:rsid w:val="002866A9"/>
     <w:rsid w:val="002A11BF"/>
     <w:rsid w:val="002C57EF"/>
-    <w:rsid w:val="002F7206"/>
     <w:rsid w:val="003341A2"/>
     <w:rsid w:val="00337F05"/>
-    <w:rsid w:val="00364F7C"/>
-    <w:rsid w:val="003858E0"/>
+    <w:rsid w:val="00373A71"/>
+    <w:rsid w:val="003A4873"/>
     <w:rsid w:val="003B7955"/>
+    <w:rsid w:val="003D15F4"/>
+    <w:rsid w:val="003D6C7A"/>
     <w:rsid w:val="00425063"/>
-    <w:rsid w:val="00531385"/>
+    <w:rsid w:val="00442FBE"/>
     <w:rsid w:val="00572C6C"/>
+    <w:rsid w:val="005734D1"/>
     <w:rsid w:val="00577D1D"/>
-    <w:rsid w:val="00671F32"/>
+    <w:rsid w:val="00667138"/>
+    <w:rsid w:val="006865ED"/>
     <w:rsid w:val="00691917"/>
-    <w:rsid w:val="006E6394"/>
-    <w:rsid w:val="00722DD5"/>
+    <w:rsid w:val="006C54AF"/>
+    <w:rsid w:val="006D4C9D"/>
     <w:rsid w:val="00740362"/>
-    <w:rsid w:val="0075734C"/>
+    <w:rsid w:val="007531A5"/>
+    <w:rsid w:val="00792C1B"/>
+    <w:rsid w:val="00793AFE"/>
     <w:rsid w:val="007F547D"/>
-    <w:rsid w:val="00871E86"/>
     <w:rsid w:val="008949C0"/>
     <w:rsid w:val="008C77AF"/>
     <w:rsid w:val="00924B5A"/>
     <w:rsid w:val="009342A3"/>
     <w:rsid w:val="009B2652"/>
     <w:rsid w:val="00A10525"/>
-    <w:rsid w:val="00A84C9A"/>
+    <w:rsid w:val="00A4550C"/>
     <w:rsid w:val="00AD6FA9"/>
     <w:rsid w:val="00AE20A7"/>
-    <w:rsid w:val="00B051A4"/>
     <w:rsid w:val="00B23C30"/>
     <w:rsid w:val="00B34C68"/>
-    <w:rsid w:val="00B37CCD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B64FA1"/>
+    <w:rsid w:val="00B61912"/>
     <w:rsid w:val="00BB6A7B"/>
     <w:rsid w:val="00CC46B2"/>
+    <w:rsid w:val="00D031C9"/>
+    <w:rsid w:val="00D04D6C"/>
     <w:rsid w:val="00D112E1"/>
     <w:rsid w:val="00D1662D"/>
     <w:rsid w:val="00D869D1"/>
+    <w:rsid w:val="00D95512"/>
     <w:rsid w:val="00E0373D"/>
     <w:rsid w:val="00E46CCB"/>
+    <w:rsid w:val="00E64874"/>
+    <w:rsid w:val="00E82BDE"/>
     <w:rsid w:val="00F34732"/>
-    <w:rsid w:val="00FC5CF0"/>
+    <w:rsid w:val="00F57F7A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{746F71B9-B337-4DA4-BDE8-426AFB8A489B}"/>
+  <w15:docId w15:val="{A6739965-9BE0-4B67-95ED-EC4C73889172}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3843,57 +3980,62 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E46CCB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E46CCB"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="anegp0gi0b9av8jahpyh">
+    <w:name w:val="anegp0gi0b9av8jahpyh"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="003D15F4"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="1615864103">
+    <w:div w:id="862204384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch16@kargoo.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch16@kargoo.kz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -4138,71 +4280,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>8305</Characters>
+  <Pages>4</Pages>
+  <Words>1460</Words>
+  <Characters>8328</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>69</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9743</CharactersWithSpaces>
+  <CharactersWithSpaces>9769</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>