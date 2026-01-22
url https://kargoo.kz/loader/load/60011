--- v0 (2025-11-28)
+++ v1 (2026-01-22)
@@ -1,4452 +1,3577 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="218B844C" w14:textId="77777777" w:rsidR="00E6635F" w:rsidRPr="00F72AD4" w:rsidRDefault="00E6635F" w:rsidP="00E6635F">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="68A45128" w14:textId="437C8334" w:rsidR="00F920B1" w:rsidRDefault="00C945E9" w:rsidP="00E6635F">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КГ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F72AD4">
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> «ДВОРЕЦ ШКОЛЬНИКОВ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қарағанды </w:t>
+        <w:t xml:space="preserve"> «КӘУСАР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» ОТДЕЛА ОБРАЗОВАНИЯ ГОРОДА КАРАГАНДЫ УПРАВЛЕНИЯ ОБРАЗОВАНИЯ КАРАГАНДИНСКОЙ ОБЛАСТИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E8035A2" w14:textId="77777777" w:rsidR="00E6635F" w:rsidRDefault="00E6635F" w:rsidP="00E6635F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03FADD48" w14:textId="01F86B9F" w:rsidR="00E6635F" w:rsidRPr="00E6635F" w:rsidRDefault="00E6635F" w:rsidP="00E6635F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Местонахождение(адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>): 1000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Карагандинская область, город Караганда, район имени </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әлихан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бөкейхан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,  ул.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Методическая, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стр.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>63</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>телефон  +7(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>705)301-93-33</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18232481" w14:textId="77777777" w:rsidR="00F920B1" w:rsidRPr="00F5578B" w:rsidRDefault="00F920B1" w:rsidP="00F920B1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C74A6FE" w14:textId="27080C34" w:rsidR="007A15DC" w:rsidRPr="007A15DC" w:rsidRDefault="00F920B1" w:rsidP="00F920B1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОБЪЯВЛЯЕТ КОНКУРС НА ЗАНЯТИЕ ВАКАНТН</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC03AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОЙ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ДОЛЖНОСТ</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC03AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="005E0102">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>о</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72AD4">
+        <w:t>ПЕДАГОГ</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC03AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">блысы </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005E0102">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>б</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72AD4">
+        <w:t xml:space="preserve"> ДОПОЛНИТЕЛЬНОГО ОБРАЗОВАНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F6005B" w14:textId="7529D8D9" w:rsidR="00093D0B" w:rsidRDefault="00F920B1" w:rsidP="00F920B1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79497FA9" w14:textId="57558BD6" w:rsidR="0013686B" w:rsidRPr="00EC03AC" w:rsidRDefault="0013686B" w:rsidP="00EC03AC">
+      <w:pPr>
+        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC03AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагог по </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA71A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>домбре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC03AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC03AC" w:rsidRPr="00EC03AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC03AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8 час.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D2A06A0" w14:textId="0DC1B026" w:rsidR="004447FF" w:rsidRPr="00F5578B" w:rsidRDefault="00F920B1" w:rsidP="00F920B1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32EC67E7" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...542 lines deleted...]
-    <w:p w14:paraId="19D1C3B5" w14:textId="77777777" w:rsidR="0033563D" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="325AC589" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...20 lines deleted...]
-    <w:p w14:paraId="1F4DB52C" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00DF0AAF" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организует разнообразную творческую деятельность обучающихся в области дополнительного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F58F095" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...8 lines deleted...]
-    <w:p w14:paraId="032C183A" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплектует состав обучающихся, воспитанников в кружках, секциях, студиях, клубных и других детских объединений, принимает меры по сохранению их в течение срока обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72127FD5" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...16 lines deleted...]
-    <w:p w14:paraId="4DAA283C" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>участвует в разработке и реализации образовательных программ дополнительного образования, составляет планы занятий и программы мероприятий, обеспечивает их выполнение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ABF0A4F" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...16 lines deleted...]
-    <w:p w14:paraId="13D6645D" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ведет установленную документацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFB6353" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...16 lines deleted...]
-    <w:p w14:paraId="22D4F0BF" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивает педагогически обоснованный выбор форм, средств и методов работы, исходя из психофизиологической целесообразности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="501E2CD6" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...16 lines deleted...]
-    <w:p w14:paraId="5E248243" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ыявляет творческие способности обучающихся, воспитанников, способствует развитию личности, удовлетворению образовательных потребностей обучающихся, воспитанников; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30AAE4BC" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...16 lines deleted...]
-    <w:p w14:paraId="39A62AFE" w14:textId="77777777" w:rsidR="0033563D" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организует самостоятельную деятельность обучающихся, воспитанников, в том числе исследовательскую, включает в образовательный процесс инновационные технологии, осуществляет связь обучения с практикой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2715D5B8" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...16 lines deleted...]
-    <w:p w14:paraId="36CC2645" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечивает и анализирует достижения обучающихся, воспитанников; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BB4AA05" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...16 lines deleted...]
-    <w:p w14:paraId="50E4F04B" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оценивает результат освоения образовательной программы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CEB41CF" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...16 lines deleted...]
-    <w:p w14:paraId="79E3552B" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поддерживает одаренных и талантливых обучающихся, воспитанников, в том числе детей с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58485A52" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...16 lines deleted...]
-    <w:p w14:paraId="2147505A" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организует участие детей в мероприятиях разного уровня и направленности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ABDD780" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...16 lines deleted...]
-    <w:p w14:paraId="47E25EBE" w14:textId="77777777" w:rsidR="0033563D" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>участвует в организации каникулярного отдыха обучающихся, воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10012FEE" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>- балалардың әртүрлі деңгейдегі және бағыттағы іс-шараларға қатысуын ұйымдастырады;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="525974E4" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивает при проведении занятий соблюдение правил по безопасности и охране труда, противопожарной безопасности, несет ответственность за сохранение жизни и здоровья детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18987C8E" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...16 lines deleted...]
-    <w:p w14:paraId="4CE62ED0" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказывает консультативную помощь родителям и лицам, их заменяющим, а также педагогам; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CEF04D1" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...16 lines deleted...]
-    <w:p w14:paraId="359EAF30" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">участвует в деятельности методических советов, объединений, в мероприятиях, направленных на повышение педагогического мастерства; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6898865D" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...16 lines deleted...]
-    <w:p w14:paraId="23B3A52C" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>систематически повышает профессиональную квалификацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E677FB8" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...16 lines deleted...]
-    <w:p w14:paraId="3DD44F91" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="239B78D5" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="14FD4B90" w14:textId="77777777" w:rsidR="0033563D" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E7745B1" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...8 lines deleted...]
-    <w:p w14:paraId="54489DA4" w14:textId="77777777" w:rsidR="0033563D" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конституцию Республики Казахстан, законы Республики Казахстан «Об образовании», «О статусе педагога», «О противодействии коррупции» и иные нормативные правовые акты, регламентирующие образовательную деятельность, приоритетные направления развития образования Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60B9679F" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...20 lines deleted...]
-    <w:p w14:paraId="00D47D9D" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основы педагогики и психологии, трудового законодательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43C9342D" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...16 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...129 lines deleted...]
-    <w:p w14:paraId="72E3AC20" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нормы педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18E36E07" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r>
-[...22 lines deleted...]
-    <w:p w14:paraId="234F3B64" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">методику воспитательной работы, современные педагогические технологии продуктивного, дифференцированного, развивающего обучения, реализации компетентностного подхода; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6800C78D" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...18 lines deleted...]
-    <w:p w14:paraId="31A642C5" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>методы установления контакта с обучающимися, воспитанниками разного возраста, их родителями (лицами, их заменяющими), педагогами, диагностики причин конфликтных ситуаций, их профилактики и разрешения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F4513B" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...18 lines deleted...]
-    <w:p w14:paraId="525C586E" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правила внутреннего трудового распорядка организации образования, правила безопасности и охраны труда, пожарной безопасности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37DCF237" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="3BB95E23" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00A42BA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32450126" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...227 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Требования к квалификации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C49D397" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое образование или техническое и профессиональное образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="574717F4" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D6ECC26" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E9AA5D8" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00296D10">
+      <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>педагог-модератор</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00296D10">
+      <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F68DCCB" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="002578BF" w:rsidRDefault="0033563D" w:rsidP="0033563D">
-      <w:pPr>
+    <w:p w14:paraId="0DD939B8" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должен отвечать общим требованиям, предъявляемым к квалификации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61881132" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пользоваться организационными формами диагностической работы с детьми и подростками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C08A4B3" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивать устойчивые положительные результаты в воспитательном процессе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32A33255" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>участвовать в работе методических объединений, школ передового опыта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39CEAF69" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00102002">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>·</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-эксперт</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...31 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidRPr="002578BF">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00102002">
+      <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...121 lines deleted...]
-        <w:pStyle w:val="a5"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="492C2264" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должен отвечать требованиям, предъявляемым к квалификации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-модератор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D30289A" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пользоваться методиками анализа воспитательной работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B92605A" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самостоятельно разрабатывать методику воспитания детей и подростков с учетом дифференцированного подхода к ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="398756AE" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>использовать передовой педагогический опыт в работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18151FF7" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00296D10">
+      <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:t>педагог-сарапшы</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-исследователь</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00296D10">
+      <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04FC7F21" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00C54BB9" w:rsidRDefault="0033563D" w:rsidP="0033563D">
-[...202 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w14:paraId="7D77F688" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должен отвечать требованиям, предъявляемым к квалификации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-эксперт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E39BB42" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пользоваться методами научно-исследовательской, экспериментальной работы, разрабатывать новые педагогические технологии, целевые программы, вести работу по их апробации, руководить творческими группами по разработке актуальных проблем социальной педагогики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07D1DCEC" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00296D10">
+      <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:t>педагог-зерттеуші</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-мастер</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00296D10">
+      <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA3E58F" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="001E49DF" w:rsidRDefault="0033563D" w:rsidP="0033563D">
-[...111 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w14:paraId="19150CA6" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...8 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должен отвечать требованиям, предъявляемым к квалификации </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00296D10">
-[...11 lines deleted...]
-        <w:t>педагог-шебер</w:t>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-исследователь</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00296D10">
-[...319 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5792F7A6" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...117 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пользоваться методами научно-исследовательской, экспериментальной работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C336FC0" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разрабатывать новые педагогические технологии, целевые программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C52E76D" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...19 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вести работу по их апробации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33850FCC" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>руководить творческими группами по разработке актуальных проблем социальной педагогики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12BBDEBA" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-    <w:p w14:paraId="2F33A6FA" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00940466" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иметь методические материалы, получивших одобрение на областном учебно-методическом совете и РУМС.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5C4256" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00E1044F" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A69C300" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс проводится в соответствии с Трудовым кодексом Республики Казахстан от 23 ноября 2015 года, с приказом МОН РК от 21 февраля 2012 года №57 «Об утверждении Правил назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования» (изм. приказ Министра просвещения РК от 22.12.2022 №513), с приказом №338 от 13 июля 2009 года Министра образования и науки </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РК«Об</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утверждении Типовых квалификационных характеристик должностей педагогических работников и приравненных к ним лиц» (изм. приказ Министра образования и науки РК от 31.03.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00F5578B">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>№121</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) . </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="166A7DBE" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...32 lines deleted...]
-    <w:p w14:paraId="6B999BBC" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00940466" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для участия в Конкурсе кандидату нарочно в комиссию необходимо предоставить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E6691FB" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="7EF8701B" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00940466" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема документов, указанных в объявлении, направляет следующие документы в электронном или бумажном виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FFB0741" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="1BF1C2E8" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00940466" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к Правилам (может быть выдана канцелярией организации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C51FD84" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-    <w:p w14:paraId="24CF04F1" w14:textId="77777777" w:rsidR="0033563D" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60776D92" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="34FD500B" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00605FA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60B351DA" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="74F47C33" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00605FA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A5813E7" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="624DB84C" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00605FA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00005A7E" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="5AA41A8B" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00605FA6" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Об утверждении форм учетной документации в области здравоохранения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="289C3186" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...148 lines deleted...]
-    <w:p w14:paraId="649B25A7" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="007D5D58" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B24996E" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="2F006BBC" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="007D5D58" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="161ED79F" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="3E31CCA3" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="007D5D58" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3842AD41" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="17844BAE" w14:textId="77777777" w:rsidR="0033563D" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Certificate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>English</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Language</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Teaching</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Adults</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>илиайелтс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IELTS) – 6,5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>илитойфл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(TOEFL) (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nternet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Based Test (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70FD5CD2" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...16 lines deleted...]
-    <w:p w14:paraId="49580A1B" w14:textId="77777777" w:rsidR="0033563D" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42DEC5B2" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="51889AFA" w14:textId="77777777" w:rsidR="0033563D" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77531C98" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="00AE5B9D" w14:textId="77777777" w:rsidR="0033563D" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13) видеопрезентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 x 480.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A7CF8BE" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="3BFD5400" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="0078739E" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="375F5EE0" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="000142F7" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="008C6629" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="0078739E" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000142F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кандидат при наличии представляет дополнительную информацию, касающуюся его образования, опыта работы, профессионального уровня (копии документов о повышении квалификации, присвоении ученых/академических степеней и званий, научных или методических публикациях, квалификационных категорий, рекомендации от руководства предыдущего места работы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C786A6" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Біліктілік талаптарына сәйкестігіне кандидаттардың құжаттарын қарау нәтижелері бойынша конкурстық комиссия Қағидаларға 11-қосымшаға сәйкес бағалау парағында кандидат көрсеткен балдарды есептеуді жүзеге асырады (ұйымның кеңсесі бере алады).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2537EFE3" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="0078739E" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        <w:t>Отсутствие одного из документов, указанных в пункте 118 настоящих Правил, является основанием для возврата документов кандидату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61856EE3" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="6DFAABC2" w14:textId="77777777" w:rsidR="0033563D" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56FBD979" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организацией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="449C2414" w14:textId="77777777" w:rsidR="0033563D" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в течение трех рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> после принятия документов кандидата, посредством Информационного Сервиса Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан направляется запрос о наличии либо отсутствии сведений о совершении коррупционного преступления и/или уголовного правонарушения в уполномоченный орган по правовой статистике и специальным учетам или его территориальные подразделения, а также о нарушении законодательства о статусе педагога в территориальный департамент по обеспечению качества в сфере образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16D2DD16" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...148 lines deleted...]
-    <w:p w14:paraId="3520F965" w14:textId="77777777" w:rsidR="0033563D" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При выявлении сведений о совершении коррупционного преступления и/или уголовного правонарушения и/или законодательства о статусе педагога, запрещающие трудоустройство в соответствии с действующим законодательством Республики Казахстан, педагог отстраняется от конкурса на любом этапе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32785E93" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Комиссия в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="4D0C6145" w14:textId="77777777" w:rsidR="0033563D" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>течение пяти рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> после даты завершения приема документов проводит рассмотрение документов кандидатов на соответствие квалификационным требованиям, утвержденными Типовыми квалификационными требованиями педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ED0EF1D" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...36 lines deleted...]
-    <w:p w14:paraId="6EFC7C24" w14:textId="77777777" w:rsidR="0033563D" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По результатам рассмотрения документов кандидатов на соответствие квалификационным требованиям, конкурсная комиссия осуществляет подсчет баллов, указанных кандидатом в Оценочном листе согласно приложению 11 к Правилам (может быть выдана канцелярией организации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="407210D7" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="67335661" w14:textId="77777777" w:rsidR="0033563D" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Решение по итогам конкурса принимается конкурсной комиссией на основании набранных баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72FCD1C2" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...92 lines deleted...]
-    <w:p w14:paraId="3785B742" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="004949F7" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кандидат, получивший наибольшее количество баллов, считается прошедшим конкурс и рекомендуется первому руководителю государственной организации образования к назначению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6807EE85" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При равном количестве баллов у кандидатов, конкурсной комиссией принимается решение о проведении собеседования, по результатам которого определяется кандидат на назначение. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Собеседование проходит в КГ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="004949F7">
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> «Дворец школьников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>телефон/факс</w:t>
+        <w:t xml:space="preserve"> «Кәусар</w:t>
       </w:r>
       <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...99 lines deleted...]
-    <w:p w14:paraId="1FD427A9" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00AD0E1C" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+        </w:rPr>
+        <w:t>» отдела образования города Караганды управления образования Карагандинской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="135645A7" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...8 lines deleted...]
-    <w:p w14:paraId="29023937" w14:textId="77777777" w:rsidR="0033563D" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FBAC945" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Конкурсқа қатысу үшін құжаттарды қабылдау хабарландыру жарияланған күннен бастап жеті жұмыс күні ішінде жүзеге асырылады. Кандидаттардың құжаттарын қабылдау сағат 09.00-ден 18.00-ге дейін түскі үзіліспен сағат 13.00-ден 14.00-ге дейін, Қарағанды облысы білім басқармасының Қарағанды қаласы білім бөлімінің </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результаты конкурса объявляются на Интернет-ресурсе организации образования, официальных аккаунтах социальных сетей организации в день проведения заключительного заседания конкурсной комиссии.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...69 lines deleted...]
-    <w:p w14:paraId="5559BD02" w14:textId="77777777" w:rsidR="0033563D" w:rsidRPr="00544168" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С кандидатом, соответствующим квалификационным требованиям, утвержденными Типовыми квалификационными характеристиками педагогов и получившим положительное заключение конкурсной комиссии, руководитель организации образования заключает трудовой договор и издает приказ о приеме на работу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC83F58" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="6EB4E13F" w14:textId="728ABC71" w:rsidR="0033563D" w:rsidRPr="00CC7E2A" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Конкурс проводится по адресу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Коммунальное Государственное </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Учреждение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> «Дворец школьников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Кәусар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» отдела образования города </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Караганды управления образования Карагандинской области, 100001, Карагандинская область, город Караганда, район имени </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әлихан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бөкейхан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,  ул.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Методическая, стр 63</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,  телефон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8(7212) 21-52-99, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C3306BB" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00CB4042" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB4042">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00CC7E2A">
+        <w:t>+</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB4042">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB4042">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB4042">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Құжаттарды қабылдаудың басталу күні мен уақыты: </w:t>
-[...33 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:t>705)301-93-33</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB4042">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00250EA9">
-[...48 lines deleted...]
-    <w:p w14:paraId="2C3220D4" w14:textId="4BB34E76" w:rsidR="0033563D" w:rsidRPr="00CC7E2A" w:rsidRDefault="0033563D" w:rsidP="0033563D">
+    </w:p>
+    <w:p w14:paraId="4C962633" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием документов для участия в конкурсе осуществляется в течение семи рабочих дней со дня публикации объявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Прием документов кандидатов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00CC7E2A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляется с 09.00 часов до 18.00 часов с перерывом на обед с 13.00 часов до 14.00 часов, через канцелярию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Құжаттарды қабылдаудың аяқталу күні мен уақыты: </w:t>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Дворец школьников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Кәусар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» отдела образования города Караганды управления образования Карагандинской области</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37444C84" w14:textId="77777777" w:rsidR="005B4BC9" w:rsidRPr="00F5578B" w:rsidRDefault="005B4BC9" w:rsidP="005B4BC9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62F29487" w14:textId="4E094676" w:rsidR="00C818CE" w:rsidRPr="00C818CE" w:rsidRDefault="00C818CE" w:rsidP="00C818CE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00C818CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и время начала приема документов: 0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C818CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.10.2025 г. 09.00 ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5657E5EA" w14:textId="559ECCD7" w:rsidR="00D87BE5" w:rsidRPr="00230BA3" w:rsidRDefault="00C818CE" w:rsidP="00C818CE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00523A28">
+      </w:pPr>
+      <w:r w:rsidRPr="00C818CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и время окончания приема документов: 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC7E2A">
+      <w:r w:rsidRPr="00C818CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...122 lines deleted...]
-    <w:sectPr w:rsidR="00C945E9">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.10.2025 г. 18.00 ч.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00D87BE5" w:rsidRPr="00230BA3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -8343,139 +7468,50 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6AB614C8"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72493D33"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="03DC89CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="502"/>
         </w:tabs>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1222"/>
         </w:tabs>
         <w:ind w:left="1222" w:hanging="360"/>
@@ -8544,51 +7580,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5542"/>
         </w:tabs>
         <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6262"/>
         </w:tabs>
         <w:ind w:left="6262" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="799E6614"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B2F4AFF4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8693,51 +7729,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="799F2801"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9A7868E2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -8811,51 +7847,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A6373EC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DFBA8ADE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8970,69 +8006,69 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="3"/>
   </w:num>
@@ -9051,178 +8087,174 @@
   <w:num w:numId="23">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="31">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="26"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="32">
-[...1 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C2481"/>
     <w:rsid w:val="000142F7"/>
     <w:rsid w:val="00023286"/>
     <w:rsid w:val="00031A98"/>
     <w:rsid w:val="00093D0B"/>
     <w:rsid w:val="00127160"/>
     <w:rsid w:val="0013686B"/>
     <w:rsid w:val="00165D92"/>
     <w:rsid w:val="001666EC"/>
-    <w:rsid w:val="00175048"/>
     <w:rsid w:val="001A5549"/>
+    <w:rsid w:val="001B2477"/>
     <w:rsid w:val="001C2481"/>
     <w:rsid w:val="001D4AA4"/>
     <w:rsid w:val="00230BA3"/>
-    <w:rsid w:val="00250EA9"/>
     <w:rsid w:val="002A14A0"/>
     <w:rsid w:val="002C7977"/>
     <w:rsid w:val="002E4611"/>
+    <w:rsid w:val="002F1559"/>
     <w:rsid w:val="00316AF4"/>
-    <w:rsid w:val="0033563D"/>
     <w:rsid w:val="003534D5"/>
     <w:rsid w:val="00355FAB"/>
     <w:rsid w:val="00381ABC"/>
     <w:rsid w:val="003D0666"/>
     <w:rsid w:val="004228EC"/>
     <w:rsid w:val="00426828"/>
     <w:rsid w:val="004447FF"/>
     <w:rsid w:val="00462D37"/>
     <w:rsid w:val="00465B89"/>
     <w:rsid w:val="00466AC7"/>
     <w:rsid w:val="004D70C3"/>
     <w:rsid w:val="005151E5"/>
-    <w:rsid w:val="00523A28"/>
-    <w:rsid w:val="005869F3"/>
+    <w:rsid w:val="005B4BC9"/>
     <w:rsid w:val="005E0102"/>
     <w:rsid w:val="00633E5B"/>
     <w:rsid w:val="00636A04"/>
     <w:rsid w:val="00643915"/>
     <w:rsid w:val="00656F2D"/>
     <w:rsid w:val="00675EFD"/>
     <w:rsid w:val="006A0C59"/>
     <w:rsid w:val="006A1EFD"/>
     <w:rsid w:val="007441BA"/>
     <w:rsid w:val="007A15DC"/>
     <w:rsid w:val="007B3755"/>
     <w:rsid w:val="007E4595"/>
     <w:rsid w:val="00846C05"/>
     <w:rsid w:val="008A60BB"/>
     <w:rsid w:val="008B7C9B"/>
     <w:rsid w:val="008D14F5"/>
     <w:rsid w:val="0090194C"/>
     <w:rsid w:val="00927B25"/>
     <w:rsid w:val="009D259A"/>
     <w:rsid w:val="009F2F6B"/>
     <w:rsid w:val="00AB3F0A"/>
     <w:rsid w:val="00AF572F"/>
     <w:rsid w:val="00B05E65"/>
     <w:rsid w:val="00B21D11"/>
     <w:rsid w:val="00B46648"/>
     <w:rsid w:val="00B75B37"/>
     <w:rsid w:val="00B969B5"/>
     <w:rsid w:val="00BA71A0"/>
     <w:rsid w:val="00C65D58"/>
     <w:rsid w:val="00C71EBA"/>
+    <w:rsid w:val="00C818CE"/>
     <w:rsid w:val="00C945E9"/>
     <w:rsid w:val="00CE7F17"/>
     <w:rsid w:val="00CF4049"/>
     <w:rsid w:val="00D02834"/>
+    <w:rsid w:val="00D061EB"/>
     <w:rsid w:val="00D20813"/>
     <w:rsid w:val="00D40C59"/>
     <w:rsid w:val="00D42FDE"/>
     <w:rsid w:val="00D44F31"/>
-    <w:rsid w:val="00D76B59"/>
     <w:rsid w:val="00D87BE5"/>
     <w:rsid w:val="00E0395A"/>
     <w:rsid w:val="00E6635F"/>
     <w:rsid w:val="00E710F8"/>
-    <w:rsid w:val="00EA54C6"/>
+    <w:rsid w:val="00EB24BB"/>
     <w:rsid w:val="00EB4907"/>
     <w:rsid w:val="00EC03AC"/>
     <w:rsid w:val="00EC0D20"/>
     <w:rsid w:val="00F277FC"/>
     <w:rsid w:val="00F37D3B"/>
     <w:rsid w:val="00F47A3F"/>
     <w:rsid w:val="00F545AC"/>
     <w:rsid w:val="00F5578B"/>
     <w:rsid w:val="00F82F00"/>
     <w:rsid w:val="00F920B1"/>
     <w:rsid w:val="00FD6A79"/>
     <w:rsid w:val="00FE2D87"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -9867,51 +8899,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1867670358">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200027394" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10169,70 +9201,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>9354</Characters>
+  <Pages>6</Pages>
+  <Words>1814</Words>
+  <Characters>10340</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>77</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>86</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10973</CharactersWithSpaces>
+  <CharactersWithSpaces>12130</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kausar01</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>