--- v0 (2025-10-17)
+++ v1 (2025-12-10)
@@ -2,102 +2,76 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="00000001" w14:textId="6398E088" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4B8ED36F" w14:textId="415229C2" w:rsidR="00E45A20" w:rsidRDefault="00E45A20" w:rsidP="00E45A20">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...10 lines deleted...]
-      <w:r w:rsidR="000578BD" w:rsidRPr="000578BD">
+          <w:highlight w:val="white"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35F594B0" wp14:editId="1342F309">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A961276" wp14:editId="24EE9D2C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>3533775</wp:posOffset>
+              <wp:posOffset>3867150</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>147955</wp:posOffset>
+              <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2438400" cy="1811655"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="8269" y="0"/>
                 <wp:lineTo x="6244" y="909"/>
                 <wp:lineTo x="2363" y="3180"/>
                 <wp:lineTo x="1688" y="4997"/>
                 <wp:lineTo x="338" y="7268"/>
                 <wp:lineTo x="0" y="9539"/>
                 <wp:lineTo x="0" y="12038"/>
                 <wp:lineTo x="675" y="14763"/>
                 <wp:lineTo x="675" y="14991"/>
                 <wp:lineTo x="3038" y="18397"/>
                 <wp:lineTo x="3206" y="19079"/>
                 <wp:lineTo x="8100" y="21350"/>
                 <wp:lineTo x="9450" y="21350"/>
                 <wp:lineTo x="11981" y="21350"/>
                 <wp:lineTo x="13331" y="21350"/>
                 <wp:lineTo x="18225" y="19079"/>
                 <wp:lineTo x="18394" y="18397"/>
                 <wp:lineTo x="20756" y="14991"/>
                 <wp:lineTo x="20756" y="14763"/>
                 <wp:lineTo x="21431" y="12038"/>
@@ -146,384 +120,560 @@
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="00000003" w14:textId="77777777" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+      <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Перезагрузка мозга:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000001" w14:textId="56BA7E5E" w:rsidR="007C4EBB" w:rsidRDefault="00000000" w:rsidP="00E45A20">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Зачем детям «ничегонеделание»?</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45A20" w:rsidRPr="00E45A20">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000002" w14:textId="1C2D7236" w:rsidR="007C4EBB" w:rsidRDefault="007C4EBB">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000003" w14:textId="29B0F220" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="00000004" w14:textId="77777777" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В мире, где каждая секунда на счету, мы часто забываем о ценности простого бездействия. Наши дети погружены в бесконечный поток заданий и развлечений </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> все это создает огромную нагрузку на их неокрепшую психику. В этой гонке легко забыть о простой, но жизненно важной потребности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потребности в «ничегонеделании».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000004" w14:textId="497128C6" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="00000005" w14:textId="77777777" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Переосмысление «ничегонеделания» в детском воспитании.  «Ничегонеделание» часто воспринимается как лень или потеря времени, однако это время, когда дети могут:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000005" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="00000006" w14:textId="77777777" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>1. Отдохнуть и перезагрузить свой мозг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000006" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="00000007" w14:textId="77777777" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>2. Обдумать и усвоить новую информацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000007" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>3. Развить свои творческие способности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000008" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>4. Научиться справляться с эмоциями и стрессом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000009" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="7D8090C7" w14:textId="77777777" w:rsidR="000578BD" w:rsidRDefault="00000000" w:rsidP="000578BD">
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Научный взгляд на «ничегонеделание».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000A" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
-        <w:rPr>
-[...154 lines deleted...]
-    <w:p w14:paraId="0000000E" w14:textId="77777777" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Многочисленные исследования показали, что «ничегонеделание» имеет ряд научно доказанных преимуществ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000B" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>1.Улучшение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> когнитивных функций: памяти, внимания, концентрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000C" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>2.Повышение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> креативности: дети, которые имеют время для «ничегонеделания», чаще генерируют новые идеи и решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000D" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>3.Снижение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уровня стресса: «ничегонеделание» помогает ребенку расслабиться и восстановить душевные силы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000E" w14:textId="16824508" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>4.Укрепление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> иммунитета: исследования показали, что дети, которые имеют достаточно времени для отдыха, менее подвержены простудным заболеваниям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000000F" w14:textId="6F55D660" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Көптеген ғылыми жаңалықтар дәл осы «ештеңе істемеген» сәттерде жасалды. Мысалы, Архимед өзінің әйгілі жаңалығын ваннада жатып ашты.</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t xml:space="preserve">Многие научные открытия были совершены именно в моменты «ничегонеделания». Например, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Архимед  сделал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> свое знаменитое открытие лежа в ванне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000010" w14:textId="09EEBE28" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>«Ештеңе істемеудің» ми белсенділігіне әсері</w:t>
-[...5 lines deleted...]
-        <w:ind w:firstLine="720"/>
+        <w:t>Влияние «ничегонеделания» на мозговую активность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000011" w14:textId="41DFF4DA" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Во время отдыха активируются важные области мозга, отвечающие за:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000012" w14:textId="5D88AF43" w:rsidR="007C4EBB" w:rsidRDefault="00E45A20">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="669EBD1C" wp14:editId="13F83AFF">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67F6BA05" wp14:editId="5CA66965">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>76200</wp:posOffset>
+              <wp:posOffset>-190500</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>214630</wp:posOffset>
+              <wp:posOffset>73025</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2545715" cy="1562100"/>
             <wp:effectExtent l="0" t="0" r="6985" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="8082" y="0"/>
                 <wp:lineTo x="6304" y="790"/>
                 <wp:lineTo x="1940" y="3688"/>
                 <wp:lineTo x="1293" y="5532"/>
                 <wp:lineTo x="0" y="8429"/>
                 <wp:lineTo x="0" y="11327"/>
                 <wp:lineTo x="162" y="13434"/>
                 <wp:lineTo x="1940" y="17122"/>
                 <wp:lineTo x="2101" y="18176"/>
                 <wp:lineTo x="7759" y="21337"/>
                 <wp:lineTo x="9375" y="21337"/>
                 <wp:lineTo x="12123" y="21337"/>
                 <wp:lineTo x="13901" y="21337"/>
                 <wp:lineTo x="19396" y="18176"/>
                 <wp:lineTo x="21336" y="12907"/>
                 <wp:lineTo x="21498" y="11327"/>
                 <wp:lineTo x="21498" y="8429"/>
                 <wp:lineTo x="20205" y="5532"/>
                 <wp:lineTo x="19720" y="3688"/>
                 <wp:lineTo x="15194" y="790"/>
@@ -574,555 +724,579 @@
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Демалыс кезінде мидың маңызды аймақтары белсендіріледі.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="00000011" w14:textId="77777777" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+        <w:t>1. Свободное мышление и ассоциации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000013" w14:textId="667182A5" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>1. Еркін ойлау және ассоциациялар.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="00000012" w14:textId="77777777" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+        <w:t>2. Творческий процесс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000014" w14:textId="2375E388" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>2. Шығармашылық процесс.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="00000013" w14:textId="77777777" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+        <w:t>3. Эмпатию и самоанализ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000015" w14:textId="7C790336" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>3. Эмпатия және өзін-өзі талдау.</w:t>
-[...70 lines deleted...]
-    <w:p w14:paraId="00000017" w14:textId="77777777" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+        <w:t>4. Укрепление и формирование нейронных связей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000016" w14:textId="3E42B1A2" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Противостояние «ничегонеделания» и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>постоянной стимуляции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000017" w14:textId="3A11F249" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Современные дети подвергаются информационному цунами: мультфильмы, игры, социальные сети</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Постоянное потребление информации может привести к:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000018" w14:textId="0D78DB7A" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="00000018" w14:textId="77777777" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+        <w:spacing w:before="100" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1020"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Перегрузке мозга и ухудшению его функций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000019" w14:textId="0A5CED5D" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="00000019" w14:textId="77777777" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+        <w:ind w:left="1020"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Уменьшению способности концентрироваться.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001A" w14:textId="42A65B38" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="0000001A" w14:textId="77777777" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+        <w:ind w:left="1020"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Нарушениям сна.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001B" w14:textId="4049C107" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="0000001B" w14:textId="77777777" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+        <w:ind w:left="1020"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Избыточной активности и раздражительности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001C" w14:textId="13F00CA3" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Как научить ребенка ценить «ничегонеделание»?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001D" w14:textId="0AB3BAD3" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Чтобы помочь ребенку найти время для отдыха:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001E" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>1. Ограничьте время использования электронных устройств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000001F" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>2. Обустройте домашнее пространство для расслабления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000020" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Предложите замену гаджетам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> книги, рисование, игры на улице.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000021" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>4. Не критикуйте ребенка за желание отдохнуть.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000022" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>5. Объясните важность перерывов в деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000023" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>6. Поддержите инициативу ребенка в выборе хобби.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000024" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Пассивный отдых играет важную роль в развитии детского ума. Предоставление времени для «ничегонеделания» помогает детям расслабиться, восстановиться и стимулирует их творческое мышление. Важно находить баланс между активностью и пассивным отдыхом, чтобы обеспечить полноценное развитие и отдых детского ума.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000025" w14:textId="0457ABC2" w:rsidR="007C4EBB" w:rsidRDefault="00000000" w:rsidP="00E45A20">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Польза «ничегонеделания» в воспитании детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000026" w14:textId="31D84F06" w:rsidR="007C4EBB" w:rsidRDefault="00000000" w:rsidP="00E45A20">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Взгляд из мира науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000027" w14:textId="525C6143" w:rsidR="007C4EBB" w:rsidRDefault="00E45A20">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...242 lines deleted...]
-        <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FE300D5" wp14:editId="2DE7123D">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23CA9467" wp14:editId="2EF0E672">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>47625</wp:posOffset>
+              <wp:posOffset>3019425</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>147955</wp:posOffset>
+              <wp:posOffset>116205</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3164437" cy="1771650"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="8193" y="0"/>
                 <wp:lineTo x="6762" y="465"/>
                 <wp:lineTo x="2341" y="3252"/>
                 <wp:lineTo x="390" y="7432"/>
                 <wp:lineTo x="0" y="9755"/>
                 <wp:lineTo x="0" y="11845"/>
                 <wp:lineTo x="650" y="15097"/>
                 <wp:lineTo x="3511" y="18813"/>
                 <wp:lineTo x="3641" y="19277"/>
                 <wp:lineTo x="8193" y="21368"/>
                 <wp:lineTo x="9363" y="21368"/>
                 <wp:lineTo x="11964" y="21368"/>
                 <wp:lineTo x="13264" y="21368"/>
                 <wp:lineTo x="17816" y="19277"/>
                 <wp:lineTo x="17946" y="18813"/>
                 <wp:lineTo x="20807" y="15097"/>
                 <wp:lineTo x="21457" y="11845"/>
                 <wp:lineTo x="21457" y="9755"/>
                 <wp:lineTo x="21197" y="7665"/>
                 <wp:lineTo x="19116" y="3252"/>
@@ -1169,522 +1343,573 @@
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t>Қазіргі әлем балаларды тәрбиелеу және дамыту әдістері туралы ақпаратқа толы. Біз балалардың күндерін әртүрлі іс-шаралар және іс-әрекеттермен толтыруға тырысамыз, белсенділік неғұрлым көп болса, олардың болашағы үшін соғұрлым жақсы болатынына сенімдіміз. Алайда, біз сізге белсенді әрекеттен үзіліс жасаудың да мәні бар деп айтсақ ше?</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="00000027" w14:textId="77777777" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+        <w:t xml:space="preserve">Современный мир насыщен информацией о методах воспитания и развития детей. Мы стремимся заполнить дни детей различными занятиями и уроками, убеждены, что чем больше активностей, тем лучше для их будущего. Однако, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>что</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> если мы вам скажем, что пауза от активной деятельности также имеет свою ценность?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000028" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="00000028" w14:textId="77777777" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Современные научные исследования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>показывают, что «ничегонеделание» или просто отдых имеют огромное значение для детей.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вместо бесконечных занятий, детям нужно время для того, чтобы просто быть с собой и миром вокруг. Вот несколько ключевых исследований, которые подтверждают этот подход:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00000029" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve">Синрин-Йоку туралы жапон ғалымдарының зерттеуі. </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">«Орман ванналары» деп аталатын бұл зерттеу табиғи ортада болу күйзеліс деңгейін төмендетіп, жалпы әл-ауқатты жақсарта алатынын растады. Балаларға таза </w:t>
+        <w:t xml:space="preserve">Исследование японских ученых о </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Синрин-Йоку</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Известное как «лесные ванны», это исследование подтвердило, что простое пребывание в природной среде может снизить уровень стресса и улучшить общее самочувствие. Предоставление детям возможности проводить время на свежем воздухе и наслаждаться окружающей природой имеет для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>них  большое</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> значение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000002A" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Работы Жана Пиаже об игре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Пиаже выделил важность игры для развития детей. Он утверждал, что игра дает детям возможность исследовать мир вокруг себя, развивая свои умственные и физические </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">ауада уақыт өткізуге және айналадағы табиғаттан ләззат алуға мүмкіндік берудің маңызы зор.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="00000029" w14:textId="77777777" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+        <w:t>способности. Позвольте своим детям играть без чрезмерного контроля и направления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000002B" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve">Жан Пиаженің ойын туралы жұмысы. </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="0000002A" w14:textId="77777777" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+        <w:t>Исследование Университета Джона Хопкинса о недостатке сна.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Недостаток сна у детей может привести к проблемам с концентрацией, эмоциональными расстройствами и даже ослаблению иммунной системы. Позвольте своим детям отдыхать достаточное количество времени, чтобы они могли полноценно восстанавливаться и расти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000002C" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve">Джонс Хопкинс университетінің ұйқының жетіспеуі туралы зерттеуі. </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="0000002B" w14:textId="77777777" w:rsidR="00BA1B82" w:rsidRDefault="00000000">
+        <w:t>Исследование шведских ученых о свободном времени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>. Шведские исследователи обнаружили, что дети, которым предоставляется больше свободного времени, имеют более высокий уровень счастья, у них лучше развиты социальные навыки. Необходимо понимать, что время, проведенное без запланированных мероприятий, также ценно для развития детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000002D" w14:textId="77777777" w:rsidR="007C4EBB" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...61 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="white"/>
+        </w:rPr>
+        <w:t>Приведенные выше примеры научных исследований ясно подтверждают, что «ничегонеделание» играет важную роль в развитии детей. Предоставление им свободного времени и пространства для самостоятельной игры способствует развитию их творческих способностей, эмоционального интеллекта и навыков управления временем. Помните о значимости этих моментов в воспитании ваших детей и уделите им должное внимание в их расписании дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0000002E" w14:textId="294CEFA3" w:rsidR="007C4EBB" w:rsidRDefault="00E45A20">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3A41DA63" wp14:editId="50F9A33D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="69082998" wp14:editId="40F39BA2">
             <wp:extent cx="5733415" cy="3223260"/>
             <wp:effectExtent l="0" t="0" r="635" b="0"/>
             <wp:docPr id="760164270" name="Рисунок 4" descr="Picture background"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7" descr="Picture background"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5733415" cy="3223260"/>
                     </a:xfrm>
                     <a:prstGeom prst="ellipse">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00BA1B82">
+    <w:sectPr w:rsidR="007C4EBB">
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="46DF0EF2"/>
+    <w:nsid w:val="0624380F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3BAC8660"/>
+    <w:tmpl w:val="D11CC490"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="708" w:firstLine="0"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2)"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3)"/>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%4)"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="(%5)"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="(%6)"/>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="right"/>
-[...1 lines deleted...]
-        <w:ind w:left="7200" w:hanging="360"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2142335031">
+  <w:num w:numId="1" w16cid:durableId="655958154">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BA1B82"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BA1B82"/>
+    <w:rsidRoot w:val="007C4EBB"/>
+    <w:rsid w:val="007C4EBB"/>
     <w:rsid w:val="00DF5DB3"/>
+    <w:rsid w:val="00E45A20"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4A74E8D5"/>
+  <w14:docId w14:val="581C74D2"/>
   <w15:docId w15:val="{FF81BAE1-2EEB-4D5C-912A-461FE206752E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2185,51 +2410,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-    <w:name w:val="TableNormal"/>
+    <w:name w:val="Table Normal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
@@ -2564,49 +2789,49 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>751</Words>
-  <Characters>4284</Characters>
+  <Words>753</Words>
+  <Characters>4297</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>35</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5025</CharactersWithSpaces>
+  <CharactersWithSpaces>5040</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>