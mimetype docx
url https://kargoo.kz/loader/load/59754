--- v0 (2025-11-26)
+++ v1 (2026-03-26)
@@ -1,4488 +1,3873 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="218B844C" w14:textId="77777777" w:rsidR="00E6635F" w:rsidRPr="00F72AD4" w:rsidRDefault="00E6635F" w:rsidP="00E6635F">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="68A45128" w14:textId="437C8334" w:rsidR="00F920B1" w:rsidRDefault="00C945E9" w:rsidP="00E6635F">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КГ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F72AD4">
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> «ДВОРЕЦ ШКОЛЬНИКОВ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қарағанды </w:t>
+        <w:t xml:space="preserve"> «КӘУСАР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» ОТДЕЛА ОБРАЗОВАНИЯ ГОРОДА КАРАГАНДЫ УПРАВЛЕНИЯ ОБРАЗОВАНИЯ КАРАГАНДИНСКОЙ ОБЛАСТИ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E8035A2" w14:textId="77777777" w:rsidR="00E6635F" w:rsidRDefault="00E6635F" w:rsidP="00E6635F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03FADD48" w14:textId="01F86B9F" w:rsidR="00E6635F" w:rsidRPr="00E6635F" w:rsidRDefault="00E6635F" w:rsidP="00E6635F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Местонахождение(адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>): 1000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>о</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Карагандинская область, город Караганда, район имени </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">блысы </w:t>
+        <w:t>Әлихан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>б</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ілім </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бөкейхан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>б</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,  ул.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">асқармасының  </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Методическая, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стр.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>63</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>телефон  +7(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>705)301-93-33</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="005F2085" w14:textId="77777777" w:rsidR="00E6635F" w:rsidRPr="00F72AD4" w:rsidRDefault="00E6635F" w:rsidP="00E6635F">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="18232481" w14:textId="77777777" w:rsidR="00F920B1" w:rsidRPr="00F5578B" w:rsidRDefault="00F920B1" w:rsidP="00F920B1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C74A6FE" w14:textId="27080C34" w:rsidR="007A15DC" w:rsidRPr="007A15DC" w:rsidRDefault="00F920B1" w:rsidP="00F920B1">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F72AD4">
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОБЪЯВЛЯЕТ КОНКУРС НА ЗАНЯТИЕ ВАКАНТН</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC03AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОЙ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ДОЛЖНОСТ</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC03AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="005E0102">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қарағанды </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>ПЕДАГОГ</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC03AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F72AD4">
+        <w:t>А</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005E0102">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>аласы</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> ДОПОЛНИТЕЛЬНОГО ОБРАЗОВАНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B1CF2A" w14:textId="1F948186" w:rsidR="00EE1BAE" w:rsidRDefault="00F920B1" w:rsidP="00127160">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B71E9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> б</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71E9E" w:rsidRPr="00F4229A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ілім </w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>Intellectum</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71E9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>б</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00231ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(шашки, шахматы, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00231ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тогыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00231ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00231ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кумалак</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00231ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE597F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">өлімінің </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0013686B" w:rsidRPr="00EC03AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00231ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE597F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ст</w:t>
+      </w:r>
+      <w:r w:rsidR="0013686B" w:rsidRPr="00EC03AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE597F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00231ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE597F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> час.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C6F37AD" w14:textId="77777777" w:rsidR="00E6635F" w:rsidRDefault="00E6635F" w:rsidP="00E6635F">
-[...65 lines deleted...]
-        <w:t>екемесі</w:t>
+    <w:p w14:paraId="09DC305C" w14:textId="77777777" w:rsidR="001573CF" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31B7CBE1" w14:textId="77777777" w:rsidR="00E6635F" w:rsidRDefault="00E6635F" w:rsidP="00E6635F">
-[...10 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3787DC5D" w14:textId="2235ED45" w:rsidR="00AE597F" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="73154B68" w14:textId="2D78F8E5" w:rsidR="00E6635F" w:rsidRDefault="00E6635F" w:rsidP="00E6635F">
-[...413 lines deleted...]
-    <w:p w14:paraId="7387EB3E" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="4423A567" w14:textId="54E6DBB7" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...17 lines deleted...]
-        <w:t>Лауазымдық міндеттері:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организует разнообразную творческую деятельность обучающихся в области дополнительного образования;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="405898F1" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00DF0AAF" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="268D4A25" w14:textId="480E513C" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комплектует состав обучающихся, воспитанников в кружках, секциях, студиях, клубных и других детских объединений, принимает меры по сохранению их в течение срока обучения;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="21F0334A" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="15622C3C" w14:textId="2B1A748E" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...13 lines deleted...]
-        <w:t>- қосымша білім беру саласында білім алушылардың түрлі шығармашылық қызметін ұйымдастырады;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>участвует в разработке и реализации образовательных программ дополнительного образования, составляет планы занятий и программы мероприятий, обеспечивает их выполнение;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16EC5A47" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="7247B583" w14:textId="31BC4203" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...13 lines deleted...]
-        <w:t>- үйірмелерде, секцияларда, студияларда, клубтық және басқа да балалар бірлестіктерінде білім алушылардың, тәрбиеленушілердің құрамын жинақтайды, оларды оқу мерзімі ішінде сақтау жөнінде шаралар қабылдайды;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ведет установленную документацию;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045018B5" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="440B59E0" w14:textId="6CFF6EA2" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...13 lines deleted...]
-        <w:t>- қосымша білім берудің білім беру бағдарламаларын әзірлеуге және іске асыруға қатысады, сабақ жоспарлары мен іс-шаралар бағдарламаларын жасайды, олардың орындалуын қамтамасыз етеді;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивает педагогически обоснованный выбор форм, средств и методов работы, исходя из психофизиологической целесообразности;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD0931A" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="0283C6D0" w14:textId="55067504" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...13 lines deleted...]
-        <w:t>- белгіленген құжаттаманы жүргізеді;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ыявляет творческие способности обучающихся, воспитанников, способствует развитию личности, удовлетворению образовательных потребностей обучающихся, воспитанников; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FA7FA87" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="146EC446" w14:textId="4429EB3E" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...13 lines deleted...]
-        <w:t>- психофизиологиялық орындылығын негізге ала отырып, жұмыс нысандарын, құралдары мен әдістерін педагогикалық негізделген таңдауды қамтамасыз етеді;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организует самостоятельную деятельность обучающихся, воспитанников, в том числе исследовательскую, включает в образовательный процесс инновационные технологии, осуществляет связь обучения с практикой;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A42DBB7" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="786C796F" w14:textId="23528152" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...13 lines deleted...]
-        <w:t>- білім алушылардың, тәрбиеленушілердің шығармашылық қабілеттерін анықтайды, жеке тұлғаны дамытуға, білім алушылардың, тәрбиеленушілердің білім беру қажеттіліктерін қанағаттандыруға ықпал етеді;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечивает и анализирует достижения обучающихся, воспитанников; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71F3F10A" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="747B9D85" w14:textId="07B06E6B" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...13 lines deleted...]
-        <w:t>- білім алушылардың, тәрбиеленушілердің дербес қызметін, оның ішінде зерттеу қызметін ұйымдастырады, білім беру процесіне инновациялық технологияларды енгізеді, оқытудың практикамен байланысын жүзеге асырады;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оценивает результат освоения образовательной программы; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36730CB0" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="4556DD72" w14:textId="6BE0DAD7" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">- білім алушылардың, тәрбиеленушілердің жетістіктерін қамтамасыз етеді және талдайды; </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поддерживает одаренных и талантливых обучающихся, воспитанников, в том числе детей с особыми образовательными потребностями;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76BA7FBF" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="307A2812" w14:textId="76F11970" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">- білім беру бағдарламасын игеру нәтижесін бағалайды; </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организует участие детей в мероприятиях разного уровня и направленности;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC3AAFC" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="59600338" w14:textId="7412F25A" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...13 lines deleted...]
-        <w:t>- дарынды және дарынды білім алушыларды, тәрбиеленушілерді, оның ішінде ерекше білім беру қажеттіліктері бар балаларды қолдайды;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>участвует в организации каникулярного отдыха обучающихся, воспитанников;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C837544" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="53685C86" w14:textId="05CE7E94" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...14 lines deleted...]
-        <w:t>- балалардың әртүрлі деңгейдегі және бағыттағы іс-шараларға қатысуын ұйымдастырады;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивает при проведении занятий соблюдение правил по безопасности и охране труда, противопожарной безопасности, несет ответственность за сохранение жизни и здоровья детей;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A3684F2" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="65B27112" w14:textId="6E6D3309" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...13 lines deleted...]
-        <w:t>- білім алушылардың, тәрбиеленушілердің демалысын ұйымдастыруға қатысады;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказывает консультативную помощь родителям и лицам, их заменяющим, а также педагогам; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4897308C" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="09A8AB11" w14:textId="1AA35949" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...13 lines deleted...]
-        <w:t>- сабақтарды өткізу кезінде еңбек қауіпсіздігі және еңбекті қорғау, өртке қарсы қауіпсіздік ережелерінің сақталуын қамтамасыз етеді, балалардың өмірі мен денсаулығын сақтауға жауапты болады;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">участвует в деятельности методических советов, объединений, в мероприятиях, направленных на повышение педагогического мастерства; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B2E55A1" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="1EBDAC1E" w14:textId="7D91549E" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">- ата-аналарға және оларды алмастыратын адамдарға, сондай-ақ педагогтарға консультациялық көмек көрсетеді; </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>систематически повышает профессиональную квалификацию.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B97FB78" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="6D80C9F2" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">- әдістемелік кеңестердің, бірлестіктердің қызметіне, педагогикалық шеберлікті арттыруға бағытталған іс-шараларға қатысады; </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40971FB5" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="4C000FA0" w14:textId="5A5684F6" w:rsidR="00AE597F" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...13 lines deleted...]
-        <w:t>- кәсіби біліктілігін жүйелі түрде арттырады.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00A83900" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="03CE9CB5" w14:textId="18A2259C" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конституцию Республики Казахстан, законы Республики Казахстан «Об образовании», «О статусе педагога», «О противодействии коррупции» и иные нормативные правовые акты, регламентирующие образовательную деятельность, приоритетные направления развития образования Республики Казахстан; </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="509F6B19" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="285E7C9C" w14:textId="60EFCCB7" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...17 lines deleted...]
-        <w:t>Білуі керек:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>основы педагогики и психологии, трудового законодательства;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EDC7D78" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="4BDF30A2" w14:textId="1E23FC20" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...16 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...126 lines deleted...]
-        <w:t xml:space="preserve"> Қазақстан Республикасының заңдары және білім беру қызметін, Қазақстан Республикасының білім беруді дамытудың басым бағыттарын регламенттейтін өзге де нормативтік құқықтық актілер; </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нормы педагогической этики;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC62C4D" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="4C598706" w14:textId="0ADBD911" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-        <w:t>едагогика және психология негіздері, еңбек заңнамасы;</w:t>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">методику воспитательной работы, современные педагогические технологии продуктивного, дифференцированного, развивающего обучения, реализации компетентностного подхода; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C9E594B" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="219DD8A8" w14:textId="44FA2729" w:rsidR="00E1044F" w:rsidRPr="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...15 lines deleted...]
-        <w:t>- педагогикалық этика нормалары;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>методы установления контакта с обучающимися, воспитанниками разного возраста, их родителями (лицами, их заменяющими), педагогами, диагностики причин конфликтных ситуаций, их профилактики и разрешения;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21D46B7D" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="62CBC55D" w14:textId="77777777" w:rsidR="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...15 lines deleted...]
-        <w:t>- тәрбие жұмысының әдістемесі, өнімді, сараланған, дамыта оқытудың заманауи педагогикалық технологиялары, құзыреттілік тәсілді іске асыру;</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правила внутреннего трудового распорядка организации образования, правила безопасности и охраны труда, пожарной безопасности</w:t>
+      </w:r>
+      <w:r w:rsidR="00127160" w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D2C5AB2" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="6E7D1741" w14:textId="77777777" w:rsidR="00E1044F" w:rsidRDefault="00E1044F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...16 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="59A05905" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00A42BA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="16E69C93" w14:textId="3E5F70F4" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...26 lines deleted...]
-        <w:t>.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Требования к квалификации:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7784067B" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
-[...198 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w14:paraId="28116DC6" w14:textId="72B62627" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое образование или техническое и профессиональное образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы</w:t>
+      </w:r>
+      <w:r w:rsidR="000142F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FBC38B5" w14:textId="77777777" w:rsidR="00031A98" w:rsidRDefault="00031A98" w:rsidP="001573CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DC3D8A6" w14:textId="0627CBA5" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D5B3957" w14:textId="1DCD17E6" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64C12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00296D10">
+      <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>педагог-модератор</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E64C12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00296D10">
+      <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="462AB07F" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="002578BF" w:rsidRDefault="00791F81" w:rsidP="00791F81">
-[...219 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w14:paraId="4FB37AB3" w14:textId="3BE08E80" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...21 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должен отвечать общим требованиям, предъявляемым к квалификации </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00296D10">
-[...23 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00296D10">
-[...11 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, а также:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44FE49BB" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00C54BB9" w:rsidRDefault="00791F81" w:rsidP="00791F81">
-[...202 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w14:paraId="3376F26E" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...63 lines deleted...]
-        <w:t>:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пользоваться организационными формами диагностической работы с детьми и подростками;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7811623F" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="001E49DF" w:rsidRDefault="00791F81" w:rsidP="00791F81">
-[...111 lines deleted...]
-        <w:pStyle w:val="a5"/>
+    <w:p w14:paraId="753F31C9" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="32"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивать устойчивые положительные результаты в воспитательном процессе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1465E555" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>участвовать в работе методических объединений, школ передового опыта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="241BA45B" w14:textId="5032C7B9" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64C12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00296D10">
+      <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...6 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-эксперт</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64C12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00296D10">
+      <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7966E9AA" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00623616" w:rsidRDefault="00791F81" w:rsidP="00791F81">
-[...304 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="537CEC8E" w14:textId="6C8E0853" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...41 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должен отвечать требованиям, предъявляемым к квалификации </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE74F3">
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-модератор</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE74F3">
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> (ДМ. ҚР Білім және ғылым министрінің 2022.03.31 №121 бұйрығы) .</w:t>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, а также:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20040C1C" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
-      <w:pPr>
+    <w:p w14:paraId="7A8BF7F2" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>пользоваться методиками анализа воспитательной работы;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="56514877" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00940466" w:rsidRDefault="00791F81" w:rsidP="00791F81">
-      <w:pPr>
+    <w:p w14:paraId="66B4027C" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...15 lines deleted...]
-        <w:t>Конкурсқа қатысу үшін кандидат комиссияға қолма қол ұсынуы қажет:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самостоятельно разрабатывать методику воспитания детей и подростков с учетом дифференцированного подхода к ним;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0755E336" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00940466" w:rsidRDefault="00791F81" w:rsidP="00791F81">
-      <w:pPr>
+    <w:p w14:paraId="22D04DC1" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>Конкурсқа қатысуға ниет білдірген адам хабарландыруда көрсетілген құжаттарды қабылдау мерзімінде мынадай құжаттарды электрондық немесе қағаз түрінде жібереді:</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>использовать передовой педагогический опыт в работе;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04FA4A44" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00940466" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="2C439E83" w14:textId="7A15DA2C" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-        <w:t>Қағидаларға 10-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтінішті (ұйымның кеңсесі бере алады);</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-исследователь</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10FFB64C" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00940466" w:rsidRDefault="00791F81" w:rsidP="00791F81">
-      <w:pPr>
+    <w:p w14:paraId="3924C050" w14:textId="2C013C1D" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-        <w:t>жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должен отвечать требованиям, предъявляемым к квалификации </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-эксперт</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, а также:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D013FCD" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00940466" w:rsidRDefault="00791F81" w:rsidP="00791F81">
-      <w:pPr>
+    <w:p w14:paraId="51F283CB" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>3) кадрларды есепке алу бойынша толтырылған жеке парақ (нақты тұрғылықты мекен-жайы және байланыс телефондары көрсетілген-Бар болса);</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пользоваться методами научно-исследовательской, экспериментальной работы, разрабатывать новые педагогические технологии, целевые программы, вести работу по их апробации, руководить творческими группами по разработке актуальных проблем социальной педагогики;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73F96C2B" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00940466" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="5FB6EE91" w14:textId="3E241E38" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t>4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-мастер</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42B79F83" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00940466" w:rsidRDefault="00791F81" w:rsidP="00791F81">
-      <w:pPr>
+    <w:p w14:paraId="07EB1921" w14:textId="73BBC3E9" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-        <w:t>еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должен отвечать требованиям, предъявляемым к квалификации </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагог-исследователь</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, а также:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="196F4207" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
-      <w:pPr>
+    <w:p w14:paraId="612FC268" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>6) міндетін атқарушының бұйрығымен бекітілген нысан бойынша денсаулық жағдайы туралы анықтама</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пользоваться методами научно-исследовательской, экспериментальной работы;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C44CD6C" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00605FA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
-      <w:pPr>
+    <w:p w14:paraId="0041EB33" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>7) Психоневрологиялық ұйымнан анықтама;</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разрабатывать новые педагогические технологии, целевые программы;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5689A1FE" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00605FA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
-      <w:pPr>
+    <w:p w14:paraId="7BE8A7B7" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>8) Наркологиялық ұйымнан анықтама;</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вести работу по их апробации;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79186D7A" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00605FA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
-      <w:pPr>
+    <w:p w14:paraId="27770D6C" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>9) сертификаттаудан өту нәтижелері туралы сертификат немесе педагог-модератордан төмен емес қолданыстағы біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>руководить творческими группами по разработке актуальных проблем социальной педагогики;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="392CEA37" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00605FA6" w:rsidRDefault="00791F81" w:rsidP="00791F81">
-      <w:pPr>
+    <w:p w14:paraId="4A4B7225" w14:textId="77777777" w:rsidR="00E1044F" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иметь методические материалы, получивших одобрение на областном учебно-методическом совете и РУМС.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53DC946D" w14:textId="767D91B3" w:rsidR="00127160" w:rsidRPr="00E1044F" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E1044F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="659EF2F2" w14:textId="4B66C17E" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс проводится в соответствии с Трудовым кодексом Республики Казахстан от 23 ноября 2015 года, с приказом МОН РК от 21 февраля 2012 года №57 «Об утверждении Правил назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования» (изм. приказ Министра просвещения РК от 22.12.2022 №513), с приказом №338 от 13 июля 2009 года Министра образования и науки </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F5578B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>илиайелтс</w:t>
+        <w:t>РК«Об</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CA1B4A">
-[...114 lines deleted...]
-        <w:t>– 60-65 балл;</w:t>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утверждении Типовых квалификационных характеристик должностей педагогических работников и приравненных к ним лиц» (изм. приказ Министра образования и науки РК от 31.03.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00F5578B">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>№121</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) . </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B22146E" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="007D5D58" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="63813C51" w14:textId="77777777" w:rsidR="00AE597F" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде екі жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады.</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для участия в Конкурсе кандидату нарочно в комиссию необходимо предоставить:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35766846" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="007D5D58" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="7A34E135" w14:textId="185DDA02" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема документов, указанных в объявлении, направляет следующие документы в электронном или бумажном виде:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A8B14A2" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="007D5D58" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="59B0B2F3" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>13) өтілі жоқ кандидат үшін ұзақтығы кемінде 15 минут, ең төменгі рұқсаты – 720 x 480 бейнепрезентация.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к Правилам (может быть выдана канцелярией организации);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64A33E1A" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="6ACE087D" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...13 lines deleted...]
-        <w:t>Ұйым кандидаттың құжаттарын қабылдағаннан кейін үш жұмыс күні ішінде Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есеп комитетінің Ақпараттық қызметі арқылы коррупциялық қылмыс және/немесе қылмыстық құқық бұзушылық жасау жөнінде мәліметтердің бар-жоғын тексеру үшін құзыретті органға немесе оның аумақтық бөлімшелеріне сұрау жолдайды, сондай-ақ педагог мәртебесі туралы заңнаманың бұзылуы туралы ақпаратты білім сапасын қамтамасыз ету департаментіне жібереді.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65924E93" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="7D28990B" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="38DD4328" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="19844218" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>Қазақстан Республикасының қолданыстағы заңнамасына сәйкес жұмысқа орналасуға тыйым салатын сыбайлас жемқорлық қылмыс және/немесе қылмыстық құқық бұзушылық және/немесе педагог мәртебесі туралы заңнама жасалғаны туралы мәліметтер анықталған кезде педагог кез келген кезеңде конкурстан шеттетіледі.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B6622A3" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="01E85961" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="384B772B" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="0078739E" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="49B99CBA" w14:textId="3226BF0F" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>Комиссия құжаттарды қабылдау аяқталған күннен кейін бес жұмыс күні ішінде кандидаттардың құжаттарының педагогтердің үлгілік біліктілік талаптарымен бекітілген Біліктілік талаптарына сәйкестігін қарауды жүргізеді.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Об утверждении форм учетной документации в области здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64C12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4227900D" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="0078739E" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="70BE7824" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t>Біліктілік талаптарына сәйкестігіне кандидаттардың құжаттарын қарау нәтижелері бойынша конкурстық комиссия Қағидаларға 11-қосымшаға сәйкес бағалау парағында кандидат көрсеткен балдарды есептеуді жүзеге асырады (ұйымның кеңсесі бере алады).</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02CE1DFD" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="0078739E" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="5613F57D" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>Конкурс қорытындысы бойынша шешімді конкурстық комиссия жинаған балдары негізінде қабылдайды.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38612F87" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="56BD925A" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>Ең көп балл жинаған үміткер конкурстан өткен болып есептеледі және мемлекеттік білім беру ұйымының бірінші басшысына тағайындауға ұсынылады.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="036925DE" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="41A46DA6" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...22 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Certificate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>English</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Language</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Teaching</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Adults</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="001F7B7D">
-[...118 lines deleted...]
-        <w:t>КММ-де өтеді.</w:t>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>илиайелтс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IELTS) – 6,5 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>илитойфл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(TOEFL) (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nternet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Based Test (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73DE5544" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="5C0F42CF" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="337A0492" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="5082E04E" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...33 lines deleted...]
-        <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген және конкурстық комиссияның оң қорытындысын алған біліктілік талаптарына сәйкес келетін кандидатпен білім беру ұйымының басшысы еңбек шартын жасасады және жұмысқа қабылдау туралы бұйрық шығарады.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B0E1A0C" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="47E3F9C3" w14:textId="5E1DC762" w:rsidR="00127160" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13) видеопрезентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 x 480.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="170A235E" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="3776EE11" w14:textId="77777777" w:rsidR="00AE597F" w:rsidRPr="00F5578B" w:rsidRDefault="00AE597F" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...90 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AFB7AED" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="004949F7" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="0FF1771F" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="000142F7" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...117 lines deleted...]
-        <w:t>мекенжайы бойынша өткізіледі.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000142F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кандидат при наличии представляет дополнительную информацию, касающуюся его образования, опыта работы, профессионального уровня (копии документов о повышении квалификации, присвоении ученых/академических степеней и званий, научных или методических публикациях, квалификационных категорий, рекомендации от руководства предыдущего места работы).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CA7D5A1" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00AD0E1C" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="3D73AC77" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Отсутствие одного из документов, указанных в пункте 118 настоящих Правил, является основанием для возврата документов кандидату.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6DBB3AF5" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="19AC20A8" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...89 lines deleted...]
-        <w:t xml:space="preserve"> КММ кеңсесі арқылы жүзеге асырылады </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42D1AF0E" w14:textId="77777777" w:rsidR="00791F81" w:rsidRPr="00544168" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="7B6D952F" w14:textId="24D3DEF4" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организацией</w:t>
+      </w:r>
+      <w:r w:rsidR="008A60BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в течение трех рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после принятия документов кандидата, посредством Информационного Сервиса Комитета по правовой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>статистике и специальным учетам Генеральной прокуратуры Республики Казахстан направляется запрос о наличии либо отсутствии сведений о совершении коррупционного преступления и/или уголовного правонарушения в уполномоченный орган по правовой статистике и специальным учетам или его территориальные подразделения, а также о нарушении законодательства о статусе педагога в территориальный департамент по обеспечению качества в сфере образования.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="01359537" w14:textId="2625C859" w:rsidR="00791F81" w:rsidRPr="00CC7E2A" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="36012935" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...89 lines deleted...]
-        <w:t xml:space="preserve"> ж. 09.00 сағат.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При выявлении сведений о совершении коррупционного преступления и/или уголовного правонарушения и/или законодательства о статусе педагога, запрещающие трудоустройство в соответствии с действующим законодательством Республики Казахстан, педагог отстраняется от конкурса на любом этапе.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FAA0C62" w14:textId="2D0691EB" w:rsidR="00791F81" w:rsidRPr="00CC7E2A" w:rsidRDefault="00791F81" w:rsidP="00791F81">
+    <w:p w14:paraId="659696EA" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Комиссия в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>течение пяти рабочих дней</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> после даты завершения приема документов проводит рассмотрение документов кандидатов на соответствие квалификационным требованиям, утвержденными Типовыми квалификационными требованиями педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D2885D8" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По результатам рассмотрения документов кандидатов на соответствие квалификационным требованиям, конкурсная комиссия осуществляет подсчет баллов, указанных кандидатом в Оценочном листе согласно приложению 11 к Правилам (может быть выдана канцелярией организации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A38C74" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Решение по итогам конкурса принимается конкурсной комиссией на основании набранных баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5027F0" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кандидат, получивший наибольшее количество баллов, считается прошедшим конкурс и рекомендуется первому руководителю государственной организации образования к назначению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="100C01E9" w14:textId="4D203D1B" w:rsidR="002A14A0" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При равном количестве баллов у кандидатов, конкурсной комиссией принимается решение о проведении собеседования, по результатам которого определяется кандидат на назначение. </w:t>
+      </w:r>
+      <w:r w:rsidR="002A14A0" w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Собеседование проходит в КГ</w:t>
+      </w:r>
+      <w:r w:rsidR="002A14A0" w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidR="002A14A0" w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> «Дворец школьников</w:t>
+      </w:r>
+      <w:r w:rsidR="002A14A0" w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Құжаттарды қабылдаудың аяқталу күні мен уақыты: </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t xml:space="preserve"> «Кәусар</w:t>
+      </w:r>
+      <w:r w:rsidR="002A14A0" w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» отдела образования города Караганды управления образования Карагандинской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5546CABC" w14:textId="77777777" w:rsidR="00127160" w:rsidRPr="00F5578B" w:rsidRDefault="00127160" w:rsidP="001573CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FFF1161" w14:textId="68D51A7C" w:rsidR="002A14A0" w:rsidRPr="00F5578B" w:rsidRDefault="002A14A0" w:rsidP="001573CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результаты конкурса объявляются на Интернет-ресурсе организации образования, официальных аккаунтах социальных сетей организации в день проведения заключительного заседания конкурсной комиссии.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC03AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С кандидатом, соответствующим квалификационным требованиям, утвержденными Типовыми квалификационными характеристиками педагогов и получившим положительное заключение конкурсной комиссии, руководитель организации образования заключает трудовой договор и издает приказ о приеме на работу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25AF4747" w14:textId="77777777" w:rsidR="00CB4042" w:rsidRDefault="002A14A0" w:rsidP="001573CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Конкурс проводится по адресу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Коммунальное Государственное </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Учреждение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> «Дворец школьников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Кәусар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» отдела образования города Караганды управления образования Карагандинской области, 100001, Карагандинская область, город Караганда, район имени </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әлихан </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бөкейхан</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC03AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,  ул.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EC03AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Методическая, стр 63</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,  телефон</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4042">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4042">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8(7212) 21-52-99, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1078189B" w14:textId="09E15CBC" w:rsidR="002A14A0" w:rsidRPr="00CB4042" w:rsidRDefault="002A14A0" w:rsidP="001573CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CB4042">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>+</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB4042">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB4042">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB4042">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>705)301-93-33</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB4042">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20FE3EF4" w14:textId="77777777" w:rsidR="00231ED0" w:rsidRDefault="002A14A0" w:rsidP="001573CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прием документов для участия в конкурсе осуществляется в течение семи рабочих дней со дня публикации объявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Прием документов кандидатов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляется с 09.00 часов до 18.00 часов с перерывом на обед с 13.00 часов до 14.00 часов, через канцелярию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Дворец школьников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Кәусар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» отдела образования города Караганды управления образования Карагандинской области</w:t>
+      </w:r>
+      <w:r w:rsidR="00231ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="502056E2" w14:textId="0B10DD16" w:rsidR="002A14A0" w:rsidRPr="00F5578B" w:rsidRDefault="002A14A0" w:rsidP="001573CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03B20681" w14:textId="00980CB5" w:rsidR="002A14A0" w:rsidRPr="00F5578B" w:rsidRDefault="002A14A0" w:rsidP="001573CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата и время начала приема </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>документов: </w:t>
+      </w:r>
+      <w:r w:rsidR="00355FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006702AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00355FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1559">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00355FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00023286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>г. 09.00</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC03AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5657E5EA" w14:textId="6356E8BA" w:rsidR="00D87BE5" w:rsidRPr="00230BA3" w:rsidRDefault="002A14A0" w:rsidP="001573CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата и время окончания приема документов: </w:t>
+      </w:r>
+      <w:r w:rsidR="006702AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>26</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-[...6 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00355FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1559">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>09</w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00355FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>.202</w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC03AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г. 18.00</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC03AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ж. 18.00 сағ.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ч.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39AA0EA7" w14:textId="77777777" w:rsidR="00791F81" w:rsidRDefault="00791F81" w:rsidP="00791F81">
-[...64 lines deleted...]
-    <w:sectPr w:rsidR="00C945E9">
+    <w:sectPr w:rsidR="00D87BE5" w:rsidRPr="00230BA3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -8379,139 +7764,50 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6AB614C8"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72493D33"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="03DC89CA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="502"/>
         </w:tabs>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1222"/>
         </w:tabs>
         <w:ind w:left="1222" w:hanging="360"/>
@@ -8580,51 +7876,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5542"/>
         </w:tabs>
         <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6262"/>
         </w:tabs>
         <w:ind w:left="6262" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="799E6614"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B2F4AFF4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8729,51 +8025,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="799F2801"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9A7868E2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -8847,51 +8143,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A6373EC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DFBA8ADE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9006,69 +8302,69 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="3"/>
   </w:num>
@@ -9087,187 +8383,185 @@
   <w:num w:numId="23">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="31">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="26"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="32">
-[...1 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C2481"/>
-    <w:rsid w:val="00007BEA"/>
     <w:rsid w:val="000142F7"/>
     <w:rsid w:val="00023286"/>
     <w:rsid w:val="00031A98"/>
     <w:rsid w:val="00093D0B"/>
-    <w:rsid w:val="00113893"/>
+    <w:rsid w:val="00124BC7"/>
     <w:rsid w:val="00127160"/>
     <w:rsid w:val="0013686B"/>
+    <w:rsid w:val="001573CF"/>
     <w:rsid w:val="00165D92"/>
     <w:rsid w:val="001666EC"/>
-    <w:rsid w:val="00175048"/>
     <w:rsid w:val="001A5549"/>
+    <w:rsid w:val="001B2477"/>
     <w:rsid w:val="001C2481"/>
     <w:rsid w:val="001D4AA4"/>
     <w:rsid w:val="00230BA3"/>
+    <w:rsid w:val="00231ED0"/>
     <w:rsid w:val="002A14A0"/>
     <w:rsid w:val="002C7977"/>
     <w:rsid w:val="002E4611"/>
+    <w:rsid w:val="002F1559"/>
     <w:rsid w:val="00316AF4"/>
     <w:rsid w:val="003534D5"/>
     <w:rsid w:val="00355FAB"/>
     <w:rsid w:val="00381ABC"/>
     <w:rsid w:val="003D0666"/>
     <w:rsid w:val="004228EC"/>
     <w:rsid w:val="00426828"/>
     <w:rsid w:val="004447FF"/>
     <w:rsid w:val="00462D37"/>
     <w:rsid w:val="00465B89"/>
     <w:rsid w:val="00466AC7"/>
     <w:rsid w:val="004D70C3"/>
     <w:rsid w:val="005151E5"/>
-    <w:rsid w:val="005869F3"/>
     <w:rsid w:val="005E0102"/>
     <w:rsid w:val="00633E5B"/>
     <w:rsid w:val="00636A04"/>
     <w:rsid w:val="00643915"/>
     <w:rsid w:val="00656F2D"/>
+    <w:rsid w:val="006702AD"/>
     <w:rsid w:val="00675EFD"/>
     <w:rsid w:val="006A0C59"/>
     <w:rsid w:val="006A1EFD"/>
     <w:rsid w:val="007441BA"/>
-    <w:rsid w:val="00770C5F"/>
-    <w:rsid w:val="00791F81"/>
     <w:rsid w:val="007A15DC"/>
     <w:rsid w:val="007B3755"/>
     <w:rsid w:val="007E4595"/>
-    <w:rsid w:val="00800864"/>
     <w:rsid w:val="00846C05"/>
     <w:rsid w:val="008A60BB"/>
     <w:rsid w:val="008B7C9B"/>
     <w:rsid w:val="008D14F5"/>
     <w:rsid w:val="0090194C"/>
     <w:rsid w:val="00927B25"/>
     <w:rsid w:val="009D259A"/>
     <w:rsid w:val="009F2F6B"/>
-    <w:rsid w:val="00A1786E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AA6A41"/>
     <w:rsid w:val="00AB3F0A"/>
+    <w:rsid w:val="00AE597F"/>
     <w:rsid w:val="00AF572F"/>
     <w:rsid w:val="00B05E65"/>
     <w:rsid w:val="00B21D11"/>
     <w:rsid w:val="00B46648"/>
+    <w:rsid w:val="00B71E9E"/>
     <w:rsid w:val="00B75B37"/>
     <w:rsid w:val="00B969B5"/>
     <w:rsid w:val="00BA71A0"/>
     <w:rsid w:val="00C65D58"/>
     <w:rsid w:val="00C71EBA"/>
     <w:rsid w:val="00C945E9"/>
+    <w:rsid w:val="00CB4042"/>
     <w:rsid w:val="00CE7F17"/>
     <w:rsid w:val="00CF4049"/>
     <w:rsid w:val="00D02834"/>
     <w:rsid w:val="00D20813"/>
     <w:rsid w:val="00D40C59"/>
     <w:rsid w:val="00D42FDE"/>
     <w:rsid w:val="00D44F31"/>
     <w:rsid w:val="00D87BE5"/>
     <w:rsid w:val="00E0395A"/>
+    <w:rsid w:val="00E1044F"/>
+    <w:rsid w:val="00E64C12"/>
     <w:rsid w:val="00E6635F"/>
     <w:rsid w:val="00E710F8"/>
     <w:rsid w:val="00EB4907"/>
     <w:rsid w:val="00EC03AC"/>
     <w:rsid w:val="00EC0D20"/>
+    <w:rsid w:val="00EE1BAE"/>
     <w:rsid w:val="00F277FC"/>
     <w:rsid w:val="00F37D3B"/>
-    <w:rsid w:val="00F4229A"/>
     <w:rsid w:val="00F47A3F"/>
     <w:rsid w:val="00F545AC"/>
     <w:rsid w:val="00F5578B"/>
     <w:rsid w:val="00F82F00"/>
     <w:rsid w:val="00F920B1"/>
     <w:rsid w:val="00FD6A79"/>
     <w:rsid w:val="00FE2D87"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -9907,51 +9201,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1867670358">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200027394" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10209,70 +9503,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>9391</Characters>
+  <Pages>6</Pages>
+  <Words>1819</Words>
+  <Characters>10372</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>78</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>86</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11016</CharactersWithSpaces>
+  <CharactersWithSpaces>12167</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kausar01</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>