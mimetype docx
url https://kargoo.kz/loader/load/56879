--- v0 (2025-11-08)
+++ v1 (2025-12-19)
@@ -6,8682 +6,3755 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5689"/>
-        <w:gridCol w:w="3696"/>
+        <w:gridCol w:w="5623"/>
+        <w:gridCol w:w="3732"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00517872" w:rsidRPr="00A364C1" w:rsidTr="0075631B">
+      <w:tr w:rsidR="004839C1" w:rsidRPr="00517872" w:rsidTr="00625A41">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5689" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3696" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00244EF8">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00EF361D">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00A364C1">
-[...9 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00A364C1">
-[...9 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00A364C1">
-[...9 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00A364C1">
-[...9 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00A364C1">
-[...9 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00A364C1">
-[...5 lines deleted...]
-              <w:t>16-қосымша</w:t>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00517872" w:rsidTr="0075631B">
+      <w:tr w:rsidR="004839C1" w:rsidTr="00625A41">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5689" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRPr="00A364C1" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3696" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00517872">
+    <w:p w:rsidR="004839C1" w:rsidRPr="00244EF8" w:rsidRDefault="004839C1" w:rsidP="00EF361D">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z310"/>
-      <w:r>
+      <w:bookmarkStart w:id="0" w:name="z433"/>
+      <w:r w:rsidRPr="00244EF8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-[...136 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkEnd w:id="1"/>
-    <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00517872">
+    <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="004839C1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006A1A5B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">       ___________________________________________________ </w:t>
+        <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00517872" w:rsidRPr="00517872" w:rsidRDefault="00517872" w:rsidP="00517872">
+    <w:p w:rsidR="004839C1" w:rsidRPr="00EF361D" w:rsidRDefault="004839C1" w:rsidP="004839C1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00517872">
+      <w:r w:rsidRPr="00EF361D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t xml:space="preserve">(фамилия, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00517872">
+      <w:r w:rsidR="00EF361D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Тегі</w:t>
-[...98 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>имя, отчество (при его наличии)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9921" w:type="dxa"/>
+        <w:tblW w:w="9398" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="893"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="613"/>
+        <w:gridCol w:w="2548"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="4111"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00517872" w:rsidRPr="0075631B" w:rsidTr="00517872">
+      <w:tr w:rsidR="00EF361D" w:rsidRPr="00517872" w:rsidTr="00EF361D">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="2548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Подтверждающий документ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRPr="00A364C1" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...60 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00517872" w:rsidTr="00517872">
+      <w:tr w:rsidR="00EF361D" w:rsidRPr="00517872" w:rsidTr="00EF361D">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="2548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...122 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...205 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00517872" w:rsidTr="00517872">
+      <w:tr w:rsidR="00EF361D" w:rsidTr="00EF361D">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="2548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...58 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...109 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRPr="00A364C1" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PHD</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A364C1">
-[...82 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00517872" w:rsidTr="00517872">
+      <w:tr w:rsidR="00EF361D" w:rsidRPr="00517872" w:rsidTr="00EF361D">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="2548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...106 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...5 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...68 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00517872" w:rsidTr="00517872">
+      <w:tr w:rsidR="00EF361D" w:rsidRPr="00517872" w:rsidTr="00EF361D">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="2548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Квалификационная категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...261 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00517872" w:rsidTr="00517872">
+      <w:tr w:rsidR="00EF361D" w:rsidRPr="00517872" w:rsidTr="00EF361D">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="2548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...106 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...125 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...349 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Методист (стаж в должности не менее 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00517872" w:rsidTr="00517872">
+      <w:tr w:rsidR="00EF361D" w:rsidTr="00EF361D">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="2548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...106 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...169 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00517872" w:rsidTr="00517872">
+      <w:tr w:rsidR="00EF361D" w:rsidRPr="00517872" w:rsidTr="00EF361D">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="2548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...186 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...291 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">последнему месту работы/учебы) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...173 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00517872" w:rsidTr="00517872">
+      <w:tr w:rsidR="00EF361D" w:rsidRPr="00517872" w:rsidTr="00EF361D">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="2548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...58 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...353 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...528 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00517872" w:rsidRPr="0075631B" w:rsidTr="00517872">
+      <w:tr w:rsidR="00EF361D" w:rsidRPr="006B7D1E" w:rsidTr="00EF361D">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...10 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="2548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...52 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRPr="00A364C1" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...266 lines deleted...]
-              <w:t xml:space="preserve">БССҚЕК, </w:t>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МП РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20" w:hanging="571"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСО, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Scopus</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A364C1">
-[...131 lines deleted...]
-              <w:t xml:space="preserve"> - 3 балл</w:t>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00517872" w:rsidRPr="0075631B" w:rsidTr="00517872">
+      <w:tr w:rsidR="00EF361D" w:rsidRPr="00517872" w:rsidTr="00EF361D">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="2548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...42 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...74 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...397 lines deleted...]
-              <w:t>) = 5 балл</w:t>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00517872" w:rsidTr="00517872">
+      <w:tr w:rsidR="00EF361D" w:rsidTr="00EF361D">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="2548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...24 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...24 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...101 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Zertifikat</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...19 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...27 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...147 lines deleted...]
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...24 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Teaching Knowledge Test"</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"TESOL"</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Certificate in teaching English for young learners</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...29 lines deleted...]
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Online Teaching for Educators: Development and Delivery</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Educational Management</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...70 lines deleted...]
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы на платформе Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Teaching Mathematics with Technology</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Special Educational Needs</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...10 lines deleted...]
-              <w:t>"Developing expertise in teaching chemistry "</w:t>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...8 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ПШО, НЗМ, "</w:t>
-[...708 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>курсы ЦПМ НИШ, "Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> курсы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00517872" w:rsidTr="00517872">
+      <w:tr w:rsidR="00EF361D" w:rsidTr="00EF361D">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="893" w:type="dxa"/>
+            <w:tcW w:w="613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:tcW w:w="2548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...493 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серп</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>н", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...109 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRPr="006A1A5B" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Сертификат обладателя государственного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A1A5B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>образовательного гранта, договор</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...36 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00517872" w:rsidTr="00517872">
+      <w:tr w:rsidR="004839C1" w:rsidTr="00EF361D">
         <w:trPr>
           <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4011" w:type="dxa"/>
+            <w:tcW w:w="3161" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...19 lines deleted...]
-              <w:t>:</w:t>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5910" w:type="dxa"/>
+            <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
-[...6 lines deleted...]
-          <w:p w:rsidR="00517872" w:rsidRDefault="00517872" w:rsidP="00D8517B">
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004839C1" w:rsidRDefault="004839C1" w:rsidP="00625A41">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00517872" w:rsidRPr="00517872" w:rsidRDefault="00517872" w:rsidP="00517872">
+    <w:p w:rsidR="004C1372" w:rsidRDefault="004C1372">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00517872" w:rsidRPr="00517872" w:rsidSect="004839C1">
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00517872" w:rsidRDefault="00517872">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:sectPr w:rsidR="00517872" w:rsidSect="004839C1">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D74010"/>
     <w:rsid w:val="00000288"/>
     <w:rsid w:val="00000D9A"/>
     <w:rsid w:val="00003446"/>
     <w:rsid w:val="00003BE9"/>
     <w:rsid w:val="00005027"/>
     <w:rsid w:val="000062ED"/>
     <w:rsid w:val="00007CAC"/>
     <w:rsid w:val="00011BFC"/>
     <w:rsid w:val="000124C8"/>
     <w:rsid w:val="00012D75"/>
     <w:rsid w:val="00012F22"/>
     <w:rsid w:val="00013748"/>
     <w:rsid w:val="000142A4"/>
     <w:rsid w:val="00015C58"/>
     <w:rsid w:val="00020197"/>
     <w:rsid w:val="0002109C"/>
     <w:rsid w:val="00021A0E"/>
     <w:rsid w:val="00024187"/>
     <w:rsid w:val="000265CA"/>
     <w:rsid w:val="00026891"/>
     <w:rsid w:val="00026A0F"/>
     <w:rsid w:val="00027518"/>
@@ -9592,50 +4665,51 @@
     <w:rsid w:val="00697115"/>
     <w:rsid w:val="0069774E"/>
     <w:rsid w:val="00697E56"/>
     <w:rsid w:val="00697E68"/>
     <w:rsid w:val="006A0CB9"/>
     <w:rsid w:val="006A1B13"/>
     <w:rsid w:val="006A2206"/>
     <w:rsid w:val="006A2C9C"/>
     <w:rsid w:val="006A3106"/>
     <w:rsid w:val="006A3219"/>
     <w:rsid w:val="006A34E1"/>
     <w:rsid w:val="006A38BF"/>
     <w:rsid w:val="006A3FEE"/>
     <w:rsid w:val="006A4285"/>
     <w:rsid w:val="006A505D"/>
     <w:rsid w:val="006A5C12"/>
     <w:rsid w:val="006A5FB1"/>
     <w:rsid w:val="006A6396"/>
     <w:rsid w:val="006A7F92"/>
     <w:rsid w:val="006B05CC"/>
     <w:rsid w:val="006B123C"/>
     <w:rsid w:val="006B18E3"/>
     <w:rsid w:val="006B25A2"/>
     <w:rsid w:val="006B2CE5"/>
     <w:rsid w:val="006B5F4B"/>
+    <w:rsid w:val="006B7D1E"/>
     <w:rsid w:val="006B7D72"/>
     <w:rsid w:val="006C1287"/>
     <w:rsid w:val="006C1700"/>
     <w:rsid w:val="006C1806"/>
     <w:rsid w:val="006C3F06"/>
     <w:rsid w:val="006C4F14"/>
     <w:rsid w:val="006C5F70"/>
     <w:rsid w:val="006D07FB"/>
     <w:rsid w:val="006D0984"/>
     <w:rsid w:val="006D0C8A"/>
     <w:rsid w:val="006D0EEB"/>
     <w:rsid w:val="006D29D4"/>
     <w:rsid w:val="006D67C6"/>
     <w:rsid w:val="006D7174"/>
     <w:rsid w:val="006D7466"/>
     <w:rsid w:val="006D7478"/>
     <w:rsid w:val="006D7AEB"/>
     <w:rsid w:val="006E0CE9"/>
     <w:rsid w:val="006E18D4"/>
     <w:rsid w:val="006E1947"/>
     <w:rsid w:val="006E1E78"/>
     <w:rsid w:val="006E27CC"/>
     <w:rsid w:val="006E2953"/>
     <w:rsid w:val="006E2AE8"/>
     <w:rsid w:val="006E4CF8"/>
@@ -9683,51 +4757,50 @@
     <w:rsid w:val="00732E05"/>
     <w:rsid w:val="007349E1"/>
     <w:rsid w:val="007353B3"/>
     <w:rsid w:val="007353EE"/>
     <w:rsid w:val="00736456"/>
     <w:rsid w:val="00736A19"/>
     <w:rsid w:val="00736A39"/>
     <w:rsid w:val="00736F06"/>
     <w:rsid w:val="0073726D"/>
     <w:rsid w:val="0074036F"/>
     <w:rsid w:val="007416CF"/>
     <w:rsid w:val="00741D35"/>
     <w:rsid w:val="007433E0"/>
     <w:rsid w:val="007442EB"/>
     <w:rsid w:val="0074672D"/>
     <w:rsid w:val="00747078"/>
     <w:rsid w:val="00750D12"/>
     <w:rsid w:val="0075148D"/>
     <w:rsid w:val="007528F3"/>
     <w:rsid w:val="0075357C"/>
     <w:rsid w:val="007539D0"/>
     <w:rsid w:val="0075439A"/>
     <w:rsid w:val="007551D5"/>
     <w:rsid w:val="00755D3B"/>
     <w:rsid w:val="00756102"/>
-    <w:rsid w:val="0075631B"/>
     <w:rsid w:val="007570A9"/>
     <w:rsid w:val="00757FE9"/>
     <w:rsid w:val="0076101B"/>
     <w:rsid w:val="007628EE"/>
     <w:rsid w:val="0076558F"/>
     <w:rsid w:val="00766310"/>
     <w:rsid w:val="00767ABB"/>
     <w:rsid w:val="00767D1E"/>
     <w:rsid w:val="0077078F"/>
     <w:rsid w:val="00770E9B"/>
     <w:rsid w:val="0077153E"/>
     <w:rsid w:val="00772AF8"/>
     <w:rsid w:val="0077356A"/>
     <w:rsid w:val="0077401F"/>
     <w:rsid w:val="0077468B"/>
     <w:rsid w:val="00775946"/>
     <w:rsid w:val="00775F57"/>
     <w:rsid w:val="00776777"/>
     <w:rsid w:val="00777D9C"/>
     <w:rsid w:val="00777EC1"/>
     <w:rsid w:val="007823DB"/>
     <w:rsid w:val="00782EFE"/>
     <w:rsid w:val="007845C9"/>
     <w:rsid w:val="0078579E"/>
     <w:rsid w:val="00785DAC"/>
@@ -10261,50 +5334,51 @@
     <w:rsid w:val="00B44062"/>
     <w:rsid w:val="00B46FBF"/>
     <w:rsid w:val="00B4770A"/>
     <w:rsid w:val="00B5023D"/>
     <w:rsid w:val="00B50C3D"/>
     <w:rsid w:val="00B50FDD"/>
     <w:rsid w:val="00B52236"/>
     <w:rsid w:val="00B52E51"/>
     <w:rsid w:val="00B5355F"/>
     <w:rsid w:val="00B5451B"/>
     <w:rsid w:val="00B55676"/>
     <w:rsid w:val="00B55A72"/>
     <w:rsid w:val="00B57059"/>
     <w:rsid w:val="00B57677"/>
     <w:rsid w:val="00B604B6"/>
     <w:rsid w:val="00B60B93"/>
     <w:rsid w:val="00B6274F"/>
     <w:rsid w:val="00B63304"/>
     <w:rsid w:val="00B6362E"/>
     <w:rsid w:val="00B639A3"/>
     <w:rsid w:val="00B639D2"/>
     <w:rsid w:val="00B64C56"/>
     <w:rsid w:val="00B65C86"/>
     <w:rsid w:val="00B66009"/>
     <w:rsid w:val="00B66973"/>
+    <w:rsid w:val="00B673C8"/>
     <w:rsid w:val="00B67524"/>
     <w:rsid w:val="00B67904"/>
     <w:rsid w:val="00B70700"/>
     <w:rsid w:val="00B730E6"/>
     <w:rsid w:val="00B77C21"/>
     <w:rsid w:val="00B77F79"/>
     <w:rsid w:val="00B80142"/>
     <w:rsid w:val="00B806BF"/>
     <w:rsid w:val="00B808A8"/>
     <w:rsid w:val="00B81257"/>
     <w:rsid w:val="00B82822"/>
     <w:rsid w:val="00B8459E"/>
     <w:rsid w:val="00B84827"/>
     <w:rsid w:val="00B85F18"/>
     <w:rsid w:val="00B869DD"/>
     <w:rsid w:val="00B87030"/>
     <w:rsid w:val="00B918B8"/>
     <w:rsid w:val="00B93DA5"/>
     <w:rsid w:val="00B94129"/>
     <w:rsid w:val="00B94C90"/>
     <w:rsid w:val="00B96592"/>
     <w:rsid w:val="00B979FD"/>
     <w:rsid w:val="00B97AFB"/>
     <w:rsid w:val="00BA032A"/>
     <w:rsid w:val="00BA15E2"/>
@@ -10916,51 +5990,51 @@
     <w:rsid w:val="00FF671D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{8E504E1D-06A4-4A99-A677-42F66A31BDCE}"/>
+  <w15:docId w15:val="{0C02EB76-E0E0-4153-813A-EF9149C84FD7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11649,55 +6723,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4338</Characters>
+  <Pages>4</Pages>
+  <Words>787</Words>
+  <Characters>4488</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
+  <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Hewlett-Packard</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5088</CharactersWithSpaces>
+  <CharactersWithSpaces>5265</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Чингиз Доскажанов</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>