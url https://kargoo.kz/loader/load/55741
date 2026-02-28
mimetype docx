--- v0 (2025-12-25)
+++ v1 (2026-02-28)
@@ -1,13358 +1,14136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="1F65FA45" w14:textId="77777777" w:rsidR="00257FEE" w:rsidRPr="00257FEE" w:rsidRDefault="005223D8" w:rsidP="00257FEE">
+    <w:p w14:paraId="23C55231" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00FA5F2C" w:rsidRDefault="005223D8" w:rsidP="005223D8">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:spacing w:before="85"/>
         <w:ind w:left="1128" w:right="1346"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:w w:val="105"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-        <w:ind w:right="-30"/>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Объявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63EEE349" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00FA5F2C" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="1117" w:right="1346"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:w w:val="105"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>проведении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">на занятие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>вакантн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:w w:val="105"/>
+        <w:t>ых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>01.08.23-09.08.2023 аралығында бос лауазымдарға орналасуға конкурс өткізу туралы</w:t>
-[...9 lines deleted...]
-          <w:w w:val="105"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:w w:val="105"/>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 01.08.23 по 09.08.2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E925E48" w14:textId="77777777" w:rsidR="005223D8" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:spacing w:before="2" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="259" w:right="515"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="9"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>образования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="16"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Хабарландыру</w:t>
-[...9 lines deleted...]
-          <w:w w:val="105"/>
+        <w:t>Коммунальное государственное учреждение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="13"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Общеобразовательная Школа № 91» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-58"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>отдела</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>города</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Караганды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>управления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="41"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Карагандинской</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3037C62D" w14:textId="77777777" w:rsidR="00451C72" w:rsidRPr="00451C72" w:rsidRDefault="00451C72" w:rsidP="00451C72">
+      <w:pPr>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-          <w:w w:val="105"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C72">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Основная деятельность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C72">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C72">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:w w:val="105"/>
+        <w:t xml:space="preserve"> реализация общеобразовательных программ основного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Білім беру ұйымының атауы: </w:t>
-[...4 lines deleted...]
-          <w:w w:val="105"/>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C72">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>"№ 91 жалпы білім беретін мектеп " коммуналдық мемлекеттік мекемесі</w:t>
-[...90 lines deleted...]
-      </w:pPr>
+        <w:t>среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66BA73E7" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00600A8C" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:spacing w:before="10" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="259" w:right="515"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>нахождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>государственного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>учреждения:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>100022, Карагандинская</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>город</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...25 lines deleted...]
-      <w:r w:rsidR="005223D8" w:rsidRPr="00257FEE">
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Караганда,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>имени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Казыбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Би, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00600A8C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ул. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>Гудермесская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 129</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19FD50AB" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00631BB5" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:spacing w:before="3"/>
+        <w:ind w:left="259"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Номер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>телефона:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="47"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>8-7212-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
         </w:rPr>
         <w:t>42-27-14</w:t>
       </w:r>
-      <w:r w:rsidR="005223D8" w:rsidRPr="00257FEE">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00631BB5">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="395D13CE" w14:textId="3C105E4B" w:rsidR="00257FEE" w:rsidRDefault="00257FEE" w:rsidP="00DC7128">
+    <w:p w14:paraId="260C6B3E" w14:textId="77777777" w:rsidR="005223D8" w:rsidRDefault="005223D8" w:rsidP="005223D8">
       <w:pPr>
         <w:spacing w:before="16"/>
-        <w:ind w:left="259" w:right="-30"/>
-[...2 lines deleted...]
-          <w:rStyle w:val="a6"/>
+        <w:ind w:left="259"/>
+        <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...45 lines deleted...]
-        <w:r w:rsidR="005223D8" w:rsidRPr="006C2F75">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>электронной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">почты: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:r w:rsidRPr="006C2F75">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:kern w:val="24"/>
           </w:rPr>
           <w:t>sch_91@kargoo.kz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5AFE34FE" w14:textId="77777777" w:rsidR="00257FEE" w:rsidRPr="00257FEE" w:rsidRDefault="00257FEE" w:rsidP="00257FEE">
-[...2 lines deleted...]
-        <w:ind w:left="259"/>
+    <w:p w14:paraId="457AE910" w14:textId="77777777" w:rsidR="005223D8" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="174BE5DA" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00631BB5" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:after="8"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Объявляе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="31"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должности:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10348" w:type="dxa"/>
+        <w:tblInd w:w="-147" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4972"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="3392"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005223D8" w:rsidRPr="00631BB5" w14:paraId="016F761E" w14:textId="77777777" w:rsidTr="00E634E6">
+        <w:trPr>
+          <w:trHeight w:val="559"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55BDAA45" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00A76226" w:rsidRDefault="005223D8" w:rsidP="00236897">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="283" w:hanging="65"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="48"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>вакантной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="43"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="43"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-55"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(или)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="33"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>временно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>вакантной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6839FD3E" w14:textId="77777777" w:rsidR="005223D8" w:rsidRDefault="005223D8" w:rsidP="00236897">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="395" w:right="388"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00631BB5">
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Количество</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="13B52E1C" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="000C3FE7" w:rsidRDefault="005223D8" w:rsidP="00236897">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="395" w:right="388"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B6A1F1" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00A76226" w:rsidRDefault="005223D8" w:rsidP="00236897">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="513" w:right="194" w:firstLine="382"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Оплата труда</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="1"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(оклад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>без</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>надбавок)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005223D8" w:rsidRPr="00631BB5" w14:paraId="5CD32616" w14:textId="77777777" w:rsidTr="00E634E6">
+        <w:trPr>
+          <w:trHeight w:val="559"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C130F07" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00A76226" w:rsidRDefault="005223D8" w:rsidP="003E37AD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="283" w:hanging="65"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Учитель математики в классах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русским</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>языком</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (16 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>часов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="723446E0" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="005223D8" w:rsidP="00236897">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="395" w:right="388"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A8FE1B8" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00E634E6" w:rsidRDefault="00E634E6" w:rsidP="00E634E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="513" w:right="194" w:firstLine="382"/>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 145115 до 19148</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005223D8" w:rsidRPr="00631BB5" w14:paraId="15B65DDC" w14:textId="77777777" w:rsidTr="00E634E6">
+        <w:trPr>
+          <w:trHeight w:val="559"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B68F675" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00A76226" w:rsidRDefault="005223D8" w:rsidP="003E37AD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="283" w:hanging="65"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учитель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>информатики</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в классах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русским</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахским</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>языком</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (16 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>часов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74C39F85" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="005223D8" w:rsidP="00236897">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="395" w:right="388"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FCBBA4A" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="00E634E6" w:rsidP="00236897">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="513" w:right="194" w:firstLine="382"/>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 145115 до 19148</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005223D8" w:rsidRPr="00631BB5" w14:paraId="176F8D31" w14:textId="77777777" w:rsidTr="00E634E6">
+        <w:trPr>
+          <w:trHeight w:val="559"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="103B8483" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="005223D8" w:rsidP="003E37AD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="283" w:hanging="65"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учитель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>географии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в классах</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русским</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>языком</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (8 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>часов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="565742EC" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="005223D8" w:rsidP="00236897">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="395" w:right="388"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CAF2D73" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="00E634E6" w:rsidP="00236897">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="513" w:right="194" w:firstLine="382"/>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 145115 до 19148</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005223D8" w:rsidRPr="00631BB5" w14:paraId="1E32BE72" w14:textId="77777777" w:rsidTr="00E634E6">
+        <w:trPr>
+          <w:trHeight w:val="559"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D884062" w14:textId="76285027" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="005223D8" w:rsidP="003E37AD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="283" w:hanging="65"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учитель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>начальных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>классов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахским</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>языком</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (18 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>часов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00585B7D">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00585B7D" w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(на</w:t>
+            </w:r>
+            <w:r w:rsidR="00585B7D" w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00585B7D" w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>время</w:t>
+            </w:r>
+            <w:r w:rsidR="00585B7D" w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00585B7D" w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>декретного</w:t>
+            </w:r>
+            <w:r w:rsidR="00585B7D" w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00585B7D" w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отпуска</w:t>
+            </w:r>
+            <w:r w:rsidR="00585B7D" w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00585B7D" w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>основного</w:t>
+            </w:r>
+            <w:r w:rsidR="00585B7D" w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00585B7D" w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>работника)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F1AB030" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="005223D8" w:rsidP="00236897">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="395" w:right="388"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE6114F" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="00E634E6" w:rsidP="00236897">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="513" w:right="194" w:firstLine="382"/>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 145115 до 19148</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005223D8" w:rsidRPr="00631BB5" w14:paraId="6D29EF96" w14:textId="77777777" w:rsidTr="00E634E6">
+        <w:trPr>
+          <w:trHeight w:val="559"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BC0DE7A" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="005223D8" w:rsidP="003E37AD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="283" w:hanging="65"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Учитель русского языка и литературы с русским языком обучения (11 часов) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5123B799" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="005223D8" w:rsidP="003E37AD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="283" w:hanging="65"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>время</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>декретного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отпуска</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>основного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>работника)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62475B25" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="005223D8" w:rsidP="00236897">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="395" w:right="388"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6680903A" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="005223D8" w:rsidP="00E634E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="513" w:right="194"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 145115 до 19148</w:t>
+            </w:r>
+            <w:r w:rsidR="00E634E6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005223D8" w:rsidRPr="00631BB5" w14:paraId="205BE730" w14:textId="77777777" w:rsidTr="00E634E6">
+        <w:trPr>
+          <w:trHeight w:val="559"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD94A9E" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="005223D8" w:rsidP="003E37AD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="283" w:hanging="65"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Учитель английского языка </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в классах</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русским</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахским</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>языком</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37109CCA" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="005223D8" w:rsidP="003E37AD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="283" w:hanging="65"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(12 часов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="135BC1EF" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="005223D8" w:rsidP="00236897">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="395" w:right="388"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="422BAB6A" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="00E634E6" w:rsidP="00236897">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="513" w:right="194" w:firstLine="382"/>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 145115 до 19148</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005223D8" w:rsidRPr="00631BB5" w14:paraId="0778292A" w14:textId="77777777" w:rsidTr="00E634E6">
+        <w:trPr>
+          <w:trHeight w:val="559"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00C0E293" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00A76226" w:rsidRDefault="005223D8" w:rsidP="003E37AD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="283" w:hanging="65"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учитель химии  с русским языком обучения (16 часов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02C0D57B" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="005223D8" w:rsidP="00236897">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="395" w:right="388"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ACA8C61" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="00E634E6" w:rsidP="00236897">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="513" w:right="194" w:firstLine="382"/>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 145115 до 19148</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="27CFD2CD" w14:textId="77777777" w:rsidR="005223D8" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="9"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AD6D232" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Общие квалификационные требования к участникам конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E4AAC31" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRDefault="00E463F7" w:rsidP="00993F31">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E463F7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E463F7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E463F7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E463F7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>мастера – 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21BCC086" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00E463F7" w:rsidRDefault="00993F31" w:rsidP="00993F31">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61329DA8" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Должностные обязанности: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve">   осуществляет обучение и воспитание обучающихся с учетом специфики преподаваемого предмета, в соответствии с государственным общеобязательным стандартом образования;</w:t>
+      </w:r>
+      <w:r w:rsidR="00922D5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, выявляет и содействует развитию индивидуальных способностей обучающихся; воспитывает в обучающемся уважительное отношение к педагогу, учит соблюдать деловой стиль отношения и речевой этикет путем вежливого обращения по имени и отчеству педагога или прямого обращения "учитель/мұғалім";</w:t>
+      </w:r>
+      <w:r w:rsidR="00922D5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidR="00922D5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve">составляет краткосрочные и среднесрочные (календарно-тематические) планы по предметам, задания для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve"> оценивания за раздел и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve"> оценивания за четверть; проводит анализ по итогам проведения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve"> оценивания за раздел и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>суммативного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve"> оценивания за четверть с комментариями;  заполняет журналы (бумажные или электронные);</w:t>
+      </w:r>
+      <w:r w:rsidR="00922D5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>обеспечивает достижение личностных, системно-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>деятельностных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>, предметных результатов обучающимися и воспитанниками не ниже уровня, предусмотренного государственным общеобязательным стандартом образования; участвует в разработке и выполнении учебных программ, в том числе программ для обучающихся с особыми образовательными потребностями, обеспечивает реализацию их в полном объеме в соответствии с учебным планом и графиком учебного процесса;</w:t>
+      </w:r>
+      <w:r w:rsidR="00922D5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников; создает условия для инклюзивного образования;</w:t>
+      </w:r>
+      <w:r w:rsidR="00922D5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>адаптирует учебные программы с учетом индивидуальной потребности обучающегося с особыми образовательными потребностями;  в специальных образовательных организациях осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальное преодоление отклонений в развитии с учетом специфики преподаваемого предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DD73316" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>организовывает занятия в дистанционном режиме с использованием интерактивных учебных материалов и цифровых образовательных ресурсов;</w:t>
+      </w:r>
+      <w:r w:rsidR="00922D5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>участвует в заседаниях методических объединений, ассоциации учителей, методических, педагогических советов, сетевых сообществ;</w:t>
+      </w:r>
+      <w:r w:rsidR="00922D5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve">участвует в педагогических консилиумах для родителей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73CFB2E6" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>консультирует родителей;</w:t>
+      </w:r>
+      <w:r w:rsidR="00922D5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>повышает профессиональную компетентность;</w:t>
+      </w:r>
+      <w:r w:rsidR="00922D5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
+      </w:r>
+      <w:r w:rsidR="00922D5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса;</w:t>
+      </w:r>
+      <w:r w:rsidR="00922D5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>осуществляет сотрудничество с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+      <w:r w:rsidR="00922D5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve">заполняет документы, перечень которых утвержден уполномоченным органом в области образования; прививает антикоррупционную культуру, принципы академической честности среди обучающихся и воспитанников. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="020F0E94" w14:textId="77777777" w:rsidR="00993F31" w:rsidRDefault="00993F31" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16AF0255" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Требования к участникам конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F9440E" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve">Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB4C160" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="00922D5A">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z63" w:history="1">
+        <w:r w:rsidRPr="007F0F5C">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Конституцию</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve"> Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="007F0F5C">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Об образовании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="007F0F5C">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z33" w:history="1">
+        <w:r w:rsidRPr="007F0F5C">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="007F0F5C">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>О языках</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve"> в Республике Казахстан", "О социальной медико-педагогической и коррекционной поддержке детей с ограниченными возможностями", Государственный общеобязательный стандарт образования и иные нормативные правовые акты, определяющие направления и перспективы развития образования; содержание учебного предмета, учебно-воспитательного процесса, методики преподавания и оценивания;  педагогику и психологию;  методику преподавания предмета, воспитательной работы, средства обучения и их дидактические возможности; нормы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:lastRenderedPageBreak/>
+        <w:t>педагогической этики; требования к оборудованию учебных кабинетов и подсобных помещений; основы права и научной организации труда, экономики;</w:t>
+      </w:r>
+      <w:r w:rsidR="00922D5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>основы трудового законодательства, правила безопасности и охраны труда, противопожарной защиты, санитарные правила и нормы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="146B561F" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="007F0F5C" w:rsidRDefault="005223D8" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="9" w:after="1"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74D3995B" w14:textId="77777777" w:rsidR="005223D8" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="17"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74AF3DCD" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00922D5A" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="17"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00922D5A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Перечень</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922D5A">
+        <w:rPr>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922D5A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922D5A">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922D5A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>необходимые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922D5A">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922D5A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922D5A">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922D5A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>участия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922D5A">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922D5A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922D5A">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922D5A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01E2EA85" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00236A6D" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00236A6D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема документов, указанных в объявлении, направляет следующие документы в электронном или бумажном виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794BAC55" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00215475" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z469" w:history="1">
+        <w:r w:rsidRPr="00215475">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>приложению 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="671F25AD" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00215475" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30F544E0" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00215475" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6015D9" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00215475" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D3302D2" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00215475" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48FFF5B9" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00215475" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00215475">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E82A655" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00215475" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1533C27B" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00215475" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DB8939D" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00215475" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D03F150" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00215475" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B4D4688" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00215475" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      11) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z484" w:history="1">
+        <w:r w:rsidRPr="00215475">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>приложению 11</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E979949" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00215475" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>видеопрезентация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 x 480.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E0631C" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00215475" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>     Кандидат при наличии представляет дополнительную информацию, касающуюся его образования, опыта работы, профессионального уровня (копии документов о повышении квалификации, присвоении ученых/академических степеней и званий, научных или методических публикациях, квалификационных категорий, рекомендации от руководства предыдущего места работы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2346D7A1" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00236A6D" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236A6D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Отсутствие одного из документов настоящих Правил, является основанием для возврата документов кандидату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FCB06A4" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00543D16" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:framePr w:w="9341" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1061" w:y="266"/>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Конкурс проводится г. по адресу:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236A6D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>100022, Карагандинская</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>город</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Караганда,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>имени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Казыбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Би, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00600A8C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ул. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>Гудермесская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 129</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="42CD927D" w14:textId="6543D4A1" w:rsidR="00257FEE" w:rsidRPr="00257FEE" w:rsidRDefault="00257FEE" w:rsidP="00257FEE">
+        <w:t xml:space="preserve">контактный </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">телефон: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>8-7212-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>42-27-14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, электронный адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="006C2F75">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:kern w:val="24"/>
+          </w:rPr>
+          <w:t>sch_91@kargoo.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5ACAA289" w14:textId="596405A0" w:rsidR="005223D8" w:rsidRPr="00B908DF" w:rsidRDefault="005223D8" w:rsidP="00B908DF">
+      <w:pPr>
+        <w:framePr w:w="9341" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1061" w:y="266"/>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="259"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Прием документов для участия в конкурсе осуществляется в течение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочих дней со дня публикации объявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">Прием документов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">осуществляется с 09.00 часов до 17:00 часов с перерывом на обед с 13.00 часов до 14.00 часов. Пакет документов принимается так же на эл почту </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00A76226" w:rsidRPr="006C2F75">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:kern w:val="24"/>
+          </w:rPr>
+          <w:t>sch_91@kargoo.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2ACA3D69" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00543D16" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:framePr w:w="9341" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1061" w:y="266"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и время </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>начала приема документов: 01.08.2023 г., 09.00ч.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-17.00ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA29E3E" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00543D16" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:framePr w:w="9341" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1061" w:y="266"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и время </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>окончания приема документов: 09.08.2023г., 09.00ч.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-17.00ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="189D73BD" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00215475" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B6DCA83" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00215475" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      <w:r w:rsidRPr="00454D28">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Конкурс проводится 16.08.2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00454D28">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00454D28">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОШ  № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>91»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00454D28">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в 10-00ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DFEEDE9" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00215475" w:rsidRDefault="005223D8" w:rsidP="005223D8"/>
+    <w:p w14:paraId="67F9FA41" w14:textId="77777777" w:rsidR="00BA54C7" w:rsidRDefault="00BA54C7"/>
+    <w:p w14:paraId="7C027E21" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="06ADB51F" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="510A26ED" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="0D842293" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="212F1807" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="26B987FB" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="36A26DF1" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="10609484" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="642E36E3" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="5BFC7F60" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="00AF68B6" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="6450B1A2" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="06BB7171" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="5FFBB5F8" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="5680D497" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="27689B78" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="732112AC" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="56D646A5" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="75611303" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="28234996" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="6CCABDC1" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="38DE9325" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="4DBFB9FF" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="4F4F5762" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="31D82C16" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="4D200788" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="60CDC771" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="51692E7D" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="4B295597" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="0BC55614" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="2C83F709" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="00451C72">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="85"/>
+        <w:ind w:left="1128" w:right="1346"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DA8EFD5" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="00451C72">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="85"/>
+        <w:ind w:left="1128" w:right="1346"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="350596DF" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00451C72">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="85"/>
+        <w:ind w:left="1128" w:right="1346"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3279B058" w14:textId="77777777" w:rsidR="00922D5A" w:rsidRDefault="00922D5A" w:rsidP="00451C72">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="85"/>
+        <w:ind w:left="1128" w:right="1346"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="016EF6D1" w14:textId="77777777" w:rsidR="00922D5A" w:rsidRDefault="00922D5A" w:rsidP="00451C72">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="85"/>
+        <w:ind w:left="1128" w:right="1346"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18FF510C" w14:textId="77777777" w:rsidR="00451C72" w:rsidRPr="00FA5F2C" w:rsidRDefault="00451C72" w:rsidP="00451C72">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="85"/>
+        <w:ind w:left="1128" w:right="1346"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Объявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15D4F7C7" w14:textId="77777777" w:rsidR="00451C72" w:rsidRPr="00FA5F2C" w:rsidRDefault="00451C72" w:rsidP="00451C72">
+      <w:pPr>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="1117" w:right="1346"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>проведении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">на занятие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>вакантн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 01.08.23 по 09.08.2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26325809" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72" w:rsidP="00451C72">
+      <w:pPr>
+        <w:spacing w:before="2" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="259" w:right="515"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="9"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>образования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="16"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное учреждение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="13"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Общеобразовательная Школа № 91» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-58"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>отдела</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>города</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Караганды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>управления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="41"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Карагандинской</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74681F14" w14:textId="77777777" w:rsidR="00451C72" w:rsidRPr="00451C72" w:rsidRDefault="00451C72" w:rsidP="00451C72">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C72">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Основная деятельность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C72">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C72">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реализация общеобразовательных программ основного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C72">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="597D4799" w14:textId="77777777" w:rsidR="00451C72" w:rsidRPr="00600A8C" w:rsidRDefault="00451C72" w:rsidP="00451C72">
+      <w:pPr>
+        <w:spacing w:before="10" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="259" w:right="515"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>нахождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>государственного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>учреждения:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>100022, Карагандинская</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>город</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Караганда,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>имени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Казыбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Би, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ул. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>Гудермесская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 129</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3630AE72" w14:textId="77777777" w:rsidR="00451C72" w:rsidRPr="00631BB5" w:rsidRDefault="00451C72" w:rsidP="00451C72">
+      <w:pPr>
+        <w:spacing w:before="3"/>
+        <w:ind w:left="259"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Номер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>телефона:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="47"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>8-7212-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>42-27-14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A11A8B" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72" w:rsidP="00451C72">
+      <w:pPr>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="259"/>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>электронной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">почты: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="006C2F75">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:kern w:val="24"/>
+          </w:rPr>
+          <w:t>sch_91@kargoo.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3383F2C8" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72" w:rsidP="00451C72">
+      <w:pPr>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="259"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6805A38B" w14:textId="77777777" w:rsidR="00451C72" w:rsidRPr="00451C72" w:rsidRDefault="00451C72" w:rsidP="00451C72">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:spacing w:after="8"/>
-      </w:pPr>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Объявляе</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-    </w:p>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="31"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B5FF0E0" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4972"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="3108"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005223D8" w:rsidRPr="00631BB5" w14:paraId="21FCC20B" w14:textId="77777777" w:rsidTr="00236897">
+      <w:tr w:rsidR="00451C72" w:rsidRPr="00631BB5" w14:paraId="0586AD4B" w14:textId="77777777" w:rsidTr="002C7D26">
         <w:trPr>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D6DA447" w14:textId="784CAE32" w:rsidR="005223D8" w:rsidRPr="004F7B01" w:rsidRDefault="00257FEE" w:rsidP="00236897">
+          <w:p w14:paraId="6AA891FF" w14:textId="77777777" w:rsidR="00451C72" w:rsidRPr="00A76226" w:rsidRDefault="00451C72" w:rsidP="002C7D26">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:ind w:left="283" w:hanging="65"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F7B01">
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бос </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004F7B01">
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F7B01">
+                <w:spacing w:val="48"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>вакантной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="43"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004F7B01">
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>және</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004F7B01">
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F7B01">
+                <w:spacing w:val="43"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>немесе</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004F7B01">
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F7B01">
+                <w:spacing w:val="-55"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>уақытша</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004F7B01">
+              <w:t>(или)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F7B01">
+                <w:spacing w:val="33"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>лауазымның</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004F7B01">
+              <w:t>временно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
+                <w:spacing w:val="38"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004F7B01">
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>атауы</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>вакантной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07E9AB17" w14:textId="7E2A91AE" w:rsidR="005223D8" w:rsidRPr="00257FEE" w:rsidRDefault="00257FEE" w:rsidP="00236897">
+          <w:p w14:paraId="5FF5CE8F" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72" w:rsidP="002C7D26">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:ind w:left="395" w:right="388"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00631BB5">
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Количество</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="74022581" w14:textId="77777777" w:rsidR="00451C72" w:rsidRPr="000C3FE7" w:rsidRDefault="00451C72" w:rsidP="002C7D26">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="395" w:right="388"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мұғалімдер саны</w:t>
+              </w:rPr>
+              <w:t>учителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3108" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A5535C6" w14:textId="3BDB0448" w:rsidR="005223D8" w:rsidRPr="00631BB5" w:rsidRDefault="00257FEE" w:rsidP="00236897">
+          <w:p w14:paraId="1165B2BD" w14:textId="77777777" w:rsidR="00451C72" w:rsidRPr="00A76226" w:rsidRDefault="00451C72" w:rsidP="002C7D26">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:ind w:left="513" w:right="194" w:firstLine="382"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00257FEE">
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00257FEE">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Оплата труда</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
+                <w:spacing w:val="1"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00257FEE">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:w w:val="105"/>
-[...6 lines deleted...]
-            <w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(оклад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:w w:val="105"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00257FEE">
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:w w:val="105"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00257FEE">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>без</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:w w:val="105"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00257FEE">
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:w w:val="105"/>
-[...13 lines deleted...]
-              <w:t>)</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>надбавок)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005223D8" w:rsidRPr="00631BB5" w14:paraId="14D09732" w14:textId="77777777" w:rsidTr="00236897">
+      <w:tr w:rsidR="00451C72" w:rsidRPr="00D038D6" w14:paraId="36283840" w14:textId="77777777" w:rsidTr="002C7D26">
         <w:trPr>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78ACD168" w14:textId="139AD319" w:rsidR="005223D8" w:rsidRPr="004F7B01" w:rsidRDefault="00257FEE" w:rsidP="003E37AD">
+          <w:p w14:paraId="1AB2C54E" w14:textId="77777777" w:rsidR="00451C72" w:rsidRPr="00A76226" w:rsidRDefault="00451C72" w:rsidP="002C7D26">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:ind w:left="283" w:hanging="65"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-психолог в классах</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004F7B01">
-[...6 lines deleted...]
-              <w:t>Орыс</w:t>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахским</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004F7B01">
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004F7B01">
-[...6 lines deleted...]
-              <w:t>тілінде</w:t>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>языком</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004F7B01">
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004F7B01">
-[...6 lines deleted...]
-              <w:t>оқытатын</w:t>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004F7B01">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (0,5 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004F7B01">
-[...6 lines deleted...]
-              <w:t>сыныптарда</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ставки</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004F7B01">
-[...44 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18EA8E30" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="005223D8" w:rsidP="00236897">
+          <w:p w14:paraId="5747F782" w14:textId="77777777" w:rsidR="00451C72" w:rsidRPr="00D038D6" w:rsidRDefault="00451C72" w:rsidP="002C7D26">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:ind w:left="395" w:right="388"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D038D6">
               <w:rPr>
                 <w:bCs/>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3108" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="795D8BFE" w14:textId="4FDF80B3" w:rsidR="005223D8" w:rsidRPr="00D038D6" w:rsidRDefault="00DC7586" w:rsidP="00DC7586">
+          <w:p w14:paraId="7EEF1C93" w14:textId="77777777" w:rsidR="00451C72" w:rsidRPr="00E634E6" w:rsidRDefault="00E634E6" w:rsidP="00E634E6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="274" w:lineRule="exact"/>
-              <w:ind w:right="194"/>
-[...1 lines deleted...]
-                <w:b/>
+              <w:ind w:left="513" w:right="194" w:firstLine="382"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00257FEE">
-[...263 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00E634E6">
+              <w:rPr>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...1544 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>от 72557 до 95740</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="339BE998" w14:textId="77777777" w:rsidR="005223D8" w:rsidRDefault="005223D8" w:rsidP="005223D8">
-[...11 lines deleted...]
-    <w:p w14:paraId="1B67912C" w14:textId="77777777" w:rsidR="00257FEE" w:rsidRDefault="00257FEE" w:rsidP="00993F31">
+    <w:p w14:paraId="4002CB0A" w14:textId="77777777" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+    <w:p w14:paraId="463405AA" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Общие квалификационные требования к участникам конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54CA2C17" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>высшее или послевузовское образование по направлениям подготовки кадров "Педагогика и психология", "Социальные науки" (группа образовательных программ "Психология"), без предъявления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B0A4652" w14:textId="77777777" w:rsidR="00993F31" w:rsidRDefault="00993F31" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04389B13" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должностные обязанности: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>осуществляет деятельность, направленную на обеспечение и нормализацию психологического благополучия обучающихся и воспитанников, развитие у них способности к социально-психологической адаптации в трудных жизненных ситуациях, в том числе связанных с девиантным поведение</w:t>
+      </w:r>
+      <w:r w:rsidR="003758E7">
+        <w:t>м;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>   оказывает помощь обучающимся и воспитанникам в профильном и профессиональном самоопределении; формирует психолого-педагогическую культуру педагогов, родителей и иных законных представителей в условиях образовательной среды и способствует формированию толерантности между участниками образовательного процесса;</w:t>
+      </w:r>
+      <w:r w:rsidR="007243DC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve">содействует реализации принципа </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00257FEE">
-[...3 lines deleted...]
-        <w:t>Конкурсқа</w:t>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>инклюзивности</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00257FEE">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve"> и обеспечивает толерантную культуру поведения всех участников образовательного процесса;</w:t>
+      </w:r>
+      <w:r w:rsidR="007243DC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve">проводит работу по профилактике </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00257FEE">
-[...3 lines deleted...]
-        <w:t>қатысушыларға</w:t>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>аутодеструктивного</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00257FEE">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00257FEE">
-[...3 lines deleted...]
-        <w:t>қойылатын</w:t>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>девиантного</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00257FEE">
-[...48 lines deleted...]
-    <w:p w14:paraId="676A10A6" w14:textId="62F5D5B0" w:rsidR="00993F31" w:rsidRPr="00257FEE" w:rsidRDefault="00257FEE" w:rsidP="00993F31">
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve"> поведения у обучающихся и воспитанников; прививает антикоррупционную культуру, принципы академической честности среди обучающихся, воспитанников, педагогов и других работников;</w:t>
+      </w:r>
+      <w:r w:rsidR="007243DC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>проводит психолого-педагогическую диагностику состояния обучающихся и воспитанников, составляет психолого-педагогическое заключение и рекомендации для оказания психологической помощи;</w:t>
+      </w:r>
+      <w:r w:rsidR="007243DC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>участвует в оценке особых образовательных потребностей обучающихся и разрабатывает развивающие программы с учетом индивидуальных особенностей и возможностей обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidR="007243DC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>оказывает психолого-педагогическое сопровождение детям с различными психологическими проблемами, в том числе детям с особыми образовательными потребностями в форме консультаций, индивидуальных, подгрупповых и групповых развивающих занятий;</w:t>
+      </w:r>
+      <w:r w:rsidR="007243DC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>осуществляет психологическую поддержку одаренных обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidR="007243DC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve">оказывает консультативную помощь и психологическую поддержку обучающимся, воспитанникам, педагогам, родителям или иным законным </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:lastRenderedPageBreak/>
+        <w:t>представителям в решении психологических проблем, связанных с трудностями в образовательной деятельности;</w:t>
+      </w:r>
+      <w:r w:rsidR="007243DC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>проводит организационно-методическую и научно-методическую работу с целью разработки рекомендаций педагогическому коллективу, а также родителям или иным законным представителям по проблемам личностного и социального развития обучающихся и воспитанников;</w:t>
+      </w:r>
+      <w:r w:rsidR="007243DC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve">ведет документацию по установленной форме, принимает участие в работе педагогических, методических советов, в работе по проведению родительских собраний, воспитательных и других мероприятий, предусмотренных в плане работы организации образования; непрерывно повышает профессиональные компетенции по направлению педагогики, психологии психотерапии, применяет методы и технологии психолого-педагогического сопровождения обучающихся и воспитанников; содействует охране прав личности в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="007F0F5C">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Конвенцией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve"> о правах ребенка и действующего законодательства Республики Казахстан; обеспечивает охрану жизни, здоровья и прав детей, соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62217">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>осуществляет разработку рекомендаций по преодолению трудностей в учебно-познавательной деятельности обучающихся и воспитанников;</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62217">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA1CEF2" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...18 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>в ходе профессиональной деятельности руководствуется психолого-педагогическими принципами образовательной деятельности;</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62217">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>определяет допустимые методы и методики для проведения диагностики, с учетом возрастных особенностей обучающихся и поступающих запросов;</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62217">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>дифференцирует причины возникновения психологических, социальных или физиологических трудностей в освоении общеобразовательных программ;</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62217">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>проводит психологическое исследование особенностей личности обучающегося и воспитанника, анализ психоэмоционального состояния и возможностей его стабилизации;</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62217">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t>проводит индивидуальные или групповые коррекционные, развивающие и мотивационные занятия или тренинги; участвует в мониторинге динамики изменений учебно-познавательной деятельности и социализации обучающихся и воспитанников;</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62217">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve">взаимодействует со специалистами соответствующего профиля внутри и вне организации образования по преодолению трудностей в учебно-познавательной деятельности и социализации обучающегося и воспитанника. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C8CBF60" w14:textId="77777777" w:rsidR="00993F31" w:rsidRDefault="00993F31" w:rsidP="007F0F5C">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...105 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E96BF2F" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Требования к участникам конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38314AE9" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...15 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve">Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5613A881" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="007F0F5C" w:rsidRDefault="00B908DF" w:rsidP="007F0F5C">
+      <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...95 lines deleted...]
-    <w:p w14:paraId="04F4DD47" w14:textId="77777777" w:rsidR="005223D8" w:rsidRPr="00AE27B1" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+      </w:pPr>
+      <w:hyperlink r:id="rId17" w:anchor="z63" w:history="1">
+        <w:r w:rsidR="007F0F5C" w:rsidRPr="007F0F5C">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Конституцию</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007F0F5C" w:rsidRPr="007F0F5C">
+        <w:t xml:space="preserve"> Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z2" w:history="1">
+        <w:r w:rsidR="007F0F5C" w:rsidRPr="007F0F5C">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Об образовании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007F0F5C" w:rsidRPr="007F0F5C">
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z4" w:history="1">
+        <w:r w:rsidR="007F0F5C" w:rsidRPr="007F0F5C">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007F0F5C" w:rsidRPr="007F0F5C">
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z33" w:history="1">
+        <w:r w:rsidR="007F0F5C" w:rsidRPr="007F0F5C">
+          <w:rPr>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007F0F5C" w:rsidRPr="007F0F5C">
+        <w:t>" и иные нормативные правовые акты по вопросам образования;</w:t>
+      </w:r>
+      <w:r w:rsidR="00922D5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F0F5C" w:rsidRPr="007F0F5C">
+        <w:t>психологию личности, дифференциальную детскую и возрастную социальную, медицинскую психологию, детскую нейропсихологию, патопсихологию, психосоматику; нормы педагогической этики;</w:t>
+      </w:r>
+      <w:r w:rsidR="00922D5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F0F5C" w:rsidRPr="007F0F5C">
+        <w:t>основы дефектологии, психотерапии, сексологии, психогигиены, профориентации, профессиоведения и психологии труда, психодиагностики, психологического консультирования и психопрофилактики;</w:t>
+      </w:r>
+      <w:r w:rsidR="00922D5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F0F5C" w:rsidRPr="007F0F5C">
+        <w:t>методы активного обучения, социально-психологического общения;</w:t>
+      </w:r>
+      <w:r w:rsidR="00922D5A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F0F5C" w:rsidRPr="007F0F5C">
+        <w:t>современные методы индивидуальной и групповой консультации, диагностики и коррекции развития ребенка, основы трудового законодательства, правила безопасности и охраны труда, противопожарной защиты, санитарные правила и нормы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B34513A" w14:textId="77777777" w:rsidR="00993F31" w:rsidRDefault="00993F31" w:rsidP="007F0F5C">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:spacing w:before="17"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="3EB9AEEA" w14:textId="77777777" w:rsidR="00AE27B1" w:rsidRDefault="00AE27B1" w:rsidP="005223D8">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="311CFB48" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00993F31" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="17"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Перечень</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>необходимые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>участия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE0D17F" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00236A6D" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:b/>
-[...13 lines deleted...]
-    <w:p w14:paraId="45BC8264" w14:textId="002F7BF6" w:rsidR="005468A9" w:rsidRDefault="00AE27B1" w:rsidP="005223D8">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00236A6D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема документов, указанных в объявлении, направляет следующие документы в электронном или бумажном виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ED1D4E5" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00215475" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...61 lines deleted...]
-    <w:p w14:paraId="55567F1C" w14:textId="77777777" w:rsidR="005468A9" w:rsidRDefault="005468A9" w:rsidP="005223D8">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z469" w:history="1">
+        <w:r w:rsidRPr="00215475">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>приложению 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42E13447" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00215475" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="31E12893" w14:textId="77777777" w:rsidR="005468A9" w:rsidRDefault="005468A9" w:rsidP="005223D8">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="549F4E86" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00215475" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...35 lines deleted...]
-    <w:p w14:paraId="1EB30485" w14:textId="77777777" w:rsidR="005468A9" w:rsidRDefault="005468A9" w:rsidP="005223D8">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E94567F" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00215475" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...35 lines deleted...]
-    <w:p w14:paraId="0D926FCA" w14:textId="77777777" w:rsidR="005468A9" w:rsidRDefault="005468A9" w:rsidP="005223D8">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BC754F4" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00215475" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="1F4FEABD" w14:textId="392B1087" w:rsidR="005223D8" w:rsidRPr="005468A9" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4912D035" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00215475" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="03B501FD" w14:textId="77777777" w:rsidR="005468A9" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00215475">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71CA6A9A" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00215475" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="191A75FE" w14:textId="77777777" w:rsidR="005468A9" w:rsidRDefault="005468A9" w:rsidP="005223D8">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D687E9E" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00215475" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="0E3A90DB" w14:textId="77777777" w:rsidR="005468A9" w:rsidRDefault="005468A9" w:rsidP="005223D8">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CCE6A29" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00215475" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-    <w:p w14:paraId="2683B32F" w14:textId="77777777" w:rsidR="005468A9" w:rsidRDefault="005468A9" w:rsidP="005223D8">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05CB7CFE" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00215475" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="55E4BB65" w14:textId="4AD7F4B5" w:rsidR="005223D8" w:rsidRPr="005468A9" w:rsidRDefault="005468A9" w:rsidP="005223D8">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A86C46F" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00215475" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="022EC1A0" w14:textId="77777777" w:rsidR="005468A9" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      11) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z484" w:history="1">
+        <w:r w:rsidRPr="00215475">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>приложению 11</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F2ABDF3" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00215475" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...77 lines deleted...]
-    <w:p w14:paraId="381863E0" w14:textId="463128B7" w:rsidR="005223D8" w:rsidRPr="005468A9" w:rsidRDefault="005223D8" w:rsidP="005223D8">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>видеопрезентация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 x 480.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35C5F522" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00215475" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>     Кандидат при наличии представляет дополнительную информацию, касающуюся его образования, опыта работы, профессионального уровня (копии документов о повышении квалификации, присвоении ученых/академических степеней и званий, научных или методических публикациях, квалификационных категорий, рекомендации от руководства предыдущего места работы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0659FBBC" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00236A6D" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005468A9">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="005468A9">
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236A6D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="427912CD" w14:textId="5E7356F8" w:rsidR="005468A9" w:rsidRPr="005468A9" w:rsidRDefault="005468A9" w:rsidP="005223D8">
+        </w:rPr>
+        <w:t>Отсутствие одного из документов настоящих Правил, является основанием для возврата документов кандидату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="451B21BB" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00543D16" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
       <w:pPr>
         <w:framePr w:w="9341" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1061" w:y="266"/>
-        <w:rPr>
-[...35 lines deleted...]
-      <w:r w:rsidRPr="005468A9">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Конкурсқа қатысу үшін құжаттарды қабылдау хабарландыру жарияланған күннен бастап жеті жұмыс күні ішінде жүзеге асырылады.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Конкурс проводится г. по адресу:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236A6D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>100022, Карагандинская</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>город</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-          <w:u w:val="single"/>
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Караганда,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>имени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Казыбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Би, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ул. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>Гудермесская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 129</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005468A9">
+        <w:t xml:space="preserve">контактный </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">телефон: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>8-7212-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>42-27-14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Құжаттарды қабылдау сағат 13.00-ден 14.00-ге дейін түскі үзіліспен сағат 09.00-ден 17.00-ге дейін жүзеге асырылады. </w:t>
-[...20 lines deleted...]
-        <w:r w:rsidR="00DC7586" w:rsidRPr="006C2F75">
+        <w:t>, электронный адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="006C2F75">
           <w:rPr>
             <w:rStyle w:val="a6"/>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:kern w:val="24"/>
           </w:rPr>
           <w:t>sch_91@kargoo.kz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="33E4CECE" w14:textId="77777777" w:rsidR="00DC7128" w:rsidRDefault="00DC7128" w:rsidP="005468A9">
-[...396 lines deleted...]
-          <w:w w:val="105"/>
+    <w:p w14:paraId="3CE9D2E2" w14:textId="6D389F7F" w:rsidR="007F0F5C" w:rsidRPr="00B908DF" w:rsidRDefault="007F0F5C" w:rsidP="00B908DF">
+      <w:pPr>
+        <w:framePr w:w="9341" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1061" w:y="266"/>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="259"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Прием документов для участия в конкурсе осуществляется в течение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...49 lines deleted...]
-        <w:r w:rsidRPr="00DC7128">
+        <w:t xml:space="preserve"> семи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочих дней со дня публикации объявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">Прием документов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">осуществляется с 09.00 часов до 17:00 часов с перерывом на обед с 13.00 часов до 14.00 часов. Пакет документов принимается так же на эл почту </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00A76226" w:rsidRPr="006C2F75">
           <w:rPr>
             <w:rStyle w:val="a6"/>
-            <w:b/>
-            <w:w w:val="105"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:kern w:val="24"/>
           </w:rPr>
           <w:t>sch_91@kargoo.kz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5806005B" w14:textId="79488C41" w:rsidR="00451C72" w:rsidRDefault="00451C72" w:rsidP="00451C72">
+    <w:p w14:paraId="714BFAAB" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00543D16" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:framePr w:w="9341" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1061" w:y="266"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и время </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>начала приема документов: 01.08.2023 г., 09.00ч.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-17.00ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ADC78C5" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00543D16" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:framePr w:w="9341" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1061" w:y="266"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и время </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>окончания приема документов: 09.08.2023г., 09.00ч.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-17.00ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4711E0C7" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00215475" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61BFB416" w14:textId="77777777" w:rsidR="00B908DF" w:rsidRDefault="00B908DF" w:rsidP="00B908DF">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="85"/>
+        <w:ind w:left="0" w:right="1346"/>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48B2D6B0" w14:textId="304BA9D9" w:rsidR="007F0F5C" w:rsidRPr="00FA5F2C" w:rsidRDefault="007F0F5C" w:rsidP="00B908DF">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="85"/>
+        <w:ind w:left="0" w:right="1346"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Объявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE2F250" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00FA5F2C" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
       <w:pPr>
         <w:spacing w:before="16"/>
-        <w:ind w:left="259"/>
+        <w:ind w:left="1117" w:right="1346"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>проведении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">на занятие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>вакантн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 01.08.23 по 09.08.2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10769F69" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:spacing w:before="2" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="259" w:right="515"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="9"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>образования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="16"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное учреждение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="13"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Общеобразовательная Школа № 91» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-58"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>отдела</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>города</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Караганды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>управления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="41"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Карагандинской</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CE4966" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00451C72" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C72">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Основная деятельность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C72">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C72">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реализация общеобразовательных программ основного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C72">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51E2A81E" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00600A8C" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:spacing w:before="10" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="259" w:right="515"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>нахождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>государственного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>учреждения:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>100022, Карагандинская</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>город</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Караганда,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>имени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Казыбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Би, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00600A8C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">ул. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>Гудермесская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 129</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F586D79" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00631BB5" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:spacing w:before="3"/>
+        <w:ind w:left="259"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Номер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>телефона:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="47"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>8-7212-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>42-27-14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E6CAE58" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="259"/>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>электронной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">почты: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="006C2F75">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:kern w:val="24"/>
+          </w:rPr>
+          <w:t>sch_91@kargoo.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2A695BAF" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="259"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26EF09D7" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00451C72" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:after="8"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Объявляе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="31"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B593899" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10348" w:type="dxa"/>
+        <w:tblInd w:w="-147" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4972"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="3392"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007F0F5C" w:rsidRPr="00631BB5" w14:paraId="6B9F51EF" w14:textId="77777777" w:rsidTr="00E634E6">
+        <w:trPr>
+          <w:trHeight w:val="559"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DD27F6" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00A76226" w:rsidRDefault="007F0F5C" w:rsidP="002C7D26">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="283" w:hanging="65"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="48"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>вакантной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="43"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="43"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-55"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(или)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="33"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>временно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>вакантной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0752F52B" w14:textId="517CD1AD" w:rsidR="007F0F5C" w:rsidRDefault="002F16E2" w:rsidP="002F16E2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:right="388"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007F0F5C" w:rsidRPr="00631BB5">
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Количество</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="14941C36" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="000C3FE7" w:rsidRDefault="007F0F5C" w:rsidP="002C7D26">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="395" w:right="388"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="110AEFD4" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00A76226" w:rsidRDefault="007F0F5C" w:rsidP="002C7D26">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="513" w:right="194" w:firstLine="382"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Оплата труда</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="1"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(оклад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>без</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>надбавок)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F0F5C" w:rsidRPr="00D038D6" w14:paraId="4D88FC4C" w14:textId="77777777" w:rsidTr="00E634E6">
+        <w:trPr>
+          <w:trHeight w:val="559"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A172752" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00A76226" w:rsidRDefault="003E37AD" w:rsidP="002C7D26">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="283" w:hanging="65"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>предшкольной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовки </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахским</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>языком</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>часов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="454C6B67" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00D038D6" w:rsidRDefault="00E634E6" w:rsidP="002C7D26">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="395" w:right="388"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FC11680" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00E634E6" w:rsidRDefault="00E634E6" w:rsidP="00E634E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="513" w:right="194" w:firstLine="382"/>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E634E6">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>т 124586 до 168121</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E634E6" w:rsidRPr="00D038D6" w14:paraId="34EEC148" w14:textId="77777777" w:rsidTr="00E634E6">
+        <w:trPr>
+          <w:trHeight w:val="559"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B43DA9C" w14:textId="77777777" w:rsidR="00E634E6" w:rsidRPr="00A76226" w:rsidRDefault="00E634E6" w:rsidP="00E634E6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="283" w:hanging="65"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>предшкольной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовки </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ким</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>языком</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>часов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="152654D6" w14:textId="77777777" w:rsidR="00E634E6" w:rsidRDefault="00E634E6" w:rsidP="002C7D26">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="395" w:right="388"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A915820" w14:textId="77777777" w:rsidR="00E634E6" w:rsidRPr="00D038D6" w:rsidRDefault="00E634E6" w:rsidP="002C7D26">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="274" w:lineRule="exact"/>
+              <w:ind w:left="513" w:right="194" w:firstLine="382"/>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E634E6">
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>т 124586 до 168121</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4679B229" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45B4A1EA" w14:textId="77777777" w:rsidR="00E829DE" w:rsidRPr="003E37AD" w:rsidRDefault="00E829DE" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1401" w:y="413"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E37AD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское и (или) техническое и профессиональное педагогическое образование по направлению "Дошкольное воспитание и обучение" или высшее и (или) послевузовское или техническое и профессиональное педагогическое образование по направлению "Педагогика и методика начального обучения" или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы; и (или) при наличии высшего уровня квалификации стаж: для педагога-модератора и педагога-эксперта – не менее 2 лет, педагога-исследователя – не менее 3 лет, педагога-мастера – 5 лет; и (или) при наличии среднего уровня квалификации стаж: для педагога-модератора – не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DB471BD" w14:textId="77777777" w:rsidR="003E37AD" w:rsidRPr="007243DC" w:rsidRDefault="003E37AD" w:rsidP="003E37AD">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007243DC">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Общие квалификационные требования к участникам конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E7C306F" w14:textId="77777777" w:rsidR="003E37AD" w:rsidRDefault="003E37AD" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D5AE4D3" w14:textId="77777777" w:rsidR="00E829DE" w:rsidRPr="00E829DE" w:rsidRDefault="00E829DE" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Должностные обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E829DE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E829DE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E829DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>обеспечивает создание условий для охраны жизни и здоровья детей во время образовательного процесса;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E829DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>осуществляет педагогический процесс в соответствии с требованиями государственного общеобязательного стандарта образования, расписанием занятий согласно типовому учебному плану дошкольного воспитания и обучения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E829DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>руководит детской деятельностью (игровая, творческая, познавательная, двигательная, изобразительная, трудовая, экспериментальная, самостоятельная и иное);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E829DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>создает предметно-развивающую среду;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7309259A" w14:textId="77777777" w:rsidR="00E829DE" w:rsidRPr="00E829DE" w:rsidRDefault="00E829DE" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E829DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>отслеживает за развитием умений и навыков у детей;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E829DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>организует и проводит досуг, спортивные мероприятия и иное;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E829DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>осуществляет личностно-ориентированный подход в работе с детьми;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E829DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует образовательный процесс на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных особенностей детей;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E829DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляет социализацию детей с особыми образовательными </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E829DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>потребностями в образовательную среду для обеспечения равных стартовых возможностей при поступлении в школу; использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей детей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F47291" w14:textId="77777777" w:rsidR="00E829DE" w:rsidRPr="00E829DE" w:rsidRDefault="00E829DE" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E829DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>принимает участие в мероприятиях, проводимых в организациях образования (совещания, педагогические советы, конкурсы и иное); повышает профессиональную компетентность; занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E829DE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>осуществляет консультационную помощь родителям по вопросам обучения детей дошкольного возраста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CDBF49F" w14:textId="77777777" w:rsidR="00E829DE" w:rsidRPr="007243DC" w:rsidRDefault="00E829DE" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007243DC">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D4470B3" w14:textId="77777777" w:rsidR="007243DC" w:rsidRPr="007243DC" w:rsidRDefault="007243DC" w:rsidP="007243DC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007243DC">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Требования к участникам конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65A43D18" w14:textId="77777777" w:rsidR="007243DC" w:rsidRPr="003758E7" w:rsidRDefault="00B908DF" w:rsidP="007243DC">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:framePr w:w="9241" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1381" w:y="396"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId27" w:anchor="z63" w:history="1">
+        <w:r w:rsidR="007243DC" w:rsidRPr="007243DC">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+          </w:rPr>
+          <w:t>Конституцию</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007243DC" w:rsidRPr="007243DC">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="007243DC" w:rsidRPr="007243DC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z2" w:history="1">
+        <w:r w:rsidR="007243DC" w:rsidRPr="007243DC">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+          </w:rPr>
+          <w:t>Об образовании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007243DC" w:rsidRPr="007243DC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z4" w:history="1">
+        <w:r w:rsidR="007243DC" w:rsidRPr="007243DC">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007243DC" w:rsidRPr="007243DC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z33" w:history="1">
+        <w:r w:rsidR="007243DC" w:rsidRPr="007243DC">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007243DC" w:rsidRPr="007243DC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>" и иные нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+      <w:r w:rsidR="007243DC" w:rsidRPr="007243DC">
+        <w:rPr>
+          <w:rStyle w:val="apple-converted-space"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="007243DC" w:rsidRPr="007243DC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>нормы педагогической этики;</w:t>
+      </w:r>
+      <w:r w:rsidR="003758E7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007243DC" w:rsidRPr="007243DC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>государственный общеобязательный стандарт образования, содержание и структуру типовой программы дошкольного воспитания и обучения;</w:t>
+      </w:r>
+      <w:r w:rsidR="003758E7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007243DC" w:rsidRPr="007243DC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>психологию и педагогику, правила оказания первой доврачебной медицинской помощи, основы трудового законодательства, правила внутреннего трудового распорядка, безопасности и охраны труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C8B927" w14:textId="77777777" w:rsidR="007243DC" w:rsidRPr="007243DC" w:rsidRDefault="007243DC" w:rsidP="007243DC">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:framePr w:w="9241" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1381" w:y="396"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007243DC">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7773FB89" w14:textId="77777777" w:rsidR="007243DC" w:rsidRPr="007243DC" w:rsidRDefault="007243DC" w:rsidP="007243DC">
+      <w:r w:rsidRPr="007243DC">
+        <w:t xml:space="preserve">Должен знать: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3785A5F7" w14:textId="77777777" w:rsidR="003758E7" w:rsidRDefault="003758E7" w:rsidP="00E62217">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="17"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D3CBD7D" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="17"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Перечень</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>необходимые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>участия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E3E2633" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00236A6D" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00236A6D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема документов, указанных в объявлении, направляет следующие документы в электронном или бумажном виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="714C386F" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00215475" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z469" w:history="1">
+        <w:r w:rsidRPr="00215475">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>приложению 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="141DE639" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00215475" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A15E1C3" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00215475" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1482D381" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00215475" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F8B149" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00215475" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54B62AEA" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00215475" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00215475">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B993456" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00215475" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F79C592" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00215475" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D9D5578" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00215475" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07E4B7EF" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00215475" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      10) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C710F68" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00215475" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      11) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z484" w:history="1">
+        <w:r w:rsidRPr="00215475">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>приложению 11</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="486902D7" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00215475" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>видеопрезентация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 x 480.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F9EC7E5" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00215475" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>     Кандидат при наличии представляет дополнительную информацию, касающуюся его образования, опыта работы, профессионального уровня (копии документов о повышении квалификации, присвоении ученых/академических степеней и званий, научных или методических публикациях, квалификационных категорий, рекомендации от руководства предыдущего места работы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09679B93" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00236A6D" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00DC7128">
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Бос </w:t>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236A6D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Отсутствие одного из документов настоящих Правил, является основанием для возврата документов кандидату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C801C9" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00543D16" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:framePr w:w="9341" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1061" w:y="266"/>
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Конкурс проводится г. по адресу:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236A6D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>100022, Карагандинская</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>город</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Караганда,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>имени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DC7128">
-[...5 lines deleted...]
-        <w:t>лауазым</w:t>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Казыбек</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DC7128">
-[...5 lines deleted...]
-        <w:t>дар</w:t>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Би, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ул. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DC7128">
-[...5 lines deleted...]
-        <w:t>ға</w:t>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>Гудермесская</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DC7128">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 129</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">контактный </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">телефон: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>8-7212-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>42-27-14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, электронный адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidRPr="006C2F75">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:kern w:val="24"/>
+          </w:rPr>
+          <w:t>sch_91@kargoo.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="21F95C61" w14:textId="126C8A0F" w:rsidR="00E62217" w:rsidRPr="00B908DF" w:rsidRDefault="00E62217" w:rsidP="00B908DF">
+      <w:pPr>
+        <w:framePr w:w="9341" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1061" w:y="266"/>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="259"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Прием документов для участия в конкурсе осуществляется в течение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочих дней со дня публикации объявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">Прием документов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">осуществляется с 09.00 часов до 17:00 часов с перерывом на обед с 13.00 часов до 14.00 часов. Пакет документов принимается так же на эл почту </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidR="00A76226" w:rsidRPr="006C2F75">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:kern w:val="24"/>
+          </w:rPr>
+          <w:t>sch_91@kargoo.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7659BF57" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00543D16" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:framePr w:w="9341" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1061" w:y="266"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и время </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>начала приема документов: 01.08.2023 г., 09.00ч.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-17.00ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C0E5F18" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00543D16" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:framePr w:w="9341" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1061" w:y="266"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и время </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>окончания приема документов: 09.08.2023г., 09.00ч.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-17.00ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E630A89" w14:textId="77777777" w:rsidR="00E829DE" w:rsidRDefault="00E829DE" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38981C7C" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E899E7C" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4091C1EE" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32C99ADB" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B46A3C3" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="600578BB" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CF598BE" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04F17FB4" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FBCC53A" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47E71BAF" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="081DEBB5" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EE83E24" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EA4DE8B" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05FA50E4" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EFDFEDC" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21273B6E" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="791FA806" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E7DEFCE" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="506594F7" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6410AD7B" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EDC3B25" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="388D43C9" w14:textId="77777777" w:rsidR="00B908DF" w:rsidRDefault="00B908DF" w:rsidP="00B908DF">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="85"/>
+        <w:ind w:left="0" w:right="1346"/>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60484B19" w14:textId="14A1761F" w:rsidR="00E62217" w:rsidRPr="00FA5F2C" w:rsidRDefault="00B908DF" w:rsidP="00B908DF">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="85"/>
+        <w:ind w:left="0" w:right="1346"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00E62217" w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Объявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5075E8B4" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00FA5F2C" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="1117" w:right="1346"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>проведении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">на занятие </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DC7128">
-[...5 lines deleted...]
-        <w:t>орналасуға</w:t>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>вакантн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ых</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DC7128">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> конкурс </w:t>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DC7128">
-[...5 lines deleted...]
-        <w:t>жариялайды</w:t>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>должност</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DC7128">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 01.08.23 по 09.08.2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="566D2D70" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:spacing w:before="2" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="259" w:right="515"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="9"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>образования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="16"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное учреждение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="13"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Общеобразовательная Школа № 91» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-58"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>отдела</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>города</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Караганды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>управления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="41"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Карагандинской</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3574F8AE" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00451C72" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C72">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Основная деятельность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C72">
         <w:t>:</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="502D0A39" w14:textId="47A85CA0" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
+      <w:r w:rsidRPr="00451C72">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реализация общеобразовательных программ основного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C72">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="637500A1" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00600A8C" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:spacing w:before="10" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="259" w:right="515"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>нахождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>государственного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>учреждения:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>100022, Карагандинская</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>город</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Караганда,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>имени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Казыбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Би, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ул. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>Гудермесская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 129</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AA5FD07" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00631BB5" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:spacing w:before="3"/>
+        <w:ind w:left="259"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Номер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>телефона:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="47"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>8-7212-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>42-27-14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CE8B588" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="259"/>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>электронной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">почты: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:history="1">
+        <w:r w:rsidRPr="006C2F75">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:kern w:val="24"/>
+          </w:rPr>
+          <w:t>sch_91@kargoo.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="368900E4" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="259"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40F4069E" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00451C72" w:rsidRDefault="00E62217" w:rsidP="00E62217">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:after="8"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Объявляе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="31"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CAEA26E" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E62217"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4972"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="3108"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00451C72" w:rsidRPr="00631BB5" w14:paraId="2E516D3B" w14:textId="77777777" w:rsidTr="002C7D26">
+      <w:tr w:rsidR="00E62217" w:rsidRPr="00631BB5" w14:paraId="7F269967" w14:textId="77777777" w:rsidTr="002C7D26">
         <w:trPr>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23B8849E" w14:textId="096EEC58" w:rsidR="00451C72" w:rsidRPr="004F7B01" w:rsidRDefault="00DC7128" w:rsidP="002C7D26">
+          <w:p w14:paraId="029A374C" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00A76226" w:rsidRDefault="00E62217" w:rsidP="002C7D26">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:ind w:left="283" w:hanging="65"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F7B01">
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бос </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004F7B01">
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F7B01">
+                <w:spacing w:val="48"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>вакантной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="43"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004F7B01">
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>және</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004F7B01">
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F7B01">
+                <w:spacing w:val="43"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>немесе</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004F7B01">
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F7B01">
+                <w:spacing w:val="-55"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>уақытша</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004F7B01">
+              <w:t>(или)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004F7B01">
+                <w:spacing w:val="33"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>лауазымның</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004F7B01">
+              <w:t>временно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
+                <w:spacing w:val="38"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004F7B01">
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>атауы</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>вакантной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22266273" w14:textId="0390118E" w:rsidR="00451C72" w:rsidRPr="00DC7128" w:rsidRDefault="00DC7128" w:rsidP="002C7D26">
+          <w:p w14:paraId="71481049" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="002C7D26">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:ind w:left="395" w:right="388"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00631BB5">
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Количество</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="74A5AAC4" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="000C3FE7" w:rsidRDefault="00E62217" w:rsidP="002C7D26">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="395" w:right="388"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мұғалімдер саны</w:t>
+              </w:rPr>
+              <w:t>учителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3108" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="359B9FE2" w14:textId="1999B681" w:rsidR="00451C72" w:rsidRPr="00631BB5" w:rsidRDefault="00DC7128" w:rsidP="002C7D26">
+          <w:p w14:paraId="129527DA" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00A76226" w:rsidRDefault="00E62217" w:rsidP="002C7D26">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:ind w:left="513" w:right="194" w:firstLine="382"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00DC7128">
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DC7128">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Оплата труда</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
+                <w:spacing w:val="1"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00DC7128">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:w w:val="105"/>
-[...6 lines deleted...]
-            <w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(оклад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:w w:val="105"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00DC7128">
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:w w:val="105"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00DC7128">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>без</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:w w:val="105"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00DC7128">
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:w w:val="105"/>
-[...13 lines deleted...]
-              <w:t>)</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>надбавок)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00451C72" w:rsidRPr="00D038D6" w14:paraId="6AF6B000" w14:textId="77777777" w:rsidTr="002C7D26">
+      <w:tr w:rsidR="00E62217" w:rsidRPr="00D038D6" w14:paraId="0B9F939D" w14:textId="77777777" w:rsidTr="002C7D26">
         <w:trPr>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04D838E5" w14:textId="5974A845" w:rsidR="00451C72" w:rsidRPr="004F7B01" w:rsidRDefault="00DC7128" w:rsidP="002C7D26">
+          <w:p w14:paraId="06D80200" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00A76226" w:rsidRDefault="002D7696" w:rsidP="002C7D26">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:ind w:left="283" w:hanging="65"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...95 lines deleted...]
-              <w:t>-психолог (0,5 ставка)</w:t>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Специальный педагог</w:t>
+            </w:r>
+            <w:r w:rsidR="003758E7" w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00106EA0" w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Учитель логопед-дефектолог (0,5 ставки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="760B4F1A" w14:textId="77777777" w:rsidR="00451C72" w:rsidRPr="00D038D6" w:rsidRDefault="00451C72" w:rsidP="002C7D26">
+          <w:p w14:paraId="27D17DF6" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00D038D6" w:rsidRDefault="00E62217" w:rsidP="002C7D26">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:ind w:left="395" w:right="388"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D038D6">
               <w:rPr>
                 <w:bCs/>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3108" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AE69534" w14:textId="243E82D6" w:rsidR="00451C72" w:rsidRPr="00DC7586" w:rsidRDefault="00DC7586" w:rsidP="00DC7586">
+          <w:p w14:paraId="2ADA168B" w14:textId="77777777" w:rsidR="00E62217" w:rsidRPr="00D038D6" w:rsidRDefault="00E634E6" w:rsidP="002C7D26">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="274" w:lineRule="exact"/>
-              <w:ind w:right="194"/>
+              <w:ind w:left="513" w:right="194" w:firstLine="382"/>
               <w:rPr>
                 <w:b/>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E634E6">
               <w:rPr>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">72557 </w:t>
-[...71 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>от 72557 до 95740</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="20F64B6E" w14:textId="080DCF02" w:rsidR="00451C72" w:rsidRDefault="00451C72"/>
-    <w:p w14:paraId="6B854799" w14:textId="77777777" w:rsidR="004F7B01" w:rsidRDefault="004F7B01" w:rsidP="007F0F5C">
+    <w:p w14:paraId="03EE9B98" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E62217"/>
+    <w:p w14:paraId="73D3DA7A" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Общие квалификационные требования к участникам конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2171665E" w14:textId="77777777" w:rsidR="00106EA0" w:rsidRPr="00106EA0" w:rsidRDefault="00106EA0" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1670FB4B" w14:textId="77777777" w:rsidR="00106EA0" w:rsidRPr="00106EA0" w:rsidRDefault="00106EA0" w:rsidP="00106EA0">
+      <w:pPr>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00106EA0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое образование по направлению "Специальное образование" или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00106EA0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>и (или) при наличии высшего уровня квалификации стаж работы по специальности: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00106EA0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0765293E" w14:textId="77777777" w:rsidR="002D7696" w:rsidRPr="002D7696" w:rsidRDefault="00106EA0" w:rsidP="002D7696">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Должностные обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E829DE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E829DE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D7696" w:rsidRPr="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>специальный педагог дошкольной организации, реализующей учебные программы дошкольного образования, в том числе специальных дошкольных организаций, проводит индивидуальные, групповые и подгрупповые занятия (уроки) с детьми с ограниченными возможностями в соответствии с Типовыми учебными планами и программами;</w:t>
+      </w:r>
+      <w:r w:rsidR="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D7696" w:rsidRPr="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>проводит специальное педагогическое обследование детей с ограниченными возможностями и осуществляет оценку особых образовательных потребностей воспитанников;</w:t>
+      </w:r>
+      <w:r w:rsidR="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D7696" w:rsidRPr="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>для преодоления нарушений психофизического развития у детей с ограниченными возможностями в развитии разрабатывает и реализует индивидуальные учебные, индивидуально-развивающие, коррекционно-развивающие программы и проводит индивидуальные (подгрупповые, групповые занятия);</w:t>
+      </w:r>
+      <w:r w:rsidR="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D7696" w:rsidRPr="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>оказывает специальную психолого-педагогическую поддержку детям с ограниченными возможностями;</w:t>
+      </w:r>
+      <w:r w:rsidR="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D7696" w:rsidRPr="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>осуществляет психолого-педагогическое сопровождение детей с особыми образовательными потребностями в организациях образования;</w:t>
+      </w:r>
+      <w:r w:rsidR="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D7696" w:rsidRPr="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечивает взаимодействие с другими педагогами и специалистами, способствует реализации принципа </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="004F7B01">
-[...3 lines deleted...]
-        <w:t>Конкурсқа</w:t>
+      <w:r w:rsidR="002D7696" w:rsidRPr="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>инклюзивности</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="004F7B01">
-[...76 lines deleted...]
-    <w:p w14:paraId="16682D55" w14:textId="33EB4DFC" w:rsidR="00993F31" w:rsidRDefault="004F7B01" w:rsidP="007F0F5C">
+      <w:r w:rsidR="002D7696" w:rsidRPr="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в образовании;</w:t>
+      </w:r>
+      <w:r w:rsidR="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D7696" w:rsidRPr="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>в тесном контакте с другими педагогами и специалистами осуществляет деятельность по развитию и социализации детей с ограниченными возможностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EEBDD74" w14:textId="77777777" w:rsidR="002D7696" w:rsidRPr="002D7696" w:rsidRDefault="002D7696" w:rsidP="002D7696">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="6C207FC2" w14:textId="77777777" w:rsidR="004F7B01" w:rsidRPr="004F7B01" w:rsidRDefault="004F7B01" w:rsidP="007F0F5C">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      консультирует воспитателей, родителей лиц (детей) и иных законных представителей по применению специальных методов и приемов обучения и воспитания; способствует формированию общей культуры личности, использует </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>разнообразные формы, образовательные технологии, приемы, методы и средства обучения в соответствии с требованиями государственного общеобязательного стандарта образования и типовых учебных программ;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>специальный педагог специальных организаций образования, реализующих программы психолого-медико-педагогического обследования и консультирования (психолого-медико-педагогические консультации), коррекционно-развивающие программы (кабинеты психолого-педагогической коррекции, реабилитационные центры, аутизм-центры и другие центры) проводит специальное педагогическое обследование детей с ограниченными возможностями; участвует в проведении командной оценки особых образовательных потребностей;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>специальный педагог кабинетов психолого-педагогической коррекции, реабилитационных центров, аутизм-центров проводит индивидуальные, подгрупповые и групповые занятия по плану и расписанию организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>разрабатывает и реализует индивидуальные учебные, индивидуально-развивающие, коррекционно-развивающие программы и проводит индивидуальные (подгрупповые, групповые занятия);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>повышает свою профессиональную компетентность;участвует в заседаниях методических советов, методических объединений, сетевых сообществ;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>проводит работу по формированию толерантного отношения общества к лицам с особыми образовательными потребностями;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D7696">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>обеспечивает охрану жизни, здоровья и прав детей в период воспитательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="499B923E" w14:textId="77777777" w:rsidR="002D7696" w:rsidRPr="002D7696" w:rsidRDefault="002D7696" w:rsidP="002D7696">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="5771BBD0" w14:textId="1977859E" w:rsidR="00E62217" w:rsidRPr="004F7B01" w:rsidRDefault="004F7B01" w:rsidP="007F0F5C">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70462BF6" w14:textId="77777777" w:rsidR="002D7696" w:rsidRDefault="002D7696" w:rsidP="002D7696">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007243DC">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Требования к участникам конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F117B98" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CBF608A" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRPr="00E463F7" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...104 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E463F7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04E784AC" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
+      <w:pPr>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...47 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40D97BBF" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRPr="00E463F7" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
+      <w:pPr>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...77 lines deleted...]
-    <w:p w14:paraId="6BB71905" w14:textId="77777777" w:rsidR="004F7B01" w:rsidRDefault="004F7B01" w:rsidP="004F7B01">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E463F7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Конституцию Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00E463F7">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Об образовании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E463F7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00E463F7">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E463F7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00E463F7">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>О социальной</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E463F7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> медико-педагогической и коррекционной поддержке детей с ограниченными возможностями" (далее – "О социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями"), "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="z33" w:history="1">
+        <w:r w:rsidRPr="00E463F7">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E463F7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>" и иные нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования; государственные стандарты специальных социальных услуг для детей, оказавшихся в трудной жизненной ситуации; специальную педагогику; основы проектирования и организации учебно-воспитательного процесса; новейшие достижения в области специального образования; нормы педагогической этики; основы трудового законодательства, правила внутреннего трудового распорядка, правила безопасности и охраны труда, противопожарной защиты, санитарные правила.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="726D303E" w14:textId="77777777" w:rsidR="00106EA0" w:rsidRPr="00106EA0" w:rsidRDefault="00106EA0" w:rsidP="00106EA0"/>
+    <w:p w14:paraId="61E09CE7" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRPr="00E62217" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="17"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Перечень</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>необходимые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>участия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F036CB" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRPr="00236A6D" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:b/>
-[...25 lines deleted...]
-    <w:p w14:paraId="6FD143E3" w14:textId="77777777" w:rsidR="004F7B01" w:rsidRDefault="004F7B01" w:rsidP="004F7B01">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00236A6D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема документов, указанных в объявлении, направляет следующие документы в электронном или бумажном виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A72BA4D" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRPr="00215475" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...61 lines deleted...]
-    <w:p w14:paraId="4A26438A" w14:textId="77777777" w:rsidR="004F7B01" w:rsidRDefault="004F7B01" w:rsidP="004F7B01">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="z469" w:history="1">
+        <w:r w:rsidRPr="00215475">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>приложению 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E61EA6D" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRPr="00215475" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="38F9EA83" w14:textId="77777777" w:rsidR="004F7B01" w:rsidRDefault="004F7B01" w:rsidP="004F7B01">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D6B1D65" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRPr="00215475" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-    <w:p w14:paraId="66A67436" w14:textId="77777777" w:rsidR="004F7B01" w:rsidRDefault="004F7B01" w:rsidP="004F7B01">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="215379EB" w14:textId="58DA3F5E" w:rsidR="00E463F7" w:rsidRPr="00215475" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...35 lines deleted...]
-    <w:p w14:paraId="1AC5268B" w14:textId="77777777" w:rsidR="004F7B01" w:rsidRDefault="004F7B01" w:rsidP="004F7B01">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>     4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A78F820" w14:textId="47BDD1F0" w:rsidR="00E463F7" w:rsidRPr="00215475" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="1D2E09D4" w14:textId="77777777" w:rsidR="004F7B01" w:rsidRDefault="004F7B01" w:rsidP="004F7B01">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>     5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DD3AF9B" w14:textId="036F1DE3" w:rsidR="00E463F7" w:rsidRPr="00215475" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="5D6B15CF" w14:textId="302656D9" w:rsidR="004F7B01" w:rsidRDefault="004F7B01" w:rsidP="004F7B01">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>     6)справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00215475">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D0487D4" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRPr="00215475" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="70307D1D" w14:textId="77777777" w:rsidR="004F7B01" w:rsidRDefault="004F7B01" w:rsidP="004F7B01">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21DBA489" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRPr="00215475" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="0F3CB65A" w14:textId="77777777" w:rsidR="004F7B01" w:rsidRDefault="004F7B01" w:rsidP="004F7B01">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0243F16B" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRPr="00215475" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="272C5511" w14:textId="77777777" w:rsidR="004F7B01" w:rsidRDefault="004F7B01" w:rsidP="004F7B01">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03913A97" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRPr="00215475" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="6AC833C2" w14:textId="77777777" w:rsidR="004F7B01" w:rsidRPr="005468A9" w:rsidRDefault="004F7B01" w:rsidP="004F7B01">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      10) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7581667B" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRPr="00215475" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="1D76775D" w14:textId="77777777" w:rsidR="004F7B01" w:rsidRDefault="004F7B01" w:rsidP="004F7B01">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      11) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:anchor="z484" w:history="1">
+        <w:r w:rsidRPr="00215475">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>приложению 11</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0045734A" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRPr="00215475" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="64CDF530" w14:textId="77777777" w:rsidR="004F7B01" w:rsidRDefault="004F7B01" w:rsidP="004F7B01">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      12) видеопрезентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 x 480.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="036496C2" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRPr="00215475" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="4C441A70" w14:textId="77777777" w:rsidR="004F7B01" w:rsidRDefault="004F7B01" w:rsidP="004F7B01">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>     Кандидат при наличии представляет дополнительную информацию, касающуюся его образования, опыта работы, профессионального уровня (копии документов о повышении квалификации, присвоении ученых/академических степеней и званий, научных или методических публикациях, квалификационных категорий, рекомендации от руководства предыдущего места работы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F83EC9" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRPr="00236A6D" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...31 lines deleted...]
-        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D239C4">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236A6D">
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Отсутствие одного из документов настоящих Правил, является основанием для возврата документов кандидату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="028D709D" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRPr="00543D16" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
+      <w:pPr>
+        <w:framePr w:w="9341" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1061" w:y="266"/>
+        <w:rPr>
+          <w:b/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D239C4">
-[...5 lines deleted...]
-          <w:u w:val="single"/>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Конкурс проводится г. по адресу:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236A6D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>100022, Карагандинская</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>город</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Караганда,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>имени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Казыбек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Би, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ул. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>Гудермесская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 129</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Конкурсқа қатысу үшін құжаттарды қабылдау хабарландыру жарияланған күннен бастап жеті жұмыс күні ішінде жүзеге асырылады. </w:t>
-[...5 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:t xml:space="preserve">контактный </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">телефон: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>8-7212-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>42-27-14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Құжаттарды қабылдау сағат 13.00-ден 14.00-ге дейін түскі үзіліспен сағат 09.00-ден 17.00-ге дейін жүзеге асырылады. Құжаттар топтамасы эл поштаға да қабылданады: </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="00DC7586" w:rsidRPr="00DC7128">
+        <w:t>, электронный адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:history="1">
+        <w:r w:rsidRPr="006C2F75">
           <w:rPr>
             <w:rStyle w:val="a6"/>
-            <w:b/>
-            <w:w w:val="105"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:kern w:val="24"/>
           </w:rPr>
           <w:t>sch_91@kargoo.kz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="33C13969" w14:textId="1F9A93F2" w:rsidR="00DC7586" w:rsidRPr="00D239C4" w:rsidRDefault="00DC7586" w:rsidP="00DC7586">
-[...327 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="0725DE3A" w14:textId="582BC764" w:rsidR="00E463F7" w:rsidRPr="00B908DF" w:rsidRDefault="00E463F7" w:rsidP="00B908DF">
+      <w:pPr>
+        <w:framePr w:w="9341" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1061" w:y="266"/>
         <w:spacing w:before="16"/>
         <w:ind w:left="259"/>
-        <w:jc w:val="center"/>
-[...173 lines deleted...]
-          <w:w w:val="105"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...63 lines deleted...]
-        <w:r w:rsidRPr="00D239C4">
+        </w:rPr>
+        <w:t>Прием документов для участия в конкурсе осуществляется в течение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочих дней со дня публикации объявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">Прием документов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">осуществляется с 09.00 часов до 17:00 часов с перерывом на обед с 13.00 часов до 14.00 часов. Пакет документов принимается так же на эл почту </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:history="1">
+        <w:r w:rsidR="00A76226" w:rsidRPr="006C2F75">
           <w:rPr>
             <w:rStyle w:val="a6"/>
-            <w:b/>
-[...2 lines deleted...]
-            <w:lang w:eastAsia="en-US"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:kern w:val="24"/>
           </w:rPr>
           <w:t>sch_91@kargoo.kz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1DD9958A" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00D239C4" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+    <w:p w14:paraId="52CB0A79" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRPr="00543D16" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
+      <w:pPr>
+        <w:framePr w:w="9341" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1061" w:y="266"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и время </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>начала приема документов: 01.08.2023 г., 09.00ч.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-17.00ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="525DA5A7" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRPr="00543D16" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
+      <w:pPr>
+        <w:framePr w:w="9341" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1061" w:y="266"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и время </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>окончания приема документов: 09.08.2023г., 09.00ч.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-17.00ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA8E330" w14:textId="77777777" w:rsidR="00E463F7" w:rsidRDefault="00E463F7" w:rsidP="00E463F7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03209B62" w14:textId="77777777" w:rsidR="00E62217" w:rsidRDefault="00E62217" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14F5A44B" w14:textId="77777777" w:rsidR="003758E7" w:rsidRDefault="003758E7" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EAC92BD" w14:textId="77777777" w:rsidR="003758E7" w:rsidRDefault="003758E7" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D861DB3" w14:textId="77777777" w:rsidR="003758E7" w:rsidRDefault="003758E7" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D2E28FB" w14:textId="77777777" w:rsidR="003758E7" w:rsidRDefault="003758E7" w:rsidP="00E829DE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E129FB5" w14:textId="77777777" w:rsidR="00B908DF" w:rsidRDefault="00B908DF" w:rsidP="00B908DF">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="85"/>
+        <w:ind w:left="0" w:right="1346"/>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0169E77A" w14:textId="5C91B421" w:rsidR="003758E7" w:rsidRPr="00FA5F2C" w:rsidRDefault="00B908DF" w:rsidP="00B908DF">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:before="85"/>
+        <w:ind w:left="0" w:right="1346"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="003758E7" w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Объявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E1E79F" w14:textId="77777777" w:rsidR="003758E7" w:rsidRPr="00FA5F2C" w:rsidRDefault="003758E7" w:rsidP="003758E7">
       <w:pPr>
         <w:spacing w:before="16"/>
-        <w:ind w:left="259"/>
+        <w:ind w:left="1117" w:right="1346"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>проведении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">на занятие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>вакантн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 01.08.23 по 09.08.2023</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="337F905C" w14:textId="77777777" w:rsidR="003758E7" w:rsidRDefault="003758E7" w:rsidP="003758E7">
+      <w:pPr>
+        <w:spacing w:before="2" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="259" w:right="515"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="9"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>образования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="16"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное учреждение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="13"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Общеобразовательная Школа № 91» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-58"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>отдела</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>города</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Караганды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>управления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="41"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Карагандинской</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA5F2C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FD1F74F" w14:textId="77777777" w:rsidR="003758E7" w:rsidRPr="00451C72" w:rsidRDefault="003758E7" w:rsidP="003758E7">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C72">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Основная деятельность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C72">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C72">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> реализация общеобразовательных программ основного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00451C72">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75095C06" w14:textId="77777777" w:rsidR="003758E7" w:rsidRPr="00600A8C" w:rsidRDefault="003758E7" w:rsidP="003758E7">
+      <w:pPr>
+        <w:spacing w:before="10" w:line="247" w:lineRule="auto"/>
+        <w:ind w:left="259" w:right="515"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>нахождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>государственного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>учреждения:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>100022, Карагандинская</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>город</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Караганда,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>имени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Казыбек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Би, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00600A8C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...80 lines deleted...]
-    </w:p>
+        </w:rPr>
+        <w:t>ул. Гудермесская 129</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="031C5994" w14:textId="77777777" w:rsidR="003758E7" w:rsidRPr="00631BB5" w:rsidRDefault="003758E7" w:rsidP="003758E7">
+      <w:pPr>
+        <w:spacing w:before="3"/>
+        <w:ind w:left="259"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Номер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="35"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>телефона:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="47"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>8-7212-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>42-27-14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71A53EEE" w14:textId="77777777" w:rsidR="003758E7" w:rsidRDefault="003758E7" w:rsidP="003758E7">
+      <w:pPr>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="259"/>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>электронной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="37"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">почты: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:history="1">
+        <w:r w:rsidRPr="006C2F75">
+          <w:rPr>
+            <w:rStyle w:val="a6"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:kern w:val="24"/>
+          </w:rPr>
+          <w:t>sch_91@kargoo.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6B6C2B32" w14:textId="77777777" w:rsidR="003758E7" w:rsidRDefault="003758E7" w:rsidP="003758E7">
+      <w:pPr>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="259"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FC1FBF3" w14:textId="77777777" w:rsidR="003758E7" w:rsidRPr="00451C72" w:rsidRDefault="003758E7" w:rsidP="003758E7">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:spacing w:after="8"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Объявляе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="31"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FEB6A93" w14:textId="77777777" w:rsidR="003758E7" w:rsidRDefault="003758E7" w:rsidP="003758E7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="10348" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4972"/>
-        <w:gridCol w:w="2268"/>
-        <w:gridCol w:w="3108"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="3392"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F0F5C" w:rsidRPr="00631BB5" w14:paraId="0F7B9184" w14:textId="77777777" w:rsidTr="002C7D26">
+      <w:tr w:rsidR="003758E7" w:rsidRPr="00631BB5" w14:paraId="11B9C472" w14:textId="77777777" w:rsidTr="00372D44">
         <w:trPr>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E73C7AC" w14:textId="51598A10" w:rsidR="007F0F5C" w:rsidRPr="00A65815" w:rsidRDefault="00A65815" w:rsidP="002C7D26">
+          <w:p w14:paraId="45646650" w14:textId="77777777" w:rsidR="003758E7" w:rsidRPr="00A76226" w:rsidRDefault="003758E7" w:rsidP="002C7D26">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:ind w:left="283" w:hanging="65"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A65815">
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Бос лауазымның және (немесе) уақытша бос лауазымның атауы</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="48"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>вакантной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="43"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="43"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-55"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(или)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="33"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>временно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>вакантной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60E1733E" w14:textId="2089B079" w:rsidR="007F0F5C" w:rsidRPr="00A65815" w:rsidRDefault="00A65815" w:rsidP="002C7D26">
+          <w:p w14:paraId="37B5EDE5" w14:textId="77777777" w:rsidR="003758E7" w:rsidRDefault="003758E7" w:rsidP="002C7D26">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:ind w:left="395" w:right="388"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00631BB5">
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Количество</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="59743412" w14:textId="77777777" w:rsidR="003758E7" w:rsidRPr="000C3FE7" w:rsidRDefault="003758E7" w:rsidP="002C7D26">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="395" w:right="388"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мұғалімдер саны</w:t>
+              </w:rPr>
+              <w:t>учителей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3108" w:type="dxa"/>
+            <w:tcW w:w="3392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="440F0690" w14:textId="6898ABB7" w:rsidR="007F0F5C" w:rsidRPr="004F7B01" w:rsidRDefault="00A65815" w:rsidP="002C7D26">
+          <w:p w14:paraId="59FE7420" w14:textId="77777777" w:rsidR="003758E7" w:rsidRPr="00A76226" w:rsidRDefault="003758E7" w:rsidP="002C7D26">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:ind w:left="513" w:right="194" w:firstLine="382"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A65815">
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Еңбекақы</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A65815">
+              <w:t>Оплата труда</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
+                <w:spacing w:val="1"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A65815">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:w w:val="105"/>
-[...7 lines deleted...]
-            <w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(оклад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:w w:val="105"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A65815">
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:w w:val="105"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00A65815">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>без</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:w w:val="105"/>
+                <w:spacing w:val="32"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A65815">
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:b/>
-                <w:w w:val="105"/>
-[...15 lines deleted...]
-              <w:t>)</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>надбавок)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F0F5C" w:rsidRPr="00D038D6" w14:paraId="133B0525" w14:textId="77777777" w:rsidTr="002C7D26">
+      <w:tr w:rsidR="003758E7" w:rsidRPr="00D038D6" w14:paraId="2F584C21" w14:textId="77777777" w:rsidTr="00372D44">
         <w:trPr>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="128A2835" w14:textId="204E9038" w:rsidR="007F0F5C" w:rsidRPr="004F7B01" w:rsidRDefault="00A65815" w:rsidP="002C7D26">
+          <w:p w14:paraId="1EB21492" w14:textId="77777777" w:rsidR="003758E7" w:rsidRPr="002D7696" w:rsidRDefault="003758E7" w:rsidP="002C7D26">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="274" w:lineRule="exact"/>
               <w:ind w:left="283" w:hanging="65"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00A65815">
+            <w:r w:rsidRPr="00A76226">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...105 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00D038D6">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Старший вожатый (1 ставка)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59353605" w14:textId="77777777" w:rsidR="007F0F5C" w:rsidRPr="00D038D6" w:rsidRDefault="007F0F5C" w:rsidP="002C7D26">
+          <w:p w14:paraId="30CBDFA2" w14:textId="77777777" w:rsidR="003758E7" w:rsidRPr="00D038D6" w:rsidRDefault="003758E7" w:rsidP="002C7D26">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="7"/>
               <w:ind w:left="395" w:right="388"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D038D6">
               <w:rPr>
                 <w:bCs/>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3108" w:type="dxa"/>
+            <w:tcW w:w="3392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69664391" w14:textId="4B4A08F6" w:rsidR="007F0F5C" w:rsidRPr="00D038D6" w:rsidRDefault="003538EF" w:rsidP="003538EF">
+          <w:p w14:paraId="184F2557" w14:textId="77777777" w:rsidR="003758E7" w:rsidRPr="00372D44" w:rsidRDefault="00372D44" w:rsidP="002C7D26">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="274" w:lineRule="exact"/>
-              <w:ind w:right="194"/>
-[...1 lines deleted...]
-                <w:b/>
+              <w:ind w:left="513" w:right="194" w:firstLine="382"/>
+              <w:rPr>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...237 lines deleted...]
-                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:bCs/>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...13 lines deleted...]
-              <w:ind w:right="194"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372D44">
               <w:rPr>
                 <w:w w:val="105"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="ru-RU"/>
-[...72 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              </w:rPr>
+              <w:t>т 124586 до 168121</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="465A5838" w14:textId="6C85B60A" w:rsidR="007F0F5C" w:rsidRDefault="007F0F5C" w:rsidP="007F0F5C">
+    <w:p w14:paraId="696D5970" w14:textId="77777777" w:rsidR="003758E7" w:rsidRDefault="003758E7" w:rsidP="003758E7"/>
+    <w:p w14:paraId="230D1A85" w14:textId="77777777" w:rsidR="003758E7" w:rsidRDefault="003758E7" w:rsidP="003758E7">
       <w:pPr>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1401" w:y="413"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Общие квалификационные требования к участникам конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48BF2B52" w14:textId="77777777" w:rsidR="003758E7" w:rsidRDefault="003758E7" w:rsidP="003758E7">
+      <w:pPr>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A65815">
-[...820 lines deleted...]
-        <w:t>;</w:t>
+    </w:p>
+    <w:p w14:paraId="68EDBBCF" w14:textId="77777777" w:rsidR="003758E7" w:rsidRPr="003758E7" w:rsidRDefault="003758E7" w:rsidP="003758E7">
+      <w:pPr>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003758E7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое образование или техническое и профессиональное образование по направлению "Педагогика", или документ, подтверждающий педагогическую переподготовку без предъявления требований к стажу работы;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...580 lines deleted...]
-    <w:p w14:paraId="60A57FDD" w14:textId="6D469C0B" w:rsidR="003E37AD" w:rsidRDefault="00A65815" w:rsidP="00E829DE">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003758E7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>и (или) при наличии высшего или среднего уровня квалификации стаж работы по специальности: для педагога-модератора не менее 3 лет, для педагога-эксперта и педагога-исследователя не менее 4 лет;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003758E7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>и (или) при наличии высшего уровня квалификации стаж работы в должности вожатого для педагога-мастера – не менее 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="034AD7EF" w14:textId="77777777" w:rsidR="003758E7" w:rsidRPr="003758E7" w:rsidRDefault="003758E7" w:rsidP="00E829DE">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...84 lines deleted...]
-    <w:p w14:paraId="1A0D1524" w14:textId="77777777" w:rsidR="00A65815" w:rsidRDefault="00A65815" w:rsidP="00E829DE">
+    </w:p>
+    <w:p w14:paraId="694A963B" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00993F31" w:rsidRDefault="003758E7" w:rsidP="00993F31">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F0F5C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Должностные обязанности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993F31">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>способствует развитию деятельности детских общественных организаций, объединений "Жас қыран", "Жас ұлан", дебата, школьного парламента;</w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">помогает обучающимся в планировании деятельности их объединений, организаций, способствует обновлению содержания и форм их деятельности; осуществляет работу с учетом возрастных интересов и потребностей детей и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>подростков;организует</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коллективно-творческую деятельность; </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>обеспечивает условия для широкого информирования детей и подростков о действующих организациях, объединениях;</w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>создает благоприятные условия, позволяющие обучающимся проявлять гражданскую и нравственную позицию, реализовать свои интересы и потребности;</w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>проводит культурно-массовую, патриотическую работу в организации образования, оказывает классным руководителям содействие в организации воспитательной работы, познавательного досуга детей;</w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>организует детские и молодежные организации, дебаты, ученическое самоуправление, школьные или студенческие парламенты, волонтерские движения;</w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>заботится о здоровье и безопасности обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>организует их отдых в период каникул;</w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>изучает и использует инновационный опыт работы с обучающимися;</w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организовывает общественно-полезную работу "Служение обществу", "Поклонение Родине", </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>"Уважение к старшим", "Уважение к матери";</w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>проводит работу по подбору и подготовке руководителей (организаторов) первичных коллективов детских организаций, объединений;</w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>работает в тесном контакте с органами самоуправления и педагогическим коллективом организации образования, общественными организациями, родителями обучающихся или лицами, их заменяющими;</w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>прививает антикоррупционную культуру, принципы академической честности среди обучающихся, воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D724E4B" w14:textId="77777777" w:rsidR="003758E7" w:rsidRDefault="003758E7" w:rsidP="00993F31">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55328390" w14:textId="77777777" w:rsidR="00993F31" w:rsidRDefault="00993F31" w:rsidP="00993F31">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007243DC">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Требования к участникам конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DEE0FF2" w14:textId="77777777" w:rsidR="00993F31" w:rsidRDefault="00993F31" w:rsidP="00993F31">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00E66839" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00E463F7" w:rsidRDefault="00993F31" w:rsidP="00993F31">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E463F7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2238F3C1" w14:textId="77777777" w:rsidR="00993F31" w:rsidRDefault="00993F31" w:rsidP="00993F31">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DEBEA8F" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00993F31" w:rsidRDefault="00993F31" w:rsidP="00993F31">
+      <w:pPr>
+        <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:b/>
-[...8 lines deleted...]
-        <w:t>Лауазымдық міндеттері:</w:t>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="z63" w:history="1">
+        <w:r w:rsidRPr="00993F31">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Конституцию</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00993F31">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Об образовании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00993F31">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="z33" w:history="1">
+        <w:r w:rsidRPr="00993F31">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>" и иные нормативные правовые акты по вопросам образования;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...10 lines deleted...]
-        <w:t>білім беру процесі кезінде балалардың өмірі мен денсаулығын қорғау үшін жағдай жасауды қамтамасыз етеді; мемлекеттік жалпыға міндетті білім беру стандартының талаптарына, мектепке дейінгі тәрбие мен оқытудың үлгілік оқу жоспарына сәйкес сабақ кестесіне сәйкес педагогикалық процесті жүзеге асырады; балалар қызметіне (ойын, шығармашылық, танымдық, қозғалыс, бейнелеу, еңбек, эксперименттік, дербес және өзге де)басшылық етеді;</w:t>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>педагогику и психологию, физиологию, гигиену, закономерности и тенденцию развития детского движения;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...53 lines deleted...]
-    <w:p w14:paraId="7AEEB0DE" w14:textId="77777777" w:rsidR="00A65815" w:rsidRDefault="00E829DE" w:rsidP="00E829DE">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993F31">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>нормы педагогической этики; методику организации досуговой деятельности, отдыха, развлечений; основы трудового законодательства, правила безопасности и охраны труда, противопожарной защиты, санитарные правила и нормы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E92652C" w14:textId="77777777" w:rsidR="00993F31" w:rsidRDefault="00993F31" w:rsidP="00993F31">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...73 lines deleted...]
-    <w:p w14:paraId="047F30D9" w14:textId="77777777" w:rsidR="003758E7" w:rsidRPr="00A65815" w:rsidRDefault="003758E7" w:rsidP="00E62217">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31403CE6" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00E62217" w:rsidRDefault="00993F31" w:rsidP="00993F31">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:spacing w:before="17"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4A90D3E7" w14:textId="77777777" w:rsidR="003837BA" w:rsidRDefault="003837BA" w:rsidP="003837BA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Перечень</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:spacing w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>необходимые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:spacing w:val="33"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>участия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:spacing w:val="35"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:spacing w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E62217">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="086D1D53" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00236A6D" w:rsidRDefault="00993F31" w:rsidP="00993F31">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:b/>
-[...13 lines deleted...]
-    <w:p w14:paraId="311E2906" w14:textId="77777777" w:rsidR="003837BA" w:rsidRDefault="003837BA" w:rsidP="003837BA">
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00236A6D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема документов, указанных в объявлении, направляет следующие документы в электронном или бумажном виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D0A9D7E" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00215475" w:rsidRDefault="00993F31" w:rsidP="00993F31">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...61 lines deleted...]
-    <w:p w14:paraId="6D18986E" w14:textId="77777777" w:rsidR="003837BA" w:rsidRDefault="003837BA" w:rsidP="003837BA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="z469" w:history="1">
+        <w:r w:rsidRPr="00215475">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>приложению 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B48C848" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00215475" w:rsidRDefault="00993F31" w:rsidP="00993F31">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="639C9837" w14:textId="77777777" w:rsidR="003837BA" w:rsidRDefault="003837BA" w:rsidP="003837BA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3238665F" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00215475" w:rsidRDefault="00993F31" w:rsidP="00993F31">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-    <w:p w14:paraId="09885152" w14:textId="77777777" w:rsidR="003837BA" w:rsidRDefault="003837BA" w:rsidP="003837BA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38BC19DD" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00215475" w:rsidRDefault="00993F31" w:rsidP="00993F31">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...35 lines deleted...]
-    <w:p w14:paraId="4DA47A60" w14:textId="77777777" w:rsidR="003837BA" w:rsidRDefault="003837BA" w:rsidP="003837BA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2338F47A" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00215475" w:rsidRDefault="00993F31" w:rsidP="00993F31">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="39F78892" w14:textId="77777777" w:rsidR="003837BA" w:rsidRPr="005468A9" w:rsidRDefault="003837BA" w:rsidP="003837BA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B07A0D8" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00215475" w:rsidRDefault="00993F31" w:rsidP="00993F31">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="683F1EC1" w14:textId="77777777" w:rsidR="003837BA" w:rsidRDefault="003837BA" w:rsidP="003837BA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00215475">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB264F8" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00215475" w:rsidRDefault="00993F31" w:rsidP="00993F31">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="588BCA86" w14:textId="77777777" w:rsidR="003837BA" w:rsidRDefault="003837BA" w:rsidP="003837BA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD86A84" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00215475" w:rsidRDefault="00993F31" w:rsidP="00993F31">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="05E54C8D" w14:textId="77777777" w:rsidR="003837BA" w:rsidRDefault="003837BA" w:rsidP="003837BA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="057B1D6D" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00215475" w:rsidRDefault="00993F31" w:rsidP="00993F31">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="48B676D8" w14:textId="77777777" w:rsidR="003837BA" w:rsidRDefault="003837BA" w:rsidP="003837BA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F249F69" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00215475" w:rsidRDefault="00993F31" w:rsidP="00993F31">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="1AFA0A19" w14:textId="77777777" w:rsidR="003837BA" w:rsidRPr="005468A9" w:rsidRDefault="003837BA" w:rsidP="003837BA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B045D8F" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00215475" w:rsidRDefault="00993F31" w:rsidP="00993F31">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="05621B74" w14:textId="77777777" w:rsidR="003837BA" w:rsidRDefault="003837BA" w:rsidP="003837BA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      11) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:anchor="z484" w:history="1">
+        <w:r w:rsidRPr="00215475">
+          <w:rPr>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>приложению 11</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1185E555" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00215475" w:rsidRDefault="00993F31" w:rsidP="00993F31">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="1FC3F7BA" w14:textId="77777777" w:rsidR="003837BA" w:rsidRDefault="003837BA" w:rsidP="003837BA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>      12) видеопрезентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 x 480.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58BBB210" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00215475" w:rsidRDefault="00993F31" w:rsidP="00993F31">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="3C035218" w14:textId="77777777" w:rsidR="003837BA" w:rsidRPr="005468A9" w:rsidRDefault="003837BA" w:rsidP="003837BA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>     Кандидат при наличии представляет дополнительную информацию, касающуюся его образования, опыта работы, профессионального уровня (копии документов о повышении квалификации, присвоении ученых/академических степеней и званий, научных или методических публикациях, квалификационных категорий, рекомендации от руководства предыдущего места работы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33AAF4E4" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00236A6D" w:rsidRDefault="00993F31" w:rsidP="00993F31">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="285" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...17 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D239C4">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00215475">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236A6D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
-          <w:lang w:val="kk-KZ"/>
-[...50 lines deleted...]
-          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Отсутствие одного из документов настоящих Правил, является основанием для возврата документов кандидату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4081A9F1" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00543D16" w:rsidRDefault="00993F31" w:rsidP="00993F31">
+      <w:pPr>
+        <w:framePr w:w="9341" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1061" w:y="266"/>
+        <w:rPr>
+          <w:b/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Конкурсқа қатысу үшін құжаттарды қабылдау хабарландыру жарияланған күннен бастап жеті жұмыс күні ішінде жүзеге асырылады. </w:t>
-[...5 lines deleted...]
-          <w:spacing w:val="2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Конкурс проводится г. по адресу:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236A6D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>100022, Карагандинская</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>город</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-55"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Караганда,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>имени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t>Казыбек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:w w:val="105"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Би, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ул. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>Гудермесская</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00600A8C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 129</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Құжаттарды қабылдау сағат 13.00-ден 14.00-ге дейін түскі үзіліспен сағат 09.00-ден 17.00-ге дейін жүзеге асырылады. Құжаттар топтамасы эл поштаға да қабылданады: </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="003538EF" w:rsidRPr="00D239C4">
+        <w:t xml:space="preserve">контактный </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">телефон: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:t>8-7212-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t>42-27-14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, электронный адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00631BB5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:history="1">
+        <w:r w:rsidRPr="006C2F75">
           <w:rPr>
             <w:rStyle w:val="a6"/>
-            <w:b/>
-[...2 lines deleted...]
-            <w:lang w:eastAsia="en-US"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:kern w:val="24"/>
           </w:rPr>
           <w:t>sch_91@kargoo.kz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7C5E8E9F" w14:textId="77777777" w:rsidR="00D239C4" w:rsidRPr="00D239C4" w:rsidRDefault="00D239C4" w:rsidP="00D239C4">
-[...378 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="49615798" w14:textId="245FA38A" w:rsidR="00993F31" w:rsidRPr="00B908DF" w:rsidRDefault="00993F31" w:rsidP="00B908DF">
+      <w:pPr>
+        <w:framePr w:w="9341" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1061" w:y="266"/>
         <w:spacing w:before="16"/>
         <w:ind w:left="259"/>
-        <w:jc w:val="center"/>
-[...172 lines deleted...]
-          <w:w w:val="105"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:kern w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...63 lines deleted...]
-        <w:r w:rsidRPr="00D239C4">
+        </w:rPr>
+        <w:t>Прием документов для участия в конкурсе осуществляется в течение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> семи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочих дней со дня публикации объявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">Прием документов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:t xml:space="preserve">осуществляется с 09.00 часов до 17:00 часов с перерывом на обед с 13.00 часов до 14.00 часов. Пакет документов принимается так же на эл почту </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:history="1">
+        <w:r w:rsidR="00A76226" w:rsidRPr="006C2F75">
           <w:rPr>
             <w:rStyle w:val="a6"/>
-            <w:b/>
-[...2 lines deleted...]
-            <w:lang w:eastAsia="en-US"/>
+            <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+            <w:kern w:val="24"/>
           </w:rPr>
           <w:t>sch_91@kargoo.kz</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:left="259"/>
+      <w:r w:rsidR="00B908DF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="366A4247" w14:textId="05FC8731" w:rsidR="00993F31" w:rsidRPr="00543D16" w:rsidRDefault="00B908DF" w:rsidP="00993F31">
+      <w:pPr>
+        <w:framePr w:w="9341" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1061" w:y="266"/>
+        <w:rPr>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Бос </w:t>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005956FB">
-[...5 lines deleted...]
-        <w:t>лауазымға</w:t>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>время</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005956FB">
-[...46 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...375 lines deleted...]
-    <w:p w14:paraId="068D4345" w14:textId="3BCB376F" w:rsidR="00106EA0" w:rsidRDefault="005956FB" w:rsidP="00E829DE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>начала приема документов: 01.08.2023 г., 09.00ч.</w:t>
+      </w:r>
+      <w:r w:rsidR="00993F31" w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-17.00ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257D7264" w14:textId="77777777" w:rsidR="00993F31" w:rsidRPr="00993F31" w:rsidRDefault="00993F31" w:rsidP="00993F31">
       <w:pPr>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...87 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">и время </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>окончания приема документов: 09.08.2023г., 09.00ч.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543D16">
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2624 lines deleted...]
-    <w:sectPr w:rsidR="00993F31" w:rsidRPr="00D239C4" w:rsidSect="00D239C4">
+        <w:t>-17.00ч.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00993F31" w:rsidRPr="00993F31" w:rsidSect="00F62744">
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="851" w:right="985" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...19 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...155 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="235"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005223D8"/>
-    <w:rsid w:val="00055A43"/>
     <w:rsid w:val="00106EA0"/>
-    <w:rsid w:val="00257FEE"/>
-    <w:rsid w:val="002824C8"/>
     <w:rsid w:val="002D7696"/>
-    <w:rsid w:val="003538EF"/>
+    <w:rsid w:val="002F16E2"/>
+    <w:rsid w:val="00372D44"/>
     <w:rsid w:val="003758E7"/>
-    <w:rsid w:val="003837BA"/>
     <w:rsid w:val="003E37AD"/>
     <w:rsid w:val="00451C72"/>
     <w:rsid w:val="004C197A"/>
-    <w:rsid w:val="004F7B01"/>
     <w:rsid w:val="005223D8"/>
-    <w:rsid w:val="005468A9"/>
-    <w:rsid w:val="005956FB"/>
+    <w:rsid w:val="00585B7D"/>
     <w:rsid w:val="00704376"/>
     <w:rsid w:val="007243DC"/>
     <w:rsid w:val="007F0F5C"/>
     <w:rsid w:val="00922D5A"/>
     <w:rsid w:val="00993F31"/>
-    <w:rsid w:val="00A65815"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B31299"/>
+    <w:rsid w:val="00A31462"/>
+    <w:rsid w:val="00A76226"/>
+    <w:rsid w:val="00B908DF"/>
     <w:rsid w:val="00BA54C7"/>
-    <w:rsid w:val="00D239C4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DC7586"/>
     <w:rsid w:val="00E463F7"/>
     <w:rsid w:val="00E62217"/>
+    <w:rsid w:val="00E634E6"/>
     <w:rsid w:val="00E829DE"/>
     <w:rsid w:val="00F62744"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1EB8D836"/>
-  <w15:docId w15:val="{40BC0966-0E96-D747-8726-08EF8F2DD2B7}"/>
+  <w14:docId w14:val="2B4720B9"/>
+  <w15:docId w15:val="{6E486A7C-8F50-3943-88CC-937C64C57D74}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13480,51 +14258,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -13935,542 +14713,201 @@
     <w:rsid w:val="007243DC"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="130513636">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="147089370">
-[...52 lines deleted...]
-    </w:div>
     <w:div w:id="412048793">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="544366206">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="587544110">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="611326758">
-[...149 lines deleted...]
-    </w:div>
     <w:div w:id="628362167">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="699430855">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="864250583">
-[...25 lines deleted...]
-    </w:div>
     <w:div w:id="1091975773">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-    </w:div>
-[...25 lines deleted...]
-      </w:divsChild>
     </w:div>
     <w:div w:id="1267882661">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1383753977">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1480851640">
-[...25 lines deleted...]
-    </w:div>
     <w:div w:id="1653827189">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1787314362">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1812407380">
-[...52 lines deleted...]
-    </w:div>
     <w:div w:id="2060280140">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z020000343_" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/B940001400_" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z970000151_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch_91@kargoo.kz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -14724,86 +15161,74 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>15</Pages>
-[...1 lines deleted...]
-  <Characters>35233</Characters>
+  <Pages>16</Pages>
+  <Words>6717</Words>
+  <Characters>38293</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>293</Lines>
-  <Paragraphs>82</Paragraphs>
+  <Lines>319</Lines>
+  <Paragraphs>89</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>41332</CharactersWithSpaces>
+  <CharactersWithSpaces>44921</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>tokabekova@outlook.com</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>