--- v0 (2025-10-25)
+++ v1 (2025-12-07)
@@ -1,2608 +1,10871 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="03033B77" w14:textId="5924FA43" w:rsidR="008475E8" w:rsidRDefault="008475E8" w:rsidP="00732F96">
+    <w:p w14:paraId="3FAD3C3C" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00DD4BF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008475E8">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ОБЪЯВЛЕНИЕ О ПРОВЕДЕНИИ КОНКУРСА НА ВАКАНТНОЕ МЕСТО ПЕДАГОГИЧЕСКОГО РАБОТНИКА</w:t>
+        <w:t xml:space="preserve">ПЕДАГОГ ҚЫЗМЕТКЕРДІҢ БОС ОРНЫНА </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="060E1414" w14:textId="77777777" w:rsidR="00732F96" w:rsidRDefault="00732F96" w:rsidP="00732F96">
+    <w:p w14:paraId="73ECA7FB" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00DD4BF8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КОНКУРС ӨТКІЗУ ТУРАЛЫ ХАБАРЛАНДЫРУ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58F52E62" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00DD4BF8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a5"/>
-        <w:tblW w:w="9571" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="9570" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
-        <w:gridCol w:w="2835"/>
-        <w:gridCol w:w="6202"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="6485"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007D44B2" w14:paraId="3FA645E1" w14:textId="77777777" w:rsidTr="00086C26">
+      <w:tr w:rsidR="00DD4BF8" w14:paraId="0D45FC20" w14:textId="77777777" w:rsidTr="00121F13">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51015C83" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00121F13">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C46F18B" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00121F13">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ұйымының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08AD472D" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00121F13">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A904F7A" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00121F13">
+            <w:pPr>
+              <w:ind w:firstLine="317"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қарағанды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>облысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>басқармасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қарағанды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қаласы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бөлімінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>егі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бөбекжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>коммуналдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қазыналық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кәсіпорны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD4BF8" w14:paraId="0CD3DF02" w14:textId="77777777" w:rsidTr="00121F13">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50E61464" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00121F13">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25A92615" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00121F13">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мекен-жайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6526C0BA" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2925"/>
+                <w:tab w:val="left" w:pos="9498"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Ұйымның мекенжайы: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ABC9C41" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2925"/>
+                <w:tab w:val="left" w:pos="9498"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қарағанды қаласы, Қазыбек би атындағы аудан, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50C326AE" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2925"/>
+                <w:tab w:val="left" w:pos="9498"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Б. Хмельницкий көшесі, 23-құрылыс,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69AFBC79" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2925"/>
+                <w:tab w:val="left" w:pos="9498"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тел. 8 (7212) 33-55-91, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15DE50F1" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2925"/>
+                <w:tab w:val="left" w:pos="9498"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>э/почта: detsad111@mail.ru, сайт https://kargoo.kz/</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD4BF8" w14:paraId="14CC6DD6" w14:textId="77777777" w:rsidTr="00121F13">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="371EFEB5" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00121F13">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B1E3B53" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00121F13">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бос </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лауазым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5C0140" w14:textId="77777777" w:rsidR="006712CD" w:rsidRDefault="006712CD" w:rsidP="00121F13">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагог-психолог 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставкаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72421F72" w14:textId="6D870210" w:rsidR="00DD4BF8" w:rsidRDefault="006712CD" w:rsidP="00121F13">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD4BF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқыту тілі: қазақ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, орыс</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DBD5E02" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00121F13">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD4BF8" w14:paraId="7C3CF855" w14:textId="77777777" w:rsidTr="00121F13">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="019E6F02" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36153F0C" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6820865A" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42CF0B94" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Функционалдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>міндеттері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F529F25" w14:textId="06EAFA8C" w:rsidR="006712CD" w:rsidRPr="006712CD" w:rsidRDefault="006712CD" w:rsidP="006712CD">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="295"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жастағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>психологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әл-ауқатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>етуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қалыпқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>келтіруге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бағытталған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>асырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37EB971A" w14:textId="23802A7E" w:rsidR="006712CD" w:rsidRPr="006712CD" w:rsidRDefault="006712CD" w:rsidP="006712CD">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="295"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      баланың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дамуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мінез-құлқындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>проблемаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>анықтайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>психикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>эмоционалдық-коммуникативтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тұлғалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> даму </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ерекшеліктеріне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>психологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диагностика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жүргізеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>психологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қорытынды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жасайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C6BCF25" w14:textId="01E75A4F" w:rsidR="006712CD" w:rsidRPr="006712CD" w:rsidRDefault="006712CD" w:rsidP="006712CD">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="295"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жастағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тұлғасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дамуына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кедергі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>келтіретін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>факторларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>анықтайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әртүрлі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>психологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>психопрофилактикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дамытушылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>консультациялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көмек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсетеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59D47EEF" w14:textId="78A23565" w:rsidR="006712CD" w:rsidRPr="006712CD" w:rsidRDefault="006712CD" w:rsidP="006712CD">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="295"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қажет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ерекше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қажеттіліктерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бағалауға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қатысады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балаларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ерекше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қажеттіліктері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дамыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бағдарламаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сондай-ақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оны педагог-ассистент </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балалардағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>проблемалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мінез-құлықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жеңу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жөніндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бағдарламаларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жасайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кіші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>топтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>топтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дамыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сабақтары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>түрінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>асырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="203D77D0" w14:textId="398D311F" w:rsidR="006712CD" w:rsidRPr="006712CD" w:rsidRDefault="006712CD" w:rsidP="006712CD">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="295"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мектепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жастағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылықпен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дарынды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балаларға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>психологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қолдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсетеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>олардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дамуына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шығармашылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қабілеттерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ашуға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ықпал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77190498" w14:textId="64AC1ACE" w:rsidR="006712CD" w:rsidRPr="006712CD" w:rsidRDefault="006712CD" w:rsidP="006712CD">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="295"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ата-аналарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тәрбиешілерге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогтарға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>консультациялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көмек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсетеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D9A6BD8" w14:textId="6787ED6B" w:rsidR="006712CD" w:rsidRPr="006712CD" w:rsidRDefault="006712CD" w:rsidP="006712CD">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="295"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>белгіленген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құжаттаманы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жүргізеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кеңестердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмысына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ата-аналар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жиналыстарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сауықтыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тәрбиелеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоспарында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көзделген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іс-шараларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өткізу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жөніндегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қатысады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63893516" w14:textId="1C9DA9CD" w:rsidR="006712CD" w:rsidRPr="006712CD" w:rsidRDefault="006712CD" w:rsidP="006712CD">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="295"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құзыреттілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>арттырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жасына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балалармен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>психологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыстың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заманауи</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдістері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологияларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қолданады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57717C5D" w14:textId="638FBEF5" w:rsidR="006712CD" w:rsidRPr="006712CD" w:rsidRDefault="006712CD" w:rsidP="006712CD">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="295"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өмірін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>денсаулығын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құқықтарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қорғауды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ACD9795" w14:textId="37BCDDA4" w:rsidR="00DD4BF8" w:rsidRDefault="006712CD" w:rsidP="006712CD">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="295"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қауіпсіздігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбекті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қорғау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өртке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қарсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қорғау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қағидаларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сақтайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD4BF8" w14:paraId="7C555D5D" w14:textId="77777777" w:rsidTr="00121F13">
         <w:trPr>
-          <w:trHeight w:val="1434"/>
+          <w:trHeight w:val="1407"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E0CF8FB" w14:textId="73B64129" w:rsidR="007D44B2" w:rsidRPr="00B670DB" w:rsidRDefault="00B670DB" w:rsidP="006C50B1">
+          <w:p w14:paraId="4A0FC07A" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00121F13">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B670DB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...8 lines deleted...]
-              <w:t>.</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42B88A3B" w14:textId="77777777" w:rsidR="007D44B2" w:rsidRPr="00B670DB" w:rsidRDefault="00B670DB" w:rsidP="006C50B1">
+          <w:p w14:paraId="5957DBDD" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00121F13">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>Н</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007D44B2" w:rsidRPr="00B670DB">
+              <w:t>Еңбекақы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>аименование организации образования</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>мөлшері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>шарттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6202" w:type="dxa"/>
+            <w:tcW w:w="6486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C9BCA22" w14:textId="304E39A6" w:rsidR="007D44B2" w:rsidRPr="00B670DB" w:rsidRDefault="00B670DB" w:rsidP="00E013B5">
+          <w:p w14:paraId="1A9A9B6F" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00121F13">
             <w:pPr>
-              <w:ind w:firstLine="317"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B670DB">
-[...72 lines deleted...]
-              <w:t>зования Карагандинской области.</w:t>
+          </w:p>
+          <w:p w14:paraId="3849A540" w14:textId="1BA3C5EA" w:rsidR="00DD4BF8" w:rsidRDefault="006712CD" w:rsidP="00121F13">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00086C26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>152</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00086C26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">761 </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD4BF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тенге </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD4BF8" w:rsidRPr="007511AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD4BF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00086C26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>218</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00086C26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>558</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD4BF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D44B2" w14:paraId="479E1239" w14:textId="77777777" w:rsidTr="00086C26">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00DD4BF8" w14:paraId="27E7943A" w14:textId="77777777" w:rsidTr="00121F13">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68D3A62C" w14:textId="46277B69" w:rsidR="007D44B2" w:rsidRPr="00B670DB" w:rsidRDefault="00B670DB" w:rsidP="006C50B1">
+          <w:p w14:paraId="71EBC62C" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00121F13">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B670DB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...8 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A9AD33C" w14:textId="77777777" w:rsidR="007D44B2" w:rsidRPr="00E013B5" w:rsidRDefault="007D44B2" w:rsidP="006C50B1">
+          <w:p w14:paraId="7D1E7CE4" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00121F13">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E013B5">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Кандидатқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>талаптары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6202" w:type="dxa"/>
+            <w:tcW w:w="6486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="346BDF1D" w14:textId="77777777" w:rsidR="00732F96" w:rsidRDefault="00B01726" w:rsidP="00B01726">
+          <w:p w14:paraId="56C1FBCE" w14:textId="753D1B09" w:rsidR="006712CD" w:rsidRPr="006712CD" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
             <w:pPr>
-              <w:pBdr>
-[...581 lines deleted...]
-              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:firstLine="295"/>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00086C26">
-[...8 lines deleted...]
-              <w:t>осуществляет деятельность, направленную на обеспечение и нормализацию психологического и социального благополучия детей дошкольного возраста;</w:t>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Психология</w:t>
+            </w:r>
+            <w:r w:rsidR="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бағыты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> психология</w:t>
+            </w:r>
+            <w:r w:rsidR="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бейіні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Психология</w:t>
+            </w:r>
+            <w:r w:rsidR="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бейіні</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қайта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>даярлауды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>медициналық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білімін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтіліне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>талап</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қойылмайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006712CD" w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="366940A8" w14:textId="77777777" w:rsidR="00086C26" w:rsidRPr="00086C26" w:rsidRDefault="00086C26" w:rsidP="00086C26">
-[...734 lines deleted...]
-          <w:p w14:paraId="7BC045CE" w14:textId="6BDDAC1D" w:rsidR="007D44B2" w:rsidRPr="00B670DB" w:rsidRDefault="00086C26" w:rsidP="00086C26">
+          <w:p w14:paraId="6AE5EC3E" w14:textId="77777777" w:rsidR="006712CD" w:rsidRPr="006712CD" w:rsidRDefault="006712CD" w:rsidP="006712CD">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:line="285" w:lineRule="atLeast"/>
               <w:ind w:firstLine="295"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00086C26">
-[...8 lines deleted...]
-              <w:t xml:space="preserve">      и (или) при наличии высшего уровня квалификации стаж работы по специальности для педагога-мастера – 5 лет.</w:t>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктілігінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орта </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кезде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: педагог-модератор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F7DCB28" w14:textId="3B7EF868" w:rsidR="00DD4BF8" w:rsidRDefault="006712CD" w:rsidP="006712CD">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:line="285" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="295"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктілігінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кезде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006712CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D44B2" w14:paraId="5DB5A8DC" w14:textId="77777777" w:rsidTr="00086C26">
+      <w:tr w:rsidR="00DD4BF8" w14:paraId="70FE4BC5" w14:textId="77777777" w:rsidTr="00121F13">
         <w:trPr>
-          <w:trHeight w:val="878"/>
+          <w:trHeight w:val="1154"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13A690E7" w14:textId="021E283A" w:rsidR="007D44B2" w:rsidRPr="00B670DB" w:rsidRDefault="006C50B1" w:rsidP="006C50B1">
+          <w:p w14:paraId="7A2E2E9D" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00121F13">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>7.</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve"> 7. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7811A3B7" w14:textId="77777777" w:rsidR="007D44B2" w:rsidRPr="00B670DB" w:rsidRDefault="00937737" w:rsidP="006C50B1">
+          <w:p w14:paraId="58BF2A0E" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00121F13">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>С</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B670DB" w:rsidRPr="00B670DB">
+              <w:t>Құжаттарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>рок приема документов</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6202" w:type="dxa"/>
+            <w:tcW w:w="6486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="791B7583" w14:textId="77777777" w:rsidR="00B01726" w:rsidRDefault="007511AD" w:rsidP="006C50B1">
+          <w:p w14:paraId="38BD4004" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00121F13">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E013B5">
-[...7 lines deleted...]
-            <w:r w:rsidR="00B01726">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Құжаттарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57C28D5A" w14:textId="700FDF4A" w:rsidR="007D44B2" w:rsidRPr="00E013B5" w:rsidRDefault="007511AD" w:rsidP="006C50B1">
+          <w:p w14:paraId="4F4DA6A1" w14:textId="4F1FEB63" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00121F13">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E013B5">
-[...15 lines deleted...]
-            <w:r w:rsidR="0057646A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2023 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r w:rsidR="006712CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00E013B5" w:rsidRPr="00E013B5">
-[...7 lines deleted...]
-            <w:r w:rsidR="0057646A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006712CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>октября</w:t>
-[...25 lines deleted...]
-            <w:r w:rsidR="0057646A">
+              <w:t>қазан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дан 2</w:t>
+            </w:r>
+            <w:r w:rsidR="006712CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="00E013B5" w:rsidRPr="00E013B5">
-[...7 lines deleted...]
-            <w:r w:rsidR="0057646A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006712CD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>октября</w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> года. </w:t>
+              <w:t>қазан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B670DB" w14:paraId="0E2F4B27" w14:textId="77777777" w:rsidTr="00086C26">
+      <w:tr w:rsidR="00DD4BF8" w14:paraId="486132E7" w14:textId="77777777" w:rsidTr="00121F13">
         <w:trPr>
-          <w:trHeight w:val="12700"/>
+          <w:trHeight w:val="4952"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D1BE0BB" w14:textId="59F9FCE1" w:rsidR="00B670DB" w:rsidRPr="00B670DB" w:rsidRDefault="00B670DB" w:rsidP="006C50B1">
+          <w:p w14:paraId="66ADCA3D" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
             <w:pPr>
-              <w:spacing w:before="240"/>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B670DB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>8</w:t>
-[...8 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5189337C" w14:textId="77777777" w:rsidR="00B670DB" w:rsidRPr="00B670DB" w:rsidRDefault="00937737" w:rsidP="006C50B1">
+          <w:p w14:paraId="343461CC" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="552"/>
               </w:tabs>
-              <w:spacing w:before="240"/>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>П</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007511AD">
+              <w:t>Құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>еречень документов</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>тізімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6202" w:type="dxa"/>
+            <w:tcW w:w="6486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1788F5D0" w14:textId="77777777" w:rsidR="007511AD" w:rsidRPr="007511AD" w:rsidRDefault="007511AD" w:rsidP="007511AD">
+          <w:p w14:paraId="5898AE91" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="459"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007511AD">
-[...5 lines deleted...]
-              <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема документов, указанных в объявлении, направляет следующие документы в электронном или бумажном виде:</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қатысуға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ниет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>білдірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>адам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>хабарландыруда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>құжаттарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>мерзімінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>төмендегі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>құжаттарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қағаз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>түрінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>жібереді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C4AF743" w14:textId="77777777" w:rsidR="007511AD" w:rsidRPr="007511AD" w:rsidRDefault="007511AD" w:rsidP="007511AD">
+          <w:p w14:paraId="746DDA3F" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="459"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="z172"/>
-[...6 lines deleted...]
-              <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов;</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>онкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пен  қ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>оса</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>беріліп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>отырған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>тізбесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>көрсет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62FCC936" w14:textId="77777777" w:rsidR="007511AD" w:rsidRPr="007511AD" w:rsidRDefault="007511AD" w:rsidP="007511AD">
+          <w:p w14:paraId="355AA078" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="459"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z173"/>
-[...7 lines deleted...]
-              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>сәйкестендіру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16C010D5" w14:textId="77777777" w:rsidR="007511AD" w:rsidRPr="007511AD" w:rsidRDefault="007511AD" w:rsidP="007511AD">
+          <w:p w14:paraId="70CADF8D" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="459"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="z174"/>
-[...7 lines deleted...]
-              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>парақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>мекен-жайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>болған жағдайда</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61528AA7" w14:textId="77777777" w:rsidR="007511AD" w:rsidRPr="007511AD" w:rsidRDefault="007511AD" w:rsidP="007511AD">
+          <w:p w14:paraId="31EF1AC3" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="459"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="z175"/>
-[...7 lines deleted...]
-              <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="369E0940" w14:textId="77777777" w:rsidR="007511AD" w:rsidRPr="007511AD" w:rsidRDefault="007511AD" w:rsidP="007511AD">
+          <w:p w14:paraId="3CE26C1A" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="459"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="z176"/>
-[...7 lines deleted...]
-              <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67D5BB42" w14:textId="0B9B0250" w:rsidR="007511AD" w:rsidRPr="007511AD" w:rsidRDefault="007511AD" w:rsidP="007511AD">
+          <w:p w14:paraId="555A034D" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="459"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="z177"/>
-[...33 lines deleted...]
-            <w:r w:rsidRPr="007511AD">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>6) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" Қазақстан </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D7DB91B" w14:textId="77777777" w:rsidR="007511AD" w:rsidRPr="007511AD" w:rsidRDefault="007511AD" w:rsidP="007511AD">
+          <w:p w14:paraId="793D835A" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="459"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="z178"/>
-[...7 lines deleted...]
-              <w:t>7) справку с психоневрологической организации;</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B330A64" w14:textId="77777777" w:rsidR="007511AD" w:rsidRPr="007511AD" w:rsidRDefault="007511AD" w:rsidP="007511AD">
+          <w:p w14:paraId="47E5007E" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="459"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="z179"/>
-[...7 lines deleted...]
-              <w:t>8) справку с наркологической организации;</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>Наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6022600A" w14:textId="77777777" w:rsidR="007511AD" w:rsidRPr="007511AD" w:rsidRDefault="007511AD" w:rsidP="007511AD">
+          <w:p w14:paraId="3750B1B9" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="459"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="8" w:name="z180"/>
-[...7 lines deleted...]
-              <w:t>9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>модератордан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21CB44F0" w14:textId="77777777" w:rsidR="007511AD" w:rsidRPr="007511AD" w:rsidRDefault="007511AD" w:rsidP="007511AD">
+          <w:p w14:paraId="2DBED8C8" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="459"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="9" w:name="z182"/>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>педагогтің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бос </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бос </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E2074D8" w14:textId="77777777" w:rsidR="00B670DB" w:rsidRPr="007511AD" w:rsidRDefault="00844F10" w:rsidP="007511AD">
+          <w:p w14:paraId="0D8F2A94" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="006712CD">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="459"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="11" w:name="z184"/>
-[...17 lines deleted...]
-            <w:bookmarkEnd w:id="11"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жұмыс </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ұзақтығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 15 минут</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>бейнепрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>., 720 x 480</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>минималды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>ажыратымдылықпен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="05D0F22E" w14:textId="77777777" w:rsidR="00E85DD4" w:rsidRDefault="00E85DD4" w:rsidP="00DE79B8">
+    <w:p w14:paraId="53EA982A" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00DD4BF8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69DC71B3" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00DD4BF8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4902D630" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00DD4BF8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CDFDA70" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00DD4BF8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02CBBCDA" w14:textId="77777777" w:rsidR="00DD4BF8" w:rsidRDefault="00DD4BF8" w:rsidP="00DD4BF8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E209E97" w14:textId="77777777" w:rsidR="00E85DD4" w:rsidRDefault="00E85DD4" w:rsidP="00DE79B8">
-[...47 lines deleted...]
-    <w:sectPr w:rsidR="00E85DD4" w:rsidSect="00DE79B8">
+    <w:p w14:paraId="3EFC60BE" w14:textId="77777777" w:rsidR="00E43ADA" w:rsidRDefault="00E43ADA"/>
+    <w:sectPr w:rsidR="00E43ADA">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...95 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008475E8"/>
-[...31 lines deleted...]
-    <w:rsid w:val="00F9368B"/>
+    <w:rsidRoot w:val="00DD4BF8"/>
+    <w:rsid w:val="006712CD"/>
+    <w:rsid w:val="00AE3811"/>
+    <w:rsid w:val="00CB03EE"/>
+    <w:rsid w:val="00DD4BF8"/>
+    <w:rsid w:val="00E43ADA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="383313B2"/>
-  <w15:docId w15:val="{540F8BED-54EE-4972-B711-12C1EAB43539}"/>
+  <w14:docId w14:val="027B18ED"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{3E445FD6-B9FA-4186-82CF-CEF2FC1DB068}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2943,576 +11206,446 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...6 lines deleted...]
-    <w:rsid w:val="00F32AE8"/>
+    <w:rsid w:val="00DD4BF8"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-      <w:outlineLvl w:val="2"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...6 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...43 lines deleted...]
-  <w:style w:type="table" w:styleId="a5">
+  <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="007D44B2"/>
+    <w:rsid w:val="00DD4BF8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E013B5"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="006712CD"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
-  </w:style>
-[...22 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="439884490">
-[...38 lines deleted...]
-    <w:div w:id="1997680311">
+    <w:div w:id="615794203">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3930</Characters>
+  <Pages>4</Pages>
+  <Words>685</Words>
+  <Characters>3906</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4610</CharactersWithSpaces>
+  <CharactersWithSpaces>4582</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Пользователь</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Наталья Ракитина</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>