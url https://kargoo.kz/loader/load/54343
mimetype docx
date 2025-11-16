--- v0 (2025-11-15)
+++ v1 (2025-11-16)
@@ -1,1537 +1,6614 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p>
-[...88 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
-        <w:suppressLineNumbers w:val="0"/>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="770" w:firstLineChars="275"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="840" w:firstLineChars="300"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
-          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1235 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="770" w:firstLineChars="275"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-аналарға ақыл -кеңес т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ақыры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тақырыбы: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"БАЛА БАЛАБАҚШАҒА ТҮСКЕНДЕ НЕ БІЛУ КЕРЕК"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="840" w:firstLineChars="300"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="0" w:firstLineChars="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бейімделу кезеңі сіз шешім қабылдаған сәтте басталады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіздің балаңыз балабақшаға баратыны туралы. Барлығын анықтауға тырысыңыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сізді қызықтыратын сұрақтар мен әңгімелерде баланы оның өзгеруіне дайындаңыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмір. Балаңызбен бірге балабақшаға серуендеуге келіңіз. Баланы қызықтырыңызбалабақшада болып жатқан барлық нәрсе.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Біздің баламыз балабақшаға дайын екенін қалай анықтауға болады?</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Негізгі критерий-ата-аналардың дайындығы. Әзірге кем дегенде бір отбасы мүшесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл қадамның қажеттілігіне күмәндансаңыз, барлық сынақтар болса да, бала дайын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болмайды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керісінше көрсетіңіз. Тәжірибе көрсеткендей, ата-аналары бар балалар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олар балабақшаны жалғыз және ең оңтайлы нұсқа ретінде қабылдайды, үйренеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оған әлдеқайда жеңіл. Олар таңертең аз зиян келтіреді, тез бейімделеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балабақшаның режимі мен талаптары, тіпті аз ауырады. Бұл оңай түсіндіріледі. Қарапайым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ата-аналар өздерінің баламалары жоқ екенін түсініп, күмәнданбайды: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкін сізге қажет емес шығар?"- олар баламен сәйкесінше өткізеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дайындық жұмыстары.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баланы бақшаға берудің ең жақсы жасы қандай?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баланың жасына келетін болсақ, ата-аналар мүлдем бетпе-бет келуі мүмкін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл туралы қарама-қарсы пікірлер. Кейбір психологтар сенімді: оңай өтеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1,5 жастан 2 жасқа дейін және 3 жастан кейін бейімделу; басқалары баланы бақшаға берген дұрыс дейді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"мен" бекіту кезеңінде және тәуелсіз және ересек болуға деген ұмтылыс – 2 жастан 3 жасқа дейін.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бұл ұсыныстарды растайтын көптеген мысалдар бар, бірақ одан да көп жағдайлар бар,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оларды жоққа шығарады. Шын мәнінде, сөзсіз гүлденген жас жоқ-бұл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мәселені жеке шешу керек. Жалпы, оқуға түсу үшін ең қолайлы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балабақша бала сөйлей алатын, кастрюльді қолдана алатын кезең болып саналады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және қасықты өз бетіңізше аузыңызға әкеліңіз. Сонымен қатар, Dow-дің көпшілігі қабылдамайды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үш жасқа дейінгі балалар.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қандай жағдайда қабылдауды кейінге қалдырған дұрыс?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дәстүр бойынша, өмір сүру жағдайлары жақсы деп саналады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балабақшаға түсу уақытын белгілеңіз (көшу, ажырасу, екінші баланың туылуы және т.б.).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кейде бұл шынымен де болады. Кейбір жағдайларда Отбасы өміріндегі мұндай өзгерістер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мен плюс бола аламын және керісінше бейімделуді жеңілдете аламын. Егер, әрине, ата-аналар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланы дұрыс дайындаңыз. Мысалы, көшуді жоспарлау арқылы бүкіл отбасы дайындалуда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл жерде әркімнің жаңа маңызды дело болады. Балада бұл іс болады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның алғашқы оқу орнына түсу-балабақша. Әрбір нақты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайда соңғы сөз анамда қалады.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баланы балабақшаға қалай және қашан Дайындауды бастау керек?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер шешім қабылданған болса, уайымдауды тоқтатыңыз. Бәрі жақсы болады. Жобаламаңыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаға деген алаңдаушылығыңызды онымен мүмкін болатын асқынуларды талқыламаңыз. Оған тұрарлық емес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаға оның өмірінің идиллические суреттерін салу арқылы басқа шектен шығыңыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балабақша. Саналы қажеттілік позициясын ұстанған дұрыс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Толқудың орнына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ал алыс әңгімелер басқа аналардың тәжірибесін қабылдауға тұрарлық. Егер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оны қорытындылау үшін, баланы бақшаға дайындау кезінде сіз тек үш ережені сақтауыңыз керек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазірдің өзінде баратындарға қызығушылық пен қызғаныш сезімін ояту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баланы мереке ғана емес, жұмыс болатынына теңшеңіз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баланы балабақшамен мүмкіндігінше жақсы таныстыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балабақша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы мүмкіндігінше көбірек біліңіз. Түйсікке сеніңіз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балаға не үйрету керек?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бірінші кезекте-балабақшада не үйретілмейді. Бұл табиғи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>режим бойынша мүмкін болатын уақыттағы қажеттіліктер. Бұл қорқынышты және жағымсыз естіледі, бірақ солай. Елестетіп көріңізші,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>егер бала күнделікті дәретханаға барғысы келсе, өзін қалай сезінеді " бойынша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үлкен " таңертең серуендеу кезінде. Немесе ол үйреніп қалған болса, оны қандай азап күтеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дәретханаға тек үйде барыңыз. Сонымен қатар, баланы өз қалауы туралы айтуға үйрету керек.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бала мұны неғұрлым анық білсе, соғұрлым оның проблемалары аз болады. Әрине, бұл тұрарлық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйрену және ойнау, жеу және тыңдау, бірақ тұтастай алғанда, мұның бәрі балалар үшін өте оңай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олар қазірдің өзінде бақшада оқиды. Үй режимін балабақшаға күрт өзгерту мүмкін емес. Бірақ егер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бала сағат 11.00-де тұрады немесе оның күндізгі ұйқысы сағат 15.00-де, содан кейін үш айда басталады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақшаға кірер алдында оны түзетуді бастау керек. Келісіңіз, бала оңайырақ болады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл өзгерістерді үйде анасымен бірге, жаңа жерде бейтаныс адаммен бірге өткізіңіз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеші.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жиі жаңаға кірумен бірге жүретін аурулардың алдын алуға бола ма</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өмір?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Түскенге дейін. Сіз барлық балаларды қатайтуыңыз керек, ал балабақшаға баратын балалабақша – әсіресе. Жазда кез келген ауа райында үйде және жерде жалаңаяқ жүру -</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ең қарапайым және тиімді әдіс. Бұл иммундық жүйені ғана емес, сонымен қатар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүйке жүйесі. Кез-келген су процедуралары (душ, ванна, көл, теңіз) өте пайдалы.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баланы біртіндеп суық ішуге дағдыландырыңыз (айран, сүт, шырын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оңазытқыш). Балмұздақ дәмді ғана емес, сонымен қатар пайдалы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>температура контрастын. Балаларға арналған витаминдік кешендер туралы ұмытпаңыз және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЖРВИ алдын алу үшін ұзақ мерзімді әсер ететін гомеопатиялық препараттар және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұмау. Біздің экологиямыз қаншалықты қорқынышты болса да, балаға тырысу керек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әр түрлі су (бөтелкеден кранға дейін). Содан кейін ауыр түрдегі тосын сый</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұзылулар сізге аз қауіп төндіреді. Қысқасы, стерильділік аз. Егер сіз баланы балалар мекемелеріне қашан бергіңіз келсе, онда бұл туралы туғаннан бастап есте ұстаған жөн.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бала балабақшаға келгенде, ол тек балалармен ғана емес, сонымен бірге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ересектер, сонымен қатар әртүрлі патогендердің массасы. Қаншалықты күшті болса да</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың иммундық жүйесі болған жоқ, бұл өте үлкен жүктеме. Сондықтан ұсынылады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірінші айда келесі ережелерді орындаңыз:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 / жол жүру. Егер  үйден алыс болса, онда бірінші немесе екінші аптада жақсы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>таксиге отырыңыз немесе баланы жеке көлікпен алып жүріңіз. 3-4 аптада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз қоғамдық көлікпен жүруге тырыса аласыз, бірақ дәл осылай оралғаныңыз жөн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>таксиде немесе жеке көлікте. Үстеме, бірақ баланың иммундық жүйесі үшін бұл болады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жақсы көмек пен қолдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2 / бақшада болудың бірінші аптасы. "Үй-бақша" бағыты қатаң сақталуы керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бүйірлік бұрылыстар, ауытқулар жоқ. Қонаққа барудың және шақырудың қажеті жоқ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олар, серуендеу, бұқаралық іс-шараларға қатысу. Мұндай қатаң тәртіп иммундық жүйеге көмектеседі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың жүйесі балабақшадағы және балабақшадағы барлық патогендік тіршілік иелерімен танысады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл ауру. Бұл ережені бұзу күшті иммундық жүйеге әкелуі мүмкін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сапардың бірінші аптасында пневмонияға дейін (ауа-райына қарамастан).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3 / екінші-үшінші апта. Әлсіз, жиі ауыратын балалар үшін бірінші апта режимі жақсырақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осы уақытқа дейін ұзартыңыз. Қалғандары үйдің жанында жақсы жүре бастайды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>таныс балалар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4 / төртінші апта. Сіз басқа мекемелерге, музыкалық мекемелерге баруды жалғастыра аласыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектептер, студиялар және т. б.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алғашқы апталарды балабақшада қалай өткізуге болады?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бірінші кезең-балабақшаның жанында серуендеу жақсы. Содан кейін (келісімге қол қойылғаннан кейін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осы күннен бастап қабылдау үшін) балаңызбен бірге балабақшаның ауласында бірге жүріңіз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның тобының балаларымен және тәрбиешімен бірге оларды топтың есігіне апарыңыз," қараңыз"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірнеше минут ( сіз мұны сапарлар басталғанға дейін 1-2 күн бұрын жасай аласыз, тіпті одан да жақсы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>апта).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Екінші кезең-топтың кешкі серуеніне қосылыңыз; серуендегеннен кейін тоқтаңыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>топ, үй-жаймен, жағдаймен танысыңыз (мұны екіншісінде жасаған дұрыс</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күннің жартысы, өйткені көптеген балаларды ата-аналар сол уақытқа дейін бөлшектейді және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалімдер сізге және сіздің балаңызға уақыт келеді). Сіз 1 ші және 2 ші біріктіре аласыз</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бір күндік кезеңдер: таңертең келіңіз, содан кейін кешке келіп, топқа кіріңіз.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Үшінші кезең - баланы таңертең әкеліп, баланы топта 1-2 сағатқа қалдырыңыз,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұрын ол қазір балабақшада жаңа ойыншықтар ойнайтынын айтып, анам дүкенге барады және көп ұзамай оның артынан келеді. Бұл кезең ұзаққа созылуы мүмкін,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіздің балаңыз үшін ол әрқашан оның артында деген ойға үйренгенше қанша қажет</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келеді. Бұл кезеңнің ұзақтығын анықтауға сізге мұғалімдер көмектеседі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осы сағаттарда балаңызды бақылаңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Төртінші кезең - баланы күннің бірінші жартысына қалдырыңыз; кейін оған келіңіз</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түскі ас.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бесінші кезең-балаңызды ұйықтауға қалдырыңыз. Егер сіздің балаңыз ұйықтауға дағдыланған болс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наммен бірге бұл кезең өте стрессті болуы мүмкін. Тыңдаңыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиешілердің ұсыныстары, әдетте, оларда үлкен тәжірибе бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сұрақ бойынша, өзара шешімге келіңіз (мүмкін нәресте ұйықтауға дағдыланған шығар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>емізік, кейбір ойыншықтармен – бірінші рет бұл өте қолайлы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаңыздың әдеттері туралы тәрбиешіге хабарлаңыз). Келесі күндері біртіндеп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың балабақшада болу уақытын 2-3 аптаға көбейтіңіз.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сондықтан балаңызды балабақшаға жібергенде, бірден бар нәрсеге сенбеңіз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бос уақыт көп болады. Баланы біртіндеп үйрету керек. Алайда, жоқ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл процесті тым созыңыз, әйтпесе бала оған үйреніп кетуі мүмкін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олар басқа балалардан бұрын алынады және ол қандай да бір артықшылыққа ие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бұл Сіздің онымен қарым-қатынасыңызға да, теріс әсер етуі мүмкін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>топтағы балалармен қарым-қатынас.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жоғарыда аталған ережелер догма емес, ұсыныстар екенін есте ұстаған жөн. Бір балаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейімделу үшін тек бір апта, ал екіншісі – бір ай, тіпті екі ай қажет. Бұл ретте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екінші отбасының кем дегенде бір отбасы мүшесі болатыны сөзсіз, ол қарсы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балабақшаға түсу. Әрқашан есте сақтаңыз: баланың эмоционалды көңіл-күйі көбінесе ата-анасына байланысты.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ешқашан: "міне, сіз балабақшада жаман әрекет етесіз, олар сізді жазалайды"деген сияқты сөздерді айтпаңыз.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Таңертең балабақшаға барғанда, тыныштық жасауға тырысыңыз,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көңілді атмосфера, алдағы күнді оң көзқараспен талқылаңыз.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сонда ол сіз үшін де, бала үшін де сәтті болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баланың балабақшаға бейімделу кезеңінде ата-аналар қандай қателіктер жібереді?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Өкінішке орай, ата-аналардың өте кең таралған стратегиялары бар,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл бір қарағанда бақшаға үйренуді жеңілдетуі керек еді, ал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шындық тек жаңа проблемаларды тудырады.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бірінші Стратегия-идеализация. Баланы балабақшаға жібергенде, оған уәде бермеңіз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмақ өмірі. Өйткені, балалардың қиялы ересектерге қарағанда әлдеқайда бай, сондықтан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олар оңай пайда болады идеалдандырылған бейнелер. Бұл шамадан тыс кемпірқосақ болған кезде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың идеялары шындыққа тап болады (тіпті жақсы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шынында да), балада балабақшада теріс реакция мен көңілсіздік пайда болады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(балалар, тәрбиешілер және т.б.). Балаңызбен адал болыңыз: не туралы сөйлесіңіз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балабақша оған көңілді және қызықты болып қана қоймай, оған мойынсұну керек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеші, күнделікті тәртіпті сақтау, сыпайы және ұқыпты болу.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жұмысқа бару және өз міндеттеріңізді орындау керек сияқты түсіндіріңіз,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол балабақшаға баруы керек. Бұл оның "жұмысы" : ол оны неғұрлым жақсы және сәтті игерсе,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол не үйретсе, соғұрлым тезірек тәуелсіз және ересек болады.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Екінші Стратегия – "жұмыс-жұмыс". Сіз балаға тым қатал бола алмайсыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>("Уақыт келді-бұл уақыт келді!", "Қажет-бұл қажет, және жылайтын, жылайтын ештеңе жоқ!»). Әрине,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балабақша-бұл оның жаңа және өте жауапты міндеті, бірақ ата-аналар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кез-келген жаңа бастаушы (ересек немесе бала болсын)екенін есте сақтаңыз және түсініңіз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қателіктерге де, тәжірибелерге де құқығы бар.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Үшінші Стратегия-пара беру. Көптеген ата-аналар тікелей төлемді енгізуге тырысады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балабақшаға бару немесе қандай да бір жолмен баланың "азаптарын" өтеу, тақырыпты түзету</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның алдында ең кінәлі. Бұл тактика, біріншіден, балабақшаға баруды қояды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>төлемдерге тәуелділік (ата-ана мен жас бала арасындағы қарым-қатынас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>олар сау емес қаржылық сипатқа ие болады). Екіншіден, ата-аналар емес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азаптың ақшалай өтемақысы баланың иммунитетін түбегейлі бұзуы мүмкін,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейімделу кезеңінде әлсіреген (күнделікті аттракциондар, балмұздақ салоны,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балабақшадан кейінгі театрлар мен ойын-сауық орталықтары кішкентайлар үшін үлкен жүктеме болып табылады.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Төртінші Стратегия – талқылау. Бала кезінде сіз емес нәрсені талқылауға болмайды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балабақшада ұнайды. Мұндай әңгімелер балада байқалмай қалыптасуы мүмкін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиешілерге, қызметкерлерге, балаларға қатысты теріс.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бесінші Стратегия – "менің кедейім". Бұл барлық қателіктердің ішіндегі ең қорқыныштысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ата-аналық стратегиялар. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="-300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бұл балалары бар ата-аналарда кездеседі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке ерекшеліктер (көру, есту проблемалары, толықтық/арық, бұзушылықтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сөйлеу, созылмалы соматикалық аурулар). Бұл ата-аналар баласын бақшаға беру арқылы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаңызды басқа балаларды мазақ етуден құтқаруға тура келетініне алдын-ала дайындалыңыз. Кезінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл ата-аналар баланың нақты мәселелерін мүлдем ескермейді және мұны ұмытады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">балалардағы кешендер тек ата-аналардың "арқасында" пайда болады. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>да ешқандай проблема болған жоқ па? Солай болатынына сеніңіз!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балаға балабақшаға ойыншықтар алу керек пе?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балаңызға оны алуға рұқсат беру немесе тыйым салу арқылы дұрыс істеп жатқаныңызды ешкім айта алмайд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы бала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақша үй ойыншықтары. Бұл сіздің таңдауыңыз. Бірақ балаға оның екенін ескерту керек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойыншықты басқа бала да ойнай алады, ол сынуы, жоғалуы мүмкін.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бұл да болады: бала сүйікті ойыншықтарын ешнәрсе үшін үйде қалдырғысы келмеді, бірақ бір күні</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кенеттен ол оларды бұдан былай қабылдамайтынын айтты, өйткені балабақшада және олардың көпшілігі бар. "Не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл? - ата-аналар таңқалдырады, - ашкөздік көріністері?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бұл жастағы ашкөздік туралы айтуға әлі ерте. Ашкөздік баланы әлі де үйрету керек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>айтпақшы, бұл әдетте жомарттық сияқты пайдалы қасиет; олардан сезім пайда болады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>меншік. Бұл жағдайда баланың бірнеше себептері болуы мүмкін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетекшілік ету:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="840" w:firstLineChars="300"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Балабақшаға кірген балалар өздерімен бірге тірек деп аталатын нәрсені ала алады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нысан әдетте ойыншық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Бейімделу аяқталғаннан кейін объект болады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қажет емес.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-660" w:leftChars="-300" w:firstLine="840" w:firstLineChars="300"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Балабақша балалары өз балаларын әкелудің қаншалықты орынды екенін тез бағдарлайды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйден төрт жасқа дейін меншіктің бар сезімінің пайда болады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неліктен көпшілікті пайдалану тиімді.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-660" w:leftChars="-300" w:firstLine="840" w:firstLineChars="300"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Балалар өз ойыншықтарына өте құлшыныспен қарайды. Мүмкін бала жоқ шығар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиешілердің немесе достарының оның ойыншықтарына реакцияс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұнады және ол шешті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оларды үйде қалдыру қауіпсіз.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бір сөзбен айтқанда, сізде өсу туралы алаңдауға негіз жоқ.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ата-аналарға қиын болады, олардың балалары,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>керісінше, ойыншықсыз барудан бас тартады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мұндай жағдайларда ойыншықтарға салынған қаражат қаншалықты өкінішті болса да</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тұрарлық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">баланың жаңа ортадағы психологиялық </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>денсаулығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туралы ойланыңыз және қабылдаңыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның бақшаға бару қажеттілігі, егер анам мен әкем болмаса, ең болмағанда сүйікті ойыншықтар.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ана бала үшін қорқынышын қалай жеңе алады (мысалы, жазатайым оқиғалар және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиешілердің бақылауы, ол өзін жалғыз сезінетіні және т. б.)?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Күрделі және даулы сұрақ. Алдымен ананың артында не тұрғанын түсіну маңызды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорқыныш: өзінің тәжірибесі, қайғылы статистикасы, фильмдерінің кадрлары, мақалалары немесе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біреуге сену қиын сүйікті балаға деген сүйіспеншіліктен қиялдар.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Керісінше, қорқынышты азайтудың жалпы стратегиясы туралы айту керек.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бұл стратегияда пайдалануға пайдалы бірнеше қондырғылар бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>барлық ата-аналарға:</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-660" w:leftChars="-300" w:firstLine="840" w:firstLineChars="300"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Анасы баласын қандай жағдайда беруге дайын екенін өзі үшін анық анықтады.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="840" w:firstLineChars="300"/>
         <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Мен оған қол жетімді балабақшалар туралы барлық шолулармен таныстым.</w:t>
+      </w:r>
     </w:p>
-    <w:p/>
     <w:p>
       <w:pPr>
-        <w:rPr>
-          <w:lang w:val="en-US"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="840" w:firstLineChars="300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Мен барлық қаржылық мәселелерді бірден түсіндіруге батылдық таптым.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="840" w:firstLineChars="300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Мен өзім балабақшалар туралы жиналған барлық ақпараттың дұрыстығына көз жеткіздім.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сонымен қатар, заңды нормалармен танысуға тұрарлық екенін қоса аламынбалабақшаға бару және қатаң сақталуы керек ережелердің тізімін жасаңыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>төтенше жағдайдағы тәрбиешілер (кімге және қандай телефондарға қоңырау шалу керек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>төтенше жағдай, баланы кімге беруге болады және т. б.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анаңызбен қоштасу кезінде ашуланудың алдын - алу және оны қалай жеңуге болады?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кітаптар мен мақалаларда сіз кеңес таба аласыз: "балалар анасымен ажырасу өте қиын,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сондықтан, егер ананың орнына баламен бірінші күні балабақшаға барса жақсы болар еді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқа біреу, мысалы, ӘКЕ немесе әже". Бұл кеңес тек назар аударуға тұрарлық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>егер ананың балаға деген сүйіспеншілігі тым көп болса, бұл жағдайлар өте көп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қорқыныш немесе ананың өзі баланы бақшаға беруге дайын емес. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асқа жағдайларды кім алатыны маңызды емес. Ең</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастысы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ересек адам баланы оңай тастап кетуге дайын болды (көз жасына қарамастан), ал бала анық білді,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның артынан кім келеді. Егер ол жыласа, баламен таңертеңгі ажырасуды кешіктірудің қажеті жоқ:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оны шешіп, мұғалімнің қолына беріңіз, келген кезде айтыңыз және кетіңіз.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тәрбиеші сіздің балаңызды тыныштандыру және алаңдату үшін барлық шараларды қолданады.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Анасымен ажырасқанда жылайтын балалар сирек емес. Не шешпес бұрын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұндай жағдайларда мұғалімдерден кеткеннен кейін не болатынын білу керек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ата-ана. Егер анасы кеткеннен кейін бала өзін жақсы сезінсе, мұңаймайды,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол анасы туралы сұрамайды, күнделікті режимді оңай жеңе алады, содан кейін қажет болуы мүмкін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ажырасудың қазіргі "дәстүрін" өзгерту, жаңа рәсімдерді ойлап табу.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бала анасына белгілі бір терезеден қол бұлғайды деп келісіңіз оған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>анам көшеге шыққанда әлі де жүгіру керек, бұл қайғылы ойлардан алшақтатады.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алайда, анасы болмаған кезде қатты қобалжыған балалар бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оралуды күту уақыты. Егер аналар жоқ болса, олардың ұйқысы нашарлайды және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәбет, кейде олар тамақтан бас тартады және жатпайды. Әдетте, бұл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалардың мінез-құлқы ересектердің мінез-құлқының салдары болып табылады. Мазасыздықтың жоғарылауы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аналар, баланың өміріндегі өз рөлін дұрыс бағаламау, оны көргісі келмеу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мінез-құлық ересектерді манипуляциялау элементтері-осы себептердің барлығы бір немесе басқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дәрежелер мұндай мінез-құлықты тудыруы мүмкін. Бұл жағдайда анам керек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ішкі күйіңізді өзгертіңіз.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балабақшаға дайындық кезеңінде баланы алдын-ала үйрету пайдалы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың өзі анасынан сұрағысы келетін жағдайларды тудырып, ажырасу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шығу. Мысалы, ол анасына тосын сый жасауы керек немесе ол ойнап жүрді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>достар, сізге дүкен керек. Ұзақ уақыт кетіп, ересектерден емес, баладан бақылауды сұраңыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйдегі тәртіптің артында. Оған тапсырмалар беріңіз, сіз үшін бірдеңе істеуді сұраңыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>келіңіздер, тамақ ішетін немесе ұйықтайтын уақытты қадағалаңыз. Кезінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кездесуде кішкентайыңыздан өмір сүрген күні туралы егжей тегжейлі сұраңыз және жетістіктері үшін мақтаңыз,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сізге қаншалықты көп жұмыс істегеніңізді айтыңыз, өйткені ол сізге көмектесті.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әрине, сіздің ажырасуларыңыз балабақшаның табалдырығында болған кезде баланы мадақтауды ұмытпаңыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">олар тыныш жүре бастайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="840" w:firstLineChars="300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:rPr>
-          <w:lang w:val="en-US"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рас, кейде бала болатынына дайын болу керек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сізді кешкі жылаумен қарсы алыңыз. Қорықпаңыз: бұл оның жаман екенін білдірмейді, жай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз өзіңіздің тәжірибеңізді анаңызға қандай да бір жолмен жеткізіп, нәзіктіктің бір бөлігін алуыңыз керек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Баланы жыламас бұрын оны еркелетуге тырысыңыз.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер бала балабақшада тамақтанғысы келмесе ше?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Екі жағдай болуы мүмкін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="840" w:firstLineChars="300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Сіздің балаңызды тамақтандыру қиын ба? Мен жоқтыққа тап болуым керек еді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәбет, тамақтанудағы селективтілік, баяулық? Мәзірді мүмкіндігінше жақындатыңыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балаңызды балабақшаға апарыңыз, тамақ арасындағы тағамдарды жойыңыз. Төмендетуге тырысыңыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол тұтынатын тағамның калория мөлшері, бұл біраз уақыттан кейін мыналарға әкелуі мүмкін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тәбетті жақсарту. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>роблемалары туралы сөйлесу керек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиеші және медбике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="840" w:firstLineChars="300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Сізде жақсы тамақтанатын балаңыз бар, бірақ ол тамаққа, оның көлеміне сәйкес келмейді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе ыдыс-аяқтың үйлесімінде. Мүмкін, бала үйде әжесінің ертегілерін жеген шығар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тек әдеттегі ынталандырулар жетіспейді. Тәрбиешілерге мұны түсінуге көмектесіңіз және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жағдайдан шығудың жолын бірге іздеңіз. Қалай болғанда да баланы тамақтандыруға тыйым салу керек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>күшпен немесе қорқыту. Тәрбиешіден ешқандай түсініктемесіз тазалауды сұраңыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түскі ас уақыты аяқталған кезде үстел табақшасы. Егер ересектер екпін бермесе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тамаққа назар аударыңыз, бірақ нәрестеге оның аш немесе жоқ екенін шешуге мүмкіндік беріңіз, тәбет,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мүмкін ол өзіне оралады.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Егер бала регрессияны көрсетсе не істеу керек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дамуда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өздігінен тамақтанудан бас тартады және т. б.)?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бұл құбылыстардың болуы іс жүзінде әрдайым баланың бақшаға дайын говоритстігін көрсетеді,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>психологиялық немесе физиологиялық дайындықтың болмауы. Біріншісі күресу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сізге психолог (балабақша немесе бөгде адам) жеке көмектеседі. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұнда физиологиялық туралы бәріне бірге ойлауға болады. Мәселе қандай болуы мүмкін? Жоқ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үйде бала дәретханаға шынымен қалаған кезде ғана баруға дағдыланған болуы мүмкін, оны алдын-ала жасау оған тән емес. Немесе ешқашан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мен басқа біреудің дәретханасын қолдандым. Немесе анамның нұсқауынсыз тамақтануды үйренбеді. Немесе жоқ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өз бетінше киінуді біледі…</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көптеген себептер болуы мүмкін. Бірақ олар қандай болса да, өзіңіз ұрыспаңыз және оған жол бермеңіз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиешілерге бала туады.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Неліктен бала тәрбиешілерді ұнатпайды?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мұндай жағдайлар себепсіз болмайды. Көбінесе екеуі болуы мүмкін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="840" w:firstLineChars="300"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Ата аналар бала кезінде тәрбиешінің барлық кемшіліктерін талқылайды және сол арқылы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балалардың сүйіспеншілігінің пайда болуына және тамырлануына ықпал етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-660" w:leftChars="-300" w:firstLine="658" w:firstLineChars="235"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Мұғалім оны ұнатпайтын нәрсе жасайды. Мұны түсіну үшін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>балабақшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болады, тек сұрақ қою жеткіліксіз. Сондықтан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>баланың табиғи ойынын үйде бақылаңыз немесе ұйымдастырыңыз. Бала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мұғалім мен балалар арасындағы негізгі диалогтар мен әдістер міндетті түрде жоғалады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жазалар және оған ұнайтын немесе ұнатпайтын барлық жағдайлар. Әрекет ету</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіз еститін нәрсеге сәйкес қажет. Қажет болуы мүмкін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбиешімен немесе тіпті меңгерушімен сөйлесіңіз.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Және соңғы. Сіздің балаңыз жаңа кезеңге үйренудің қиын кезеңінен өткенде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаңа адамдарға сеніңіз, балабақша оның екінші үйі болады және ол жүреді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ол жерде үлкен қуаныш пен тілек болады. Және бұл көбіне байланысты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сіздің балабақшамен қарым-қатынасыңыз.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:space="720" w:num="1"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
     <w:p>
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
@@ -1587,5928 +6664,371 @@
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="Malgun Gothic"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Malgun Gothic">
+    <w:panose1 w:val="020B0503020000020004"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="B67A1459"/>
+    <w:nsid w:val="417E1984"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="B67A1459"/>
+    <w:tmpl w:val="417E1984"/>
     <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:suff w:val="space"/>
-[...23 lines deleted...]
-      <w:pStyle w:val="34"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2040"/>
+          <w:tab w:val="left" w:pos="312"/>
         </w:tabs>
-        <w:ind w:left="2040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-[...187 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
-[...28 lines deleted...]
-  <w:num w:numId="11">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:displayBackgroundShape w:val="1"/>
   <w:embedSystemFonts/>
-  <w:bordersDoNotSurroundHeader w:val="1"/>
-[...1 lines deleted...]
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:bordersDoNotSurroundHeader w:val="0"/>
+  <w:bordersDoNotSurroundFooter w:val="0"/>
   <w:documentProtection w:enforcement="0"/>
-  <w:defaultTabStop w:val="708"/>
-  <w:hyphenationZone w:val="360"/>
+  <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
-  <w:displayHorizontalDrawingGridEvery w:val="0"/>
-[...1 lines deleted...]
-  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:displayHorizontalDrawingGridEvery w:val="1"/>
+  <w:displayVerticalDrawingGridEvery w:val="1"/>
+  <w:noPunctuationKerning w:val="1"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
-    <w:footnoteLayoutLikeWW8/>
-[...2 lines deleted...]
-    <w:forgetLastTabAlignment/>
     <w:adjustLineHeightInTable/>
-    <w:doNotUseHTMLParagraphAutoSpacing/>
-[...5 lines deleted...]
-    <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
-    <w:useWord2002TableStyleRules/>
-[...1 lines deleted...]
-    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
-    <w:allowSpaceOfSameStyleInTable/>
-[...8 lines deleted...]
-    <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="7FD615C1"/>
-[...136 lines deleted...]
-    <w:rsid w:val="7FD615C1"/>
+    <w:rsidRoot w:val="00000000"/>
+    <w:rsid w:val="01757BA6"/>
+    <w:rsid w:val="07F01116"/>
+    <w:rsid w:val="20CD4514"/>
+    <w:rsid w:val="370D5028"/>
+    <w:rsid w:val="442D6840"/>
+    <w:rsid w:val="4B9936E3"/>
+    <w:rsid w:val="4B9D4A1A"/>
+    <w:rsid w:val="639F28A2"/>
+    <w:rsid w:val="75257ADA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="SimSun" w:cs="Times New Roman"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 2"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 3"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 4"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 5"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 6"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 7"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 8"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 9"/>
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 1"/>
-[...22 lines deleted...]
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index heading"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="caption"/>
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of figures"/>
-[...2 lines deleted...]
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of figures"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope return"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote reference"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation reference"/>
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="line number"/>
-[...20 lines deleted...]
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="line number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="page number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of authorities"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="macro"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toa heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 5"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Title"/>
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Closing"/>
-[...9 lines deleted...]
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Message Header"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Closing"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Signature"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:name="Default Paragraph Font"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Message Header"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Subtitle"/>
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Salutation"/>
-[...10 lines deleted...]
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="FollowedHyperlink"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Salutation"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Date"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Note Heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Block Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="FollowedHyperlink"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Strong"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Emphasis"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Document Map"/>
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="E-mail Signature"/>
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal (Web)"/>
-[...9 lines deleted...]
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Variable"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal (Web)"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Acronym"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Cite"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Code"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Definition"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Keyboard"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Preformatted"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Sample"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Typewriter"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Variable"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Normal Table"/>
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation subject"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation subject"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 4"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 4"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 5"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 4"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 5"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 7"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 8"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 4"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 5"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 7"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 8"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Contemporary"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Elegant"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Professional"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 3"/>
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Balloon Text"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Theme"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
-[...201 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="11">
+  <w:style w:type="character" w:default="1" w:styleId="2">
     <w:name w:val="Default Paragraph Font"/>
     <w:semiHidden/>
-    <w:qFormat/>
     <w:uiPriority w:val="0"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="12">
+  <w:style w:type="table" w:default="1" w:styleId="3">
     <w:name w:val="Normal Table"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
-  </w:style>
-[...4956 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -7748,42 +7268,41 @@
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <Application>WPS Office_12.2.0.13215_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>Алмагул ясли-сад</dc:creator>
+  <dc:creator>Kaz</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1049-12.2.0.13215</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
-    <vt:lpwstr>FA82DBBFA975436AA1395771ED02F791_11</vt:lpwstr>
+    <vt:lpwstr>4C512F3BFF654AD69C863A2C0B330ED4_12</vt:lpwstr>
   </property>
 </Properties>
 </file>