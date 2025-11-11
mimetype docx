--- v0 (2025-10-16)
+++ v1 (2025-11-11)
@@ -1,3171 +1,3466 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="4EF0A6C2" w14:textId="6011E2DA" w:rsidR="004B7DB4" w:rsidRPr="00224003" w:rsidRDefault="004B7DB4" w:rsidP="00AC79D3">
-[...20 lines deleted...]
-          <w:szCs w:val="27"/>
+    <w:p w14:paraId="05ADFB40" w14:textId="77777777" w:rsidR="00F47C0F" w:rsidRDefault="00725B54" w:rsidP="00F47C0F">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00605A90">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00605A90">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Общеобразовательная школа</w:t>
+      </w:r>
+      <w:r w:rsidR="00F47C0F">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="688C03D2" w14:textId="712405B4" w:rsidR="0012010F" w:rsidRDefault="00725B54" w:rsidP="005E00D5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00605A90">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 46</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00605A90">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00605A90">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отдела образования города Караганды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00605A90">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управления образования Карагандинской области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725B54">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">объявляет конкурс на занятие вакантных должностей </w:t>
+      </w:r>
+      <w:r w:rsidR="0012010F">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогов на 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00903BAE">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00224003">
-[...2 lines deleted...]
-          <w:szCs w:val="27"/>
+      <w:r w:rsidR="0012010F">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="00E932D9">
-[...2 lines deleted...]
-          <w:szCs w:val="27"/>
+      <w:r w:rsidR="00903BAE">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00224003">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> оқу жылына педагогтердің бос лауазымдарына орналасуға конкурс жариялайды:</w:t>
+      <w:r w:rsidR="0012010F">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год по следующим специальностям</w:t>
+      </w:r>
+      <w:r w:rsidR="0012010F">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68331B8B" w14:textId="571F0AA1" w:rsidR="0014682B" w:rsidRDefault="005E0BD8" w:rsidP="009D5F77">
+    <w:p w14:paraId="26D57939" w14:textId="77777777" w:rsidR="001A3B2F" w:rsidRPr="001A3B2F" w:rsidRDefault="008E23C1" w:rsidP="00D228B2">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="0014682B">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A3B2F">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должность: </w:t>
+      </w:r>
+      <w:r w:rsidR="001A3B2F" w:rsidRPr="001A3B2F">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3B2F" w:rsidRPr="001A3B2F">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>оспитатель класса предшкольной подготовки с русским языком обучения– 1 единица.</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3B2F" w:rsidRPr="001A3B2F">
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0014682B">
-[...21 lines deleted...]
-        <w:t>Негізгі қызметі: мектеп тәрбиесі мен оқытудың жалпы білім беретін оқу бағдарламаларын іске асыру.</w:t>
+      <w:r w:rsidRPr="001A3B2F">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основная деятельность: </w:t>
+      </w:r>
+      <w:r w:rsidR="001A3B2F" w:rsidRPr="001A3B2F">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>реализация общеобразовательных учебных программ школьного воспитания и обучения.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="565FBBC4" w14:textId="77777777" w:rsidR="0014682B" w:rsidRPr="0014682B" w:rsidRDefault="005E0BD8" w:rsidP="00D23D42">
+    <w:p w14:paraId="655929A6" w14:textId="118D45CA" w:rsidR="001A3B2F" w:rsidRPr="001A3B2F" w:rsidRDefault="008E23C1" w:rsidP="001A3B2F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0014682B">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="0014682B">
+      <w:r w:rsidRPr="001A3B2F">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должность: </w:t>
+      </w:r>
+      <w:r w:rsidR="001A3B2F" w:rsidRPr="001A3B2F">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учитель математики</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3B2F">
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="001A3B2F" w:rsidRPr="001A3B2F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3B2F" w:rsidRPr="001A3B2F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на время декретного отпуска основного работника</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3B2F" w:rsidRPr="001A3B2F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A748D9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-1 единица.</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3B2F">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A3B2F">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основная деятельность: </w:t>
+      </w:r>
+      <w:r w:rsidR="001A3B2F" w:rsidRPr="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>реализация общеобразовательных программ предмета математика</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3B2F">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="401CCACA" w14:textId="77777777" w:rsidR="0014682B" w:rsidRDefault="0014682B" w:rsidP="0014682B">
+    <w:p w14:paraId="07AA0ED7" w14:textId="77777777" w:rsidR="001A3B2F" w:rsidRPr="001A3B2F" w:rsidRDefault="001A3B2F" w:rsidP="001A3B2F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:left="360"/>
+        <w:ind w:left="786"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69DE8303" w14:textId="31B32199" w:rsidR="002D1B6A" w:rsidRPr="0014682B" w:rsidRDefault="002D1B6A" w:rsidP="0014682B">
-[...81 lines deleted...]
-    <w:p w14:paraId="1F46F143" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8" w:rsidP="005E0BD8">
+    <w:p w14:paraId="05E191C7" w14:textId="6021DE8E" w:rsidR="00F82CC0" w:rsidRDefault="00725B54" w:rsidP="00F82CC0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="000D603E">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Местонахождение</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0EC3" w:rsidRPr="000D603E">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D603E">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>(адрес): 1000</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0EC3" w:rsidRPr="000D603E">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D603E">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>, Карагандинская область, город Караганда,</w:t>
+      </w:r>
+      <w:r w:rsidR="005919E5">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D603E">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>район</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0EC3" w:rsidRPr="000D603E">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Бокейхана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D603E">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>, ул.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0EC3" w:rsidRPr="000D603E">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Дружбы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D603E">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>, д.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0EC3" w:rsidRPr="000D603E">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>119</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D603E">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, телефон </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0EC3" w:rsidRPr="000D603E">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>47</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82CC0">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0EC3" w:rsidRPr="000D603E">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00F82CC0">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0EC3" w:rsidRPr="000D603E">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D603E">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766B0E0C" w14:textId="77777777" w:rsidR="00AA1FCA" w:rsidRPr="001A3B2F" w:rsidRDefault="00AA1FCA" w:rsidP="001A3B2F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24D29A52" w14:textId="2862E54E" w:rsidR="00F82CC0" w:rsidRDefault="001279E7" w:rsidP="003676D3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00605A90">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Размер оплаты </w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00605A90">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>а 16 часов</w:t>
+      </w:r>
+      <w:r w:rsidR="00725B54" w:rsidRPr="00725B54">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7503B913" w14:textId="042CB562" w:rsidR="003676D3" w:rsidRDefault="003676D3" w:rsidP="003676D3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9917" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblW w:w="10349" w:type="dxa"/>
+        <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="560"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="458"/>
+        <w:gridCol w:w="4675"/>
+        <w:gridCol w:w="1185"/>
+        <w:gridCol w:w="1290"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1701"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005E0BD8" w14:paraId="00B7EDC2" w14:textId="77777777" w:rsidTr="005E0BD8">
+      <w:tr w:rsidR="00762537" w:rsidRPr="00605A90" w14:paraId="62595FF5" w14:textId="77777777" w:rsidTr="001A3B2F">
         <w:trPr>
           <w:trHeight w:val="1248"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FA261F7" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+          <w:p w14:paraId="10979600" w14:textId="03CACD26" w:rsidR="00762537" w:rsidRPr="00762537" w:rsidRDefault="00762537" w:rsidP="00460519">
             <w:pPr>
-              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2920" w:type="dxa"/>
+            <w:tcW w:w="4342" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13953DA4" w14:textId="40AC168D" w:rsidR="005E0BD8" w:rsidRDefault="00224003">
+          <w:p w14:paraId="45FD39A0" w14:textId="4775E323" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00460519">
             <w:pPr>
-              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00605A90">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Наименование вакантной должности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F6A6842" w14:textId="0045CA70" w:rsidR="005E0BD8" w:rsidRPr="00224003" w:rsidRDefault="00224003">
+          <w:p w14:paraId="1E987808" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00460519">
             <w:pPr>
-              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Бірліктер </w:t>
+              </w:rPr>
+              <w:t>единицы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1290" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2132B52A" w14:textId="77777777" w:rsidR="00224003" w:rsidRDefault="00224003" w:rsidP="00224003">
+          <w:p w14:paraId="5A419AA1" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00460519">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00605A90">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Жүктеме көлемі</w:t>
+              </w:rPr>
+              <w:t>Объем нагрузки (в часах в неделю)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00605A90">
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68F7D93C" w14:textId="43A0B98B" w:rsidR="005E0BD8" w:rsidRPr="00224003" w:rsidRDefault="00224003">
+          <w:p w14:paraId="21D5F685" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00460519">
             <w:pPr>
-              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00605A90">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>Оқыту тілі</w:t>
+              </w:rPr>
+              <w:t>Язык обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0755C6CA" w14:textId="3CCACA1A" w:rsidR="005E0BD8" w:rsidRDefault="00224003">
+          <w:p w14:paraId="285F129A" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00460519">
             <w:pPr>
-              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001026E1">
+            <w:r w:rsidRPr="00605A90">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">16 </w:t>
+              <w:t>Размер оплаты на 16 часов</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E0BD8" w14:paraId="04B12CF6" w14:textId="77777777" w:rsidTr="005E0BD8">
+      <w:tr w:rsidR="00762537" w:rsidRPr="00605A90" w14:paraId="58162D8A" w14:textId="77777777" w:rsidTr="001A3B2F">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B28CBB3" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+          <w:p w14:paraId="2E69ABF7" w14:textId="162CDAD7" w:rsidR="00762537" w:rsidRPr="00A33B29" w:rsidRDefault="00762537" w:rsidP="00460519">
             <w:pPr>
-              <w:spacing w:line="256" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2920" w:type="dxa"/>
+            <w:tcW w:w="4342" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="571B498D" w14:textId="2AA4816D" w:rsidR="005E0BD8" w:rsidRPr="0014682B" w:rsidRDefault="0014682B">
+          <w:p w14:paraId="19C314D2" w14:textId="18CA7CAF" w:rsidR="00762537" w:rsidRPr="001A3B2F" w:rsidRDefault="001A3B2F" w:rsidP="00460519">
             <w:pPr>
-              <w:spacing w:line="256" w:lineRule="auto"/>
-              <w:rPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A3B2F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...7 lines deleted...]
-              <w:t>Мектепалды даярлық сыныбының тәрбиешісі</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A3B2F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оспитатель класса предшкольной подготовки с русским языком обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CE17C0D" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+          <w:p w14:paraId="6C027575" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00463AD1" w:rsidRDefault="00762537" w:rsidP="00460519">
             <w:pPr>
-              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1290" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0160EE5F" w14:textId="676B7038" w:rsidR="005E0BD8" w:rsidRPr="00402935" w:rsidRDefault="00402935">
+          <w:p w14:paraId="3560FA0C" w14:textId="397C4BF9" w:rsidR="00762537" w:rsidRPr="00D96B44" w:rsidRDefault="009901BC" w:rsidP="00460519">
             <w:pPr>
-              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>1 жүктеме</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D96B44">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EA55859" w14:textId="407B785E" w:rsidR="005E0BD8" w:rsidRPr="00D6085B" w:rsidRDefault="00D6085B">
+          <w:p w14:paraId="6465719A" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00460519">
             <w:pPr>
-              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00605A90">
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>орысша</w:t>
+              </w:rPr>
+              <w:t>русский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="283B441F" w14:textId="2EF1667E" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+          <w:p w14:paraId="22C41995" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00460519">
             <w:pPr>
-              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>102 820 т</w:t>
+              </w:rPr>
+              <w:t>От 102 820 тг (</w:t>
             </w:r>
-            <w:r w:rsidR="00D6085B">
+            <w:r w:rsidRPr="00605A90">
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">еңгеден бастап </w:t>
+              </w:rPr>
+              <w:t>126</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>(126 976)</w:t>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605A90">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>976</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E0BD8" w14:paraId="17390C76" w14:textId="77777777" w:rsidTr="005E0BD8">
+      <w:tr w:rsidR="00762537" w:rsidRPr="00605A90" w14:paraId="4612664A" w14:textId="77777777" w:rsidTr="001A3B2F">
         <w:trPr>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="458" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C1688B9" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+          <w:p w14:paraId="699AFD5C" w14:textId="51D41EC5" w:rsidR="00762537" w:rsidRPr="00A33B29" w:rsidRDefault="00762537" w:rsidP="00460519">
             <w:pPr>
-              <w:spacing w:line="256" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2920" w:type="dxa"/>
+            <w:tcW w:w="4342" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2787F341" w14:textId="68E62C36" w:rsidR="005E0BD8" w:rsidRPr="0014682B" w:rsidRDefault="0014682B">
+          <w:p w14:paraId="65DDDAC0" w14:textId="02CF0390" w:rsidR="00762537" w:rsidRPr="001A3B2F" w:rsidRDefault="001A3B2F" w:rsidP="00460519">
             <w:pPr>
-              <w:spacing w:line="256" w:lineRule="auto"/>
-              <w:rPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>Математика пәнінің мұғалімі</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A3B2F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>читель математики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="258BDA7C" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+          <w:p w14:paraId="0B1DECDE" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00463AD1" w:rsidRDefault="00762537" w:rsidP="00460519">
             <w:pPr>
-              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1290" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="014980AC" w14:textId="49BAEDB2" w:rsidR="005E0BD8" w:rsidRPr="00D6085B" w:rsidRDefault="0014682B">
+          <w:p w14:paraId="1614B075" w14:textId="4165B299" w:rsidR="00762537" w:rsidRPr="00D96B44" w:rsidRDefault="001A3B2F" w:rsidP="00460519">
             <w:pPr>
-              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>24 сағат</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BD9EDBE" w14:textId="0073F8AF" w:rsidR="005E0BD8" w:rsidRPr="00D6085B" w:rsidRDefault="00D6085B">
+          <w:p w14:paraId="32C227A3" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00460519">
             <w:pPr>
-              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00605A90">
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>орысша</w:t>
+              </w:rPr>
+              <w:t>русский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7282991E" w14:textId="470C1FF9" w:rsidR="005E0BD8" w:rsidRPr="00D6085B" w:rsidRDefault="005E0BD8">
+          <w:p w14:paraId="5D77555B" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00460519">
             <w:pPr>
-              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> 126 976 </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">От </w:t>
             </w:r>
-            <w:r w:rsidR="00D6085B">
+            <w:r w:rsidRPr="00605A90">
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>теңгеден бастап</w:t>
+              </w:rPr>
+              <w:t>126</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605A90">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>976</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="029FC863" w14:textId="4A994818" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8" w:rsidP="005E0BD8">
-      <w:pPr>
+    <w:p w14:paraId="2AE2D3E7" w14:textId="463F0AEE" w:rsidR="001637AA" w:rsidRDefault="00725B54" w:rsidP="00725B54">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00725B54">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Общие квалификационные требования к участникам конкурса: 1)</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> средне-специальное или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725B54">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">высшее (послевузовское) педагогическое образование по соответствующему профилю, или документ, подтверждающий педагогическую переподготовку. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1B48FB72" w14:textId="3F08E0A7" w:rsidR="00B130D6" w:rsidRPr="004B7DB4" w:rsidRDefault="004B7DB4" w:rsidP="004B7DB4">
+    <w:p w14:paraId="1A6DAAD6" w14:textId="77777777" w:rsidR="00A01A0E" w:rsidRDefault="00A01A0E" w:rsidP="001A3B2F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="348940EB" w14:textId="77777777" w:rsidR="00623501" w:rsidRDefault="00623501" w:rsidP="00725B54">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7070A92B" w14:textId="1405F747" w:rsidR="00623501" w:rsidRPr="001637AA" w:rsidRDefault="00725B54" w:rsidP="00A748D9">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01914">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725B54">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00725B54" w:rsidRPr="004B7DB4">
-[...133 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>осуществляет обучение и воспитание обучающихся с учетом специфики преподаваемого предмета, в соответствии с государственным общеобязательным стандартом образования;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, выявляет и содействует развитию индивидуальных способностей обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>воспитывает в обучающемся уважительное отношение к педагогу, учит соблюдать деловой стиль отношения и речевой этикет путем вежливого обращения по имени и отчеству педагога или прямого обращения "учитель/мұғалім";</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>составляет краткосрочные и среднесрочные (календарно-тематические) планы по предметам, задания для суммативного оценивания за раздел и суммативного оценивания за четверть;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>проводит анализ по итогам проведения суммативного оценивания за раздел и суммативного оценивания за четверть с комментариями;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>заполняет журналы (бумажные или электронные);</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечивает достижение личностных, системно-деятельностных, предметных результатов обучающимися и воспитанниками не ниже уровня, </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>предусмотренного государственным общеобязательным стандартом образования;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>участвует в разработке и выполнении учебных программ, в том числе программ для обучающихся с особыми образовательными потребностями, обеспечивает реализацию их в полном объеме в соответствии с учебным планом и графиком учебного процесса;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> создает условия для инклюзивного образования;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>адаптирует учебные программы с учетом индивидуальной потребности обучающегося с особыми образовательными потребностями;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>в специальных образовательных организациях осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальное преодоление отклонений в развитии с учетом специфики преподаваемого предмета;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>организовывает занятия в дистанционном режиме с использованием интерактивных учебных материалов и цифровых образовательных ресурсов;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>участвует в заседаниях методических объединений, ассоциации учителей, методических, педагогических советов, сетевых сообществ;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>участвует в педагогических консилиумах для родителей;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>консультирует родителей;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>повышает профессиональную компетентность;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>осуществляет сотрудничество с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>заполняет документы, перечень которых утвержден уполномоченным органом в области образования;</w:t>
+      </w:r>
+      <w:r w:rsidR="00986FE3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>прививает антикоррупционную культуру, принципы академической честности среди обучающихся и воспитанников.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09173EEA" w14:textId="77777777" w:rsidR="007908A0" w:rsidRDefault="00725B54" w:rsidP="0012010F">
-[...454 lines deleted...]
-    <w:p w14:paraId="081B494A" w14:textId="77777777" w:rsidR="004B0650" w:rsidRPr="007908A0" w:rsidRDefault="004B0650" w:rsidP="00096606">
+    <w:p w14:paraId="1CD920B3" w14:textId="77777777" w:rsidR="00C01914" w:rsidRDefault="00725B54" w:rsidP="00C01914">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-        <w:t>Конкурсқа қатысушыларға қойылатын талаптар:</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01914">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Требования к участникам конкурса: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04C1D73F" w14:textId="35999B81" w:rsidR="00096606" w:rsidRPr="009675E9" w:rsidRDefault="004B0650" w:rsidP="009675E9">
+    <w:p w14:paraId="081B3D47" w14:textId="5344DE03" w:rsidR="000C01D8" w:rsidRDefault="00725B54" w:rsidP="00A748D9">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...23 lines deleted...]
-      <w:r w:rsidR="00725B54" w:rsidRPr="00725B54">
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C01914">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725B54">
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00096606" w:rsidRPr="00096606">
-[...27 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:hyperlink r:id="rId6" w:anchor="z63" w:history="1">
+        <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+          <w:rPr>
+            <w:sz w:val="27"/>
+            <w:szCs w:val="27"/>
+          </w:rPr>
+          <w:t>Конституцию</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z2" w:history="1">
+        <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+          <w:rPr>
+            <w:sz w:val="27"/>
+            <w:szCs w:val="27"/>
+          </w:rPr>
+          <w:t>Об образовании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z4" w:history="1">
+        <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+          <w:rPr>
+            <w:sz w:val="27"/>
+            <w:szCs w:val="27"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z33" w:history="1">
+        <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+          <w:rPr>
+            <w:sz w:val="27"/>
+            <w:szCs w:val="27"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z1" w:history="1">
+        <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+          <w:rPr>
+            <w:sz w:val="27"/>
+            <w:szCs w:val="27"/>
+          </w:rPr>
+          <w:t>О языках</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t> в Республике Казахстан", "О социальной медико-педагогической и коррекционной поддержке детей с ограниченными возможностями", Государственный общеобязательный стандарт образования и иные нормативные правовые акты, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00096606" w:rsidRPr="00096606">
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>содержание учебного предмета, учебно-воспитательного процесса, методики преподавания и оценивания;</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00096606" w:rsidRPr="00096606">
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>педагогику и психологию;</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00096606" w:rsidRPr="00096606">
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>методику преподавания предмета, воспитательной работы, средства обучения и их дидактические возможности;</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00096606" w:rsidRPr="00096606">
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>нормы педагогической этики;</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00096606" w:rsidRPr="00096606">
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>требования к оборудованию учебных кабинетов и подсобных помещений; основы права и научной организации труда, экономики; основы трудового законодательства, правила безопасности и охраны труда, противопожарной защиты, санитарные правила и нормы.</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00096606" w:rsidRPr="00096606">
-[...11 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00725B54">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс проводится в соответствии с </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> п</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>араграф</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (п</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орядок проведения конкурса на занятие должности педагога государственной организации образования</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) г</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лав</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(п</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орядок назначения на должности, освобождения от должностей педагогов государственных организаций образования</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) с</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>овместн</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ого</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приказ</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 19 ноября 2021 года № 568 и Министра труда и социальной защиты населения Республики Казахстан от 22 ноября 2021 года № 432</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О внесении изменений в приказ Министра образования и науки Республики Казахстан от 21 февраля 2012 года № 57 "Об утверждении Правил конкурсного замещения руководителей государственных организаций среднего, технического и профессионального, послесреднего образования и конкурсного назначения на должность руководителей государственных </w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>еңбекті қорғау, өртке қарсы қорғау қағидалары, санитариялық қағидалар мен нормалар.</w:t>
+        <w:t>организаций образования, реализующих общеобразовательные учебные программы дошкольного, среднего образования и образовательные программы дополнительного образования</w:t>
+      </w:r>
+      <w:r w:rsidR="001637AA" w:rsidRPr="001B3A00">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725B54">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003F15ED">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B2B7C38" w14:textId="4794950A" w:rsidR="00096606" w:rsidRPr="00096606" w:rsidRDefault="00096606" w:rsidP="00096606">
+    <w:p w14:paraId="24F3722A" w14:textId="2F0FB18D" w:rsidR="003F15ED" w:rsidRDefault="00725B54" w:rsidP="00C01914">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:sz w:val="27"/>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B45235">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45235">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">участия в Конкурсе кандидату необходимо предоставить: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E05B62" w14:textId="77777777" w:rsidR="004B0650" w:rsidRPr="007908A0" w:rsidRDefault="004B0650" w:rsidP="00C97E5C">
-[...251 lines deleted...]
-    <w:p w14:paraId="22D1B311" w14:textId="0A19BE33" w:rsidR="00C97E5C" w:rsidRPr="007908A0" w:rsidRDefault="00C97E5C" w:rsidP="007908A0">
+    <w:p w14:paraId="4D16D47A" w14:textId="77777777" w:rsidR="003F15ED" w:rsidRDefault="00B130D6" w:rsidP="003F15ED">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">      10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған Бағалау парағы.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B130D6">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C283017" w14:textId="77777777" w:rsidR="00F314BE" w:rsidRDefault="00F314BE" w:rsidP="007908A0">
-      <w:pPr>
+    <w:p w14:paraId="1225C1B8" w14:textId="77777777" w:rsidR="003F15ED" w:rsidRDefault="00B130D6" w:rsidP="003F15ED">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B130D6">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="359E354C" w14:textId="77777777" w:rsidR="00F314BE" w:rsidRDefault="00F314BE" w:rsidP="007908A0">
-      <w:pPr>
+    <w:p w14:paraId="14693C05" w14:textId="77777777" w:rsidR="003F15ED" w:rsidRDefault="00B130D6" w:rsidP="003F15ED">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B130D6">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7D3054FF" w14:textId="77777777" w:rsidR="00F314BE" w:rsidRDefault="00F314BE" w:rsidP="007908A0">
-      <w:pPr>
+    <w:p w14:paraId="71935950" w14:textId="77777777" w:rsidR="003F15ED" w:rsidRDefault="00B130D6" w:rsidP="003F15ED">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B130D6">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3D59C97D" w14:textId="77777777" w:rsidR="00F314BE" w:rsidRDefault="00F314BE" w:rsidP="007908A0">
-      <w:pPr>
+    <w:p w14:paraId="0220A7BE" w14:textId="77777777" w:rsidR="003F15ED" w:rsidRDefault="00B130D6" w:rsidP="003F15ED">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B130D6">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1115C07C" w14:textId="77777777" w:rsidR="00F314BE" w:rsidRDefault="00F314BE" w:rsidP="007908A0">
-      <w:pPr>
+    <w:p w14:paraId="5B4B9168" w14:textId="77777777" w:rsidR="003F15ED" w:rsidRDefault="00B130D6" w:rsidP="003F15ED">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B130D6">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="00B130D6">
+          <w:rPr>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B130D6">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7C776435" w14:textId="38939707" w:rsidR="007908A0" w:rsidRPr="00F314BE" w:rsidRDefault="007908A0" w:rsidP="007908A0">
-      <w:pPr>
+    <w:p w14:paraId="173A07ED" w14:textId="77777777" w:rsidR="003F15ED" w:rsidRDefault="00B130D6" w:rsidP="003F15ED">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...48 lines deleted...]
-        <w:rPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B130D6">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00FFF911" w14:textId="77777777" w:rsidR="003F15ED" w:rsidRDefault="00B130D6" w:rsidP="003F15ED">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B130D6">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FA70432" w14:textId="77777777" w:rsidR="003F15ED" w:rsidRDefault="00B130D6" w:rsidP="003F15ED">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B130D6">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46689793" w14:textId="424E4482" w:rsidR="00B130D6" w:rsidRPr="00B130D6" w:rsidRDefault="00B130D6" w:rsidP="003F15ED">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B130D6">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CEC5A6F" w14:textId="77777777" w:rsidR="00C20D82" w:rsidRPr="00A748D9" w:rsidRDefault="00C20D82" w:rsidP="00B130D6">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78D36579" w14:textId="77777777" w:rsidR="003F15ED" w:rsidRPr="00A748D9" w:rsidRDefault="00725B54" w:rsidP="00C56A25">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс проводится по адресу:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B130D6" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 100010, Карагандинская область, город Караганда, район А.Бокейхана, ул.Дружбы, д.119, контактный телефон 47</w:t>
+      </w:r>
+      <w:r w:rsidR="003F15ED" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B130D6" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="003F15ED" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F314BE">
-[...16 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00B130D6" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, электронный адрес:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B130D6" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="00B130D6" w:rsidRPr="00F314BE">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00B130D6" w:rsidRPr="00A748D9">
           <w:rPr>
+            <w:b/>
+            <w:bCs/>
             <w:sz w:val="27"/>
             <w:szCs w:val="27"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sch46@kargoo.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B130D6" w:rsidRPr="00F314BE">
-        <w:rPr>
+      <w:r w:rsidR="00B130D6" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прием документов для участия в конкурсе осуществляется в течение семи рабочих дней со дня публикации объявления</w:t>
+      </w:r>
+      <w:r w:rsidR="00496647" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B130D6" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на электронный адрес школы.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="75BEB584" w14:textId="119B8548" w:rsidR="00A82BE4" w:rsidRPr="00F314BE" w:rsidRDefault="00A82BE4" w:rsidP="00A82BE4">
-      <w:pPr>
+    <w:p w14:paraId="2BDB79DF" w14:textId="123DC762" w:rsidR="00725B54" w:rsidRPr="00A748D9" w:rsidRDefault="00725B54" w:rsidP="00C56A25">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...14 lines deleted...]
-        <w:rPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дата и время начала приема документов: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B130D6" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F314BE">
-        <w:rPr>
+      <w:r w:rsidR="00B130D6" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.08.202</w:t>
       </w:r>
-      <w:r w:rsidR="00BB0A4B" w:rsidRPr="00F314BE">
-[...16 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="003F15ED" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г., </w:t>
+      </w:r>
+      <w:r w:rsidR="008D2307" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F314BE">
-        <w:rPr>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.00</w:t>
       </w:r>
-      <w:r w:rsidR="00050251" w:rsidRPr="00F314BE">
-[...8 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="003F15ED" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00050251" w:rsidRPr="00F314BE">
-[...16 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ч. Дата и время окончания приема документов: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B130D6" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F314BE">
-        <w:rPr>
+      <w:r w:rsidR="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B130D6" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.08.202</w:t>
       </w:r>
-      <w:r w:rsidR="00050251" w:rsidRPr="00F314BE">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> ж., 17.30 сағ. </w:t>
+      <w:r w:rsidR="003F15ED" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>г., 17.30</w:t>
+      </w:r>
+      <w:r w:rsidR="003F15ED" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ч. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30468290" w14:textId="7FE79DAF" w:rsidR="00A82BE4" w:rsidRPr="00F314BE" w:rsidRDefault="00A82BE4" w:rsidP="00A82BE4">
+    <w:p w14:paraId="66E9F16C" w14:textId="1D9D15A6" w:rsidR="00B130D6" w:rsidRPr="00A748D9" w:rsidRDefault="00B130D6" w:rsidP="00B130D6">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="27"/>
-[...15 lines deleted...]
-          <w:szCs w:val="27"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рассмотрение документов кандидатов на соответствие квалификационным требованиям проводится с </w:t>
+      </w:r>
+      <w:r w:rsidR="008D2307" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="008D2307" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> августа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r w:rsidR="008D2307" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> августа 202</w:t>
+      </w:r>
+      <w:r w:rsidR="003F15ED" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F314BE">
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> тамыз аралығында жүргізіледі.</w:t>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C0BA0A9" w14:textId="574DB8F0" w:rsidR="00A82BE4" w:rsidRPr="00F314BE" w:rsidRDefault="00A82BE4" w:rsidP="00A82BE4">
+    <w:p w14:paraId="2B60A502" w14:textId="083E2602" w:rsidR="00BB3179" w:rsidRPr="00A748D9" w:rsidRDefault="00B130D6" w:rsidP="00BB3179">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="27"/>
-[...15 lines deleted...]
-          <w:szCs w:val="27"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заключительное заседание конкурсной комиссии состоится </w:t>
+      </w:r>
+      <w:r w:rsidR="003F15ED" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> августа 202</w:t>
+      </w:r>
+      <w:r w:rsidR="003F15ED" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F314BE">
-[...37 lines deleted...]
-        <w:t>тамызда өтеді.</w:t>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E5D6DB0" w14:textId="72A42112" w:rsidR="00D01AA9" w:rsidRPr="00F314BE" w:rsidRDefault="00A82BE4" w:rsidP="00A82BE4">
+    <w:p w14:paraId="29D001B9" w14:textId="01891603" w:rsidR="00DD5A1D" w:rsidRPr="00A748D9" w:rsidRDefault="00BB3179" w:rsidP="00A748D9">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="27"/>
-[...15 lines deleted...]
-          <w:szCs w:val="27"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты конкурса будут объявлены не позднее </w:t>
+      </w:r>
+      <w:r w:rsidR="00496647" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17.30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> часов </w:t>
+      </w:r>
+      <w:r w:rsidR="003F15ED" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> августа 202</w:t>
+      </w:r>
+      <w:r w:rsidR="003F15ED" w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F314BE">
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> тамыз сағат 17.30-дан кешіктірілмей білім беру ұйымдарының интернет-ресурсында және әлеуметтік желілердің ресми аккаунттарында жарияланады.</w:t>
+      <w:r w:rsidRPr="00A748D9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года на Интернет-ресурсе и официальных аккаунтах социальных сетей организации образования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...81 lines deleted...]
-    <w:sectPr w:rsidR="00D01AA9" w:rsidSect="00605A90">
+    <w:sectPr w:rsidR="00DD5A1D" w:rsidRPr="00A748D9" w:rsidSect="00AF42C5">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C3B2099"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="773EEA9A"/>
     <w:lvl w:ilvl="0" w:tplc="712E7CAC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="622" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="555F730A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="773EEA9A"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="840" w:hanging="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67D51F40"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C63ED992"/>
+    <w:lvl w:ilvl="0" w:tplc="7D0C91FA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1201" w:hanging="492"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="67D51F40"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6EE21E27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C63ED992"/>
-    <w:lvl w:ilvl="0" w:tplc="7D0C91FA">
+    <w:tmpl w:val="6932FFE6"/>
+    <w:lvl w:ilvl="0" w:tplc="A71E95C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1201" w:hanging="492"/>
+        <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2508" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="3228" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3948" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4668" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...91 lines deleted...]
-  <w:num w:numId="2" w16cid:durableId="1891262708">
+  <w:num w:numId="1" w16cid:durableId="881211030">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="864438705">
+  <w:num w:numId="2" w16cid:durableId="1309940068">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1304702786">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1185561533">
-[...27 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="4" w16cid:durableId="72751554">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002646DA"/>
-    <w:rsid w:val="00050251"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001026E1"/>
+    <w:rsid w:val="00042A91"/>
+    <w:rsid w:val="000C01D8"/>
+    <w:rsid w:val="000D603E"/>
     <w:rsid w:val="0012010F"/>
     <w:rsid w:val="001279E7"/>
-    <w:rsid w:val="0014682B"/>
     <w:rsid w:val="001637AA"/>
-    <w:rsid w:val="00224003"/>
-    <w:rsid w:val="002306AF"/>
+    <w:rsid w:val="00164971"/>
+    <w:rsid w:val="001A3B2F"/>
+    <w:rsid w:val="001C0CC6"/>
     <w:rsid w:val="002646DA"/>
-    <w:rsid w:val="002D1B6A"/>
-[...4 lines deleted...]
-    <w:rsid w:val="004B7DB4"/>
+    <w:rsid w:val="00327684"/>
+    <w:rsid w:val="003676D3"/>
+    <w:rsid w:val="003F15ED"/>
+    <w:rsid w:val="00451408"/>
+    <w:rsid w:val="00462299"/>
+    <w:rsid w:val="00463AD1"/>
+    <w:rsid w:val="00496647"/>
+    <w:rsid w:val="005919E5"/>
     <w:rsid w:val="00596756"/>
-    <w:rsid w:val="005E0BD8"/>
+    <w:rsid w:val="005E00D5"/>
+    <w:rsid w:val="00603FC4"/>
     <w:rsid w:val="00605A90"/>
+    <w:rsid w:val="00623501"/>
     <w:rsid w:val="00725B54"/>
-    <w:rsid w:val="007908A0"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00854EA2"/>
+    <w:rsid w:val="00762537"/>
+    <w:rsid w:val="007875CE"/>
+    <w:rsid w:val="0081759C"/>
+    <w:rsid w:val="008D2307"/>
+    <w:rsid w:val="008E23C1"/>
+    <w:rsid w:val="00903BAE"/>
+    <w:rsid w:val="00920CEB"/>
     <w:rsid w:val="009307E0"/>
-    <w:rsid w:val="009675E9"/>
+    <w:rsid w:val="00935694"/>
     <w:rsid w:val="00986FE3"/>
-    <w:rsid w:val="00A82BE4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AC79D3"/>
+    <w:rsid w:val="009901BC"/>
+    <w:rsid w:val="009929FF"/>
+    <w:rsid w:val="00A01A0E"/>
+    <w:rsid w:val="00A25A4B"/>
+    <w:rsid w:val="00A33B29"/>
+    <w:rsid w:val="00A748D9"/>
+    <w:rsid w:val="00A85BE7"/>
+    <w:rsid w:val="00AA1FCA"/>
+    <w:rsid w:val="00AF42C5"/>
     <w:rsid w:val="00B130D6"/>
-    <w:rsid w:val="00BB0A4B"/>
+    <w:rsid w:val="00B32AAF"/>
+    <w:rsid w:val="00B45235"/>
+    <w:rsid w:val="00BA0B90"/>
     <w:rsid w:val="00BB3179"/>
     <w:rsid w:val="00C01914"/>
-    <w:rsid w:val="00C97E5C"/>
+    <w:rsid w:val="00C20D82"/>
+    <w:rsid w:val="00C56A25"/>
     <w:rsid w:val="00CC4A49"/>
-    <w:rsid w:val="00D01AA9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D6085B"/>
+    <w:rsid w:val="00D56C52"/>
+    <w:rsid w:val="00D96B44"/>
     <w:rsid w:val="00DB0EC3"/>
+    <w:rsid w:val="00DD5A1D"/>
+    <w:rsid w:val="00DE6D7B"/>
     <w:rsid w:val="00E06972"/>
-    <w:rsid w:val="00E932D9"/>
-    <w:rsid w:val="00F314BE"/>
+    <w:rsid w:val="00EC0AE6"/>
+    <w:rsid w:val="00F3261E"/>
+    <w:rsid w:val="00F359A2"/>
+    <w:rsid w:val="00F47C0F"/>
+    <w:rsid w:val="00F82CC0"/>
+    <w:rsid w:val="00FB57C1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3E26E432"/>
@@ -3561,68 +3856,50 @@
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00605A90"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...16 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -3638,124 +3915,68 @@
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001637AA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001637AA"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-    <w:name w:val="Заголовок 3 Знак"/>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D01AA9"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A3B2F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="27"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="119956175">
-      <w:bodyDiv w:val="1"/>
-[...50 lines deleted...]
-    <w:div w:id="1228541282">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1307199241">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -3763,72 +3984,85 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1512062049">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1762749637">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1992060608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch46@kargoo.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch46@kargoo.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z970000151_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4103,70 +4337,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30F2826F-95F6-4C34-8949-75C1ED5E1B20}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1327</Words>
-  <Characters>7567</Characters>
+  <Words>1309</Words>
+  <Characters>7467</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
+  <Lines>62</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8877</CharactersWithSpaces>
+  <CharactersWithSpaces>8759</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>sch46@kargoo.kz</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>