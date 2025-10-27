--- v0 (2025-10-19)
+++ v1 (2025-10-27)
@@ -1,5615 +1,4876 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="05ADFB40" w14:textId="77777777" w:rsidR="00F47C0F" w:rsidRDefault="00725B54" w:rsidP="00F47C0F">
-[...30 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+    <w:p w14:paraId="4EF0A6C2" w14:textId="6011E2DA" w:rsidR="004B7DB4" w:rsidRPr="00224003" w:rsidRDefault="004B7DB4" w:rsidP="00AC79D3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="0" w:firstLine="840"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қарағанды облысы білім басқармасының Қарағанды қаласы білім бөлімінің «№ 46 жалпы білім беретін мектебі» коммуналдық мемлекеттік мекемесі келесі мамандықтар бойынша 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E932D9">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E932D9">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу жылына педагогтердің бос лауазымдарына орналасуға конкурс жариялайды:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="688C03D2" w14:textId="712405B4" w:rsidR="0012010F" w:rsidRDefault="00725B54" w:rsidP="005E00D5">
-[...114 lines deleted...]
-    <w:p w14:paraId="59DE8F78" w14:textId="77777777" w:rsidR="008E23C1" w:rsidRDefault="008E23C1" w:rsidP="008E23C1">
+    <w:p w14:paraId="785525AB" w14:textId="4EDFC1C5" w:rsidR="00224003" w:rsidRPr="00224003" w:rsidRDefault="005E0BD8" w:rsidP="00A6387E">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-        </w:rPr>
-[...29 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лауазымы: директордың тәрбие ісі жөніндегі орынбасары (1 жүктеме). Негізгі қызметі: </w:t>
+      </w:r>
+      <w:r w:rsidR="00224003" w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйымдарында оқушыларды тәрбиелеу жөніндегі іс-шаралар кешенін жүзеге асыр</w:t>
+      </w:r>
+      <w:r w:rsidR="00A920E7">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53294418" w14:textId="371CBA70" w:rsidR="008E23C1" w:rsidRPr="00451408" w:rsidRDefault="008E23C1" w:rsidP="008E23C1">
+    <w:p w14:paraId="6FD32C34" w14:textId="3C6E0EB5" w:rsidR="00224003" w:rsidRPr="00224003" w:rsidRDefault="005E0BD8" w:rsidP="00EA649F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-        </w:rPr>
-[...16 lines deleted...]
-      <w:r w:rsidR="00451408">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лауазымы: </w:t>
+      </w:r>
+      <w:r w:rsidR="00224003" w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>директордың оқу-тәрбие ісі жөніндегі орынбасары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (0,5 </w:t>
+      </w:r>
+      <w:r w:rsidR="00224003" w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жүктеме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidR="00224003" w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Негізгі қызметі: білім беру ұйымдарында оқу - тәрбие </w:t>
+      </w:r>
+      <w:r w:rsidR="00A920E7">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үрдісін</w:t>
+      </w:r>
+      <w:r w:rsidR="00224003" w:rsidRPr="00224003">
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00451408">
-[...42 lines deleted...]
-        <w:t>организациях образования, разработку планов по воспитательной работе обучающихся, обеспечивает новые подходы в его организации.</w:t>
+      <w:r w:rsidR="00A920E7">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іске асыру.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EDCD475" w14:textId="14C5752D" w:rsidR="00903BAE" w:rsidRPr="00164971" w:rsidRDefault="00903BAE" w:rsidP="00903BAE">
+    <w:p w14:paraId="7D7BDCFF" w14:textId="77777777" w:rsidR="00224003" w:rsidRPr="00224003" w:rsidRDefault="005E0BD8" w:rsidP="002866A4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-        </w:rPr>
-[...28 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лауазымы: </w:t>
+      </w:r>
+      <w:r w:rsidR="00224003" w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>биология пәнінің мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00224003" w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Негізгі қызметі: биология пәнінің жалпы білім беру бағдарламаларын іске асыру.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="762CF285" w14:textId="70B8F86B" w:rsidR="00164971" w:rsidRPr="00164971" w:rsidRDefault="00164971" w:rsidP="00164971">
+    <w:p w14:paraId="18493C20" w14:textId="77777777" w:rsidR="00224003" w:rsidRPr="00224003" w:rsidRDefault="005E0BD8" w:rsidP="006D3FEF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-        </w:rPr>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">. Основная деятельность: реализация общеобразовательных программ предметов история и общественные дисциплины. </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лауазымы: </w:t>
+      </w:r>
+      <w:r w:rsidR="00224003" w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарих пәнінің мұғалімі. Негізгі қызметі: тарих және қоғамдық пәндер пәндерінің жалпы білім беру бағдарламаларын іске асыру.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7859AE5C" w14:textId="01F071AC" w:rsidR="00986FE3" w:rsidRDefault="00DB0EC3" w:rsidP="00C01914">
+    <w:p w14:paraId="0207B539" w14:textId="77777777" w:rsidR="00224003" w:rsidRPr="00224003" w:rsidRDefault="005E0BD8" w:rsidP="000C74F7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-        </w:rPr>
-[...36 lines deleted...]
-        <w:t>информатика.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лауазымы: </w:t>
+      </w:r>
+      <w:r w:rsidR="00224003" w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>информатика пәнінің мұғалімі. Негізгі қызметі: информатика пәнінің жалпы білім беру бағдарламаларын іске асыру.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="489E4709" w14:textId="77777777" w:rsidR="00164971" w:rsidRDefault="00DB0EC3" w:rsidP="00C01914">
+    <w:p w14:paraId="4F9DE78B" w14:textId="07B15158" w:rsidR="00224003" w:rsidRPr="00224003" w:rsidRDefault="005E0BD8" w:rsidP="00224003">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-        </w:rPr>
-[...27 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы</w:t>
+      </w:r>
+      <w:r w:rsidR="00224003" w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: орыс тілі мен әдебиеті пәнінің мұғалімі. Негізгі қызметі: орыс тілі мен әдебиеті пәндерінің жалпы білім беру бағдарламаларын іске асыру.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC04086" w14:textId="26A1A7AA" w:rsidR="00986FE3" w:rsidRPr="00164971" w:rsidRDefault="00164971" w:rsidP="00164971">
+    <w:p w14:paraId="4D7F2C02" w14:textId="7C7C913E" w:rsidR="00224003" w:rsidRPr="00224003" w:rsidRDefault="00224003" w:rsidP="005E0BD8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-        </w:rPr>
-[...65 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымы: ағылшын тілі</w:t>
+      </w:r>
+      <w:r w:rsidR="00A920E7">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пәнінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімі (негізгі қызметкердің декреттік демалысы кезінде).  Негізгі қызметі: ағылшын тілі пәнінің жалпы білім беру бағдарламаларын іске асыру.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69C12CA8" w14:textId="404D7881" w:rsidR="000D603E" w:rsidRDefault="00903BAE" w:rsidP="000D603E">
+    <w:p w14:paraId="2FEE443C" w14:textId="21E5F4EE" w:rsidR="00224003" w:rsidRPr="00224003" w:rsidRDefault="00224003" w:rsidP="005E0BD8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-        </w:rPr>
-[...49 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымы: Музыка</w:t>
+      </w:r>
+      <w:r w:rsidR="00A920E7">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пәнінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00224003">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімі (негізгі қызметкердің декреттік демалысы кезінде).  Негізгі қызметі: музыка пәнінің жалпы білім беру бағдарламаларын іске асыру.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="005560CE" w14:textId="2A0E0777" w:rsidR="000D603E" w:rsidRPr="00F82CC0" w:rsidRDefault="00DB0EC3" w:rsidP="00F82CC0">
+    <w:p w14:paraId="73EA0019" w14:textId="39BC523B" w:rsidR="00224003" w:rsidRPr="00A920E7" w:rsidRDefault="00224003" w:rsidP="00A920E7">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="360"/>
+        <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-        </w:rPr>
-[...163 lines deleted...]
-        <w:t>соблюдение условий хранения книг.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A920E7">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымы: кітапханашы (негізгі қызметкердің декреттік демалысы кезінде). Негізгі қызметі: жаңа әдебиеттерге тапсырыс беру</w:t>
+      </w:r>
+      <w:r w:rsidR="00A920E7" w:rsidRPr="00A920E7">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A920E7">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, келіп түскен әдебиеттерді өңдеу</w:t>
+      </w:r>
+      <w:r w:rsidR="00A920E7" w:rsidRPr="00A920E7">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A920E7">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, каталогтар жасау</w:t>
+      </w:r>
+      <w:r w:rsidR="00A920E7" w:rsidRPr="00A920E7">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A920E7">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, мерзімді басылымдарды тіркеу және тігу</w:t>
+      </w:r>
+      <w:r w:rsidR="00A920E7" w:rsidRPr="00A920E7">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ді</w:t>
+      </w:r>
+      <w:r w:rsidR="00A920E7">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="213642C2" w14:textId="77777777" w:rsidR="000D603E" w:rsidRDefault="000D603E" w:rsidP="000D603E">
+    <w:p w14:paraId="2B2EE4D9" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8" w:rsidP="005E0BD8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05E191C7" w14:textId="6021DE8E" w:rsidR="00F82CC0" w:rsidRDefault="00725B54" w:rsidP="00F82CC0">
-[...2 lines deleted...]
-        <w:ind w:left="426"/>
+    <w:p w14:paraId="62562E9C" w14:textId="2C4220B3" w:rsidR="005E0BD8" w:rsidRPr="00224003" w:rsidRDefault="005E0BD8" w:rsidP="00224003">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D603E">
-[...134 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1DF5A794" w14:textId="77777777" w:rsidR="00F82CC0" w:rsidRDefault="00F82CC0" w:rsidP="00F82CC0">
-[...2 lines deleted...]
-        <w:ind w:left="426"/>
+    <w:p w14:paraId="69DE8303" w14:textId="77777777" w:rsidR="002D1B6A" w:rsidRDefault="002D1B6A" w:rsidP="002D1B6A">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>16 сағат үшін төлем мөлшері:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="008A12C2" w14:textId="77777777" w:rsidR="00AA1FCA" w:rsidRDefault="00AA1FCA" w:rsidP="00F82CC0">
-[...160 lines deleted...]
-    <w:p w14:paraId="7503B913" w14:textId="042CB562" w:rsidR="003676D3" w:rsidRDefault="003676D3" w:rsidP="003676D3">
+    <w:p w14:paraId="1F46F143" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8" w:rsidP="005E0BD8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9917" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1185"/>
+        <w:gridCol w:w="560"/>
+        <w:gridCol w:w="2839"/>
+        <w:gridCol w:w="1273"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1985"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00762537" w:rsidRPr="00605A90" w14:paraId="62595FF5" w14:textId="77777777" w:rsidTr="00762537">
+      <w:tr w:rsidR="005E0BD8" w14:paraId="00B7EDC2" w14:textId="77777777" w:rsidTr="005E0BD8">
         <w:trPr>
           <w:trHeight w:val="1248"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FA261F7" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13953DA4" w14:textId="40AC168D" w:rsidR="005E0BD8" w:rsidRDefault="00224003">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00605A90">
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-              <w:t xml:space="preserve">Наименование вакантной должности </w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Бос лауазымның атауы</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0BD8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F6A6842" w14:textId="0045CA70" w:rsidR="005E0BD8" w:rsidRPr="00224003" w:rsidRDefault="00224003">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-              <w:t>единицы</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бірліктер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5A419AA1" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00460519">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2132B52A" w14:textId="77777777" w:rsidR="00224003" w:rsidRDefault="00224003" w:rsidP="00224003">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00605A90">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-              <w:t>Объем нагрузки (в часах в неделю)</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жүктеме көлемі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605A90">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="102EA836" w14:textId="315CBF0F" w:rsidR="005E0BD8" w:rsidRDefault="00224003" w:rsidP="00224003">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007908A0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(аптасына сағатпен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68F7D93C" w14:textId="43A0B98B" w:rsidR="005E0BD8" w:rsidRPr="00224003" w:rsidRDefault="00224003">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00605A90">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-              <w:t>Язык обучения</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқыту тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0755C6CA" w14:textId="3CCACA1A" w:rsidR="005E0BD8" w:rsidRDefault="00224003">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00605A90">
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001026E1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Размер оплаты на 16 часов</w:t>
+              <w:t>16 сағатқа төлем мөлшері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00762537" w:rsidRPr="00605A90" w14:paraId="58162D8A" w14:textId="77777777" w:rsidTr="00762537">
+      <w:tr w:rsidR="005E0BD8" w14:paraId="04B12CF6" w14:textId="77777777" w:rsidTr="005E0BD8">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B28CBB3" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19C314D2" w14:textId="22624123" w:rsidR="00762537" w:rsidRPr="00A33B29" w:rsidRDefault="00762537" w:rsidP="00460519">
-[...9 lines deleted...]
-              <w:t>заместитель директора по воспитательной работе</w:t>
+          <w:p w14:paraId="571B498D" w14:textId="231E870E" w:rsidR="005E0BD8" w:rsidRDefault="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Директордың тәрбие ісі жөніндегі орынбасары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE17C0D" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3560FA0C" w14:textId="397C4BF9" w:rsidR="00762537" w:rsidRPr="00D96B44" w:rsidRDefault="009901BC" w:rsidP="00460519">
-[...18 lines deleted...]
-              <w:t>ставка</w:t>
+          <w:p w14:paraId="0160EE5F" w14:textId="676B7038" w:rsidR="005E0BD8" w:rsidRPr="00402935" w:rsidRDefault="00402935">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6465719A" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00460519">
-[...9 lines deleted...]
-              <w:t>русский</w:t>
+          <w:p w14:paraId="7EA55859" w14:textId="407B785E" w:rsidR="005E0BD8" w:rsidRPr="00D6085B" w:rsidRDefault="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орысша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22C41995" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00460519">
-[...33 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="283B441F" w14:textId="2EF1667E" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>102 820 т</w:t>
+            </w:r>
+            <w:r w:rsidR="00D6085B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">еңгеден бастап </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(126 976)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00762537" w:rsidRPr="00605A90" w14:paraId="4612664A" w14:textId="77777777" w:rsidTr="00762537">
+      <w:tr w:rsidR="005E0BD8" w14:paraId="17390C76" w14:textId="77777777" w:rsidTr="005E0BD8">
         <w:trPr>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C1688B9" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65DDDAC0" w14:textId="26F6EAD0" w:rsidR="00762537" w:rsidRPr="00A33B29" w:rsidRDefault="00762537" w:rsidP="00460519">
-[...9 lines deleted...]
-              <w:t>заместитель директора по учебно-воспитательной работе</w:t>
+          <w:p w14:paraId="2787F341" w14:textId="7FA823AB" w:rsidR="005E0BD8" w:rsidRDefault="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Директордың оқу-тәрбие ісі жөніндегі орынбасары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="258BDA7C" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1614B075" w14:textId="0671563C" w:rsidR="00762537" w:rsidRPr="00D96B44" w:rsidRDefault="00D96B44" w:rsidP="00460519">
-[...11 lines deleted...]
-              <w:t>0,5 ставка</w:t>
+          <w:p w14:paraId="014980AC" w14:textId="1D4FDB2E" w:rsidR="005E0BD8" w:rsidRPr="00D6085B" w:rsidRDefault="00402935">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0,5 жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32C227A3" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00460519">
-[...9 lines deleted...]
-              <w:t>русский</w:t>
+          <w:p w14:paraId="7BD9EDBE" w14:textId="0073F8AF" w:rsidR="005E0BD8" w:rsidRPr="00D6085B" w:rsidRDefault="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орысша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D77555B" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00460519">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> тг</w:t>
+          <w:p w14:paraId="7282991E" w14:textId="470C1FF9" w:rsidR="005E0BD8" w:rsidRPr="00D6085B" w:rsidRDefault="005E0BD8">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 126 976 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D6085B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>теңгеден бастап</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="633A1324" w14:textId="77777777" w:rsidR="00920CEB" w:rsidRPr="00920CEB" w:rsidRDefault="00920CEB" w:rsidP="00920CEB">
+    <w:p w14:paraId="029FC863" w14:textId="4A994818" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8" w:rsidP="005E0BD8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="756F8B58" w14:textId="77777777" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="005E0BD8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9917" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1185"/>
+        <w:gridCol w:w="560"/>
+        <w:gridCol w:w="2839"/>
+        <w:gridCol w:w="1273"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1985"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00762537" w:rsidRPr="00605A90" w14:paraId="467BB7E3" w14:textId="77777777" w:rsidTr="00762537">
+      <w:tr w:rsidR="005E0BD8" w14:paraId="5DDEBCC0" w14:textId="77777777" w:rsidTr="00D6085B">
         <w:trPr>
           <w:trHeight w:val="1070"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46D73650" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2920" w:type="dxa"/>
+            <w:tcW w:w="2839" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="494B6552" w14:textId="2233048F" w:rsidR="005E0BD8" w:rsidRDefault="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00605A90">
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...6 lines deleted...]
-            <w:tcW w:w="1185" w:type="dxa"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Бос лауазымның атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7AC57D" w14:textId="6F84EAD0" w:rsidR="005E0BD8" w:rsidRPr="00224003" w:rsidRDefault="00224003">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-              <w:t>единицы</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бірліктер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="17ABC6D5" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00247FF3">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4282416F" w14:textId="77777777" w:rsidR="00224003" w:rsidRDefault="00224003" w:rsidP="00224003">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00605A90">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-              <w:t>Объем нагрузки (в часах в неделю)</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жүктеме көлемі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605A90">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CF75049" w14:textId="1A15072F" w:rsidR="005E0BD8" w:rsidRDefault="00224003" w:rsidP="00224003">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007908A0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(аптасына сағатпен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76CFCE5E" w14:textId="111F6C42" w:rsidR="005E0BD8" w:rsidRPr="00224003" w:rsidRDefault="00224003">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00605A90">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-              <w:t>Язык обучения</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқыту тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2CE1CA" w14:textId="4D4E2975" w:rsidR="005E0BD8" w:rsidRDefault="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00605A90">
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001026E1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Размер оплаты на 16 часов</w:t>
+              <w:t>16 сағатқа төлем мөлшері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00762537" w:rsidRPr="00605A90" w14:paraId="65C672E0" w14:textId="77777777" w:rsidTr="00762537">
+      <w:tr w:rsidR="005E0BD8" w14:paraId="6AF62160" w14:textId="77777777" w:rsidTr="00D6085B">
         <w:trPr>
           <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...11 lines deleted...]
-              </w:rPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44FBFEB2" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2920" w:type="dxa"/>
+            <w:tcW w:w="2839" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...26 lines deleted...]
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1266D08D" w14:textId="7882555E" w:rsidR="005E0BD8" w:rsidRPr="00D6085B" w:rsidRDefault="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Биология пәнінің мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D5B7B8E" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B359862" w14:textId="769D0C2F" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00F3261E">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="099FB142" w14:textId="6CDC4CCF" w:rsidR="005E0BD8" w:rsidRPr="00D6085B" w:rsidRDefault="005E0BD8">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
-            <w:r w:rsidRPr="00605A90">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> часа</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D6085B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6223BF31" w14:textId="4B791365" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00F3261E">
-[...9 lines deleted...]
-              <w:t>русский</w:t>
+          <w:p w14:paraId="4E5FED12" w14:textId="15BE4E35" w:rsidR="005E0BD8" w:rsidRPr="00D6085B" w:rsidRDefault="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орысша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="106AA19B" w14:textId="27533D1C" w:rsidR="00762537" w:rsidRPr="00603FC4" w:rsidRDefault="00762537" w:rsidP="00F3261E">
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> тг</w:t>
+          <w:p w14:paraId="511698F0" w14:textId="362A5DAF" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 126 976</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> т</w:t>
+            </w:r>
+            <w:r w:rsidR="00D6085B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>еңгеден бастап</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00762537" w:rsidRPr="00605A90" w14:paraId="697415D8" w14:textId="77777777" w:rsidTr="00762537">
+      <w:tr w:rsidR="00D6085B" w14:paraId="4955B644" w14:textId="77777777" w:rsidTr="00D6085B">
         <w:trPr>
           <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6B592E" w14:textId="77777777" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2920" w:type="dxa"/>
+            <w:tcW w:w="2839" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54493CE9" w14:textId="4FC1A354" w:rsidR="00D6085B" w:rsidRPr="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Тарих пәнінің мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18B29296" w14:textId="77777777" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-          </w:tcPr>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15AE331A" w14:textId="14CA7FE2" w:rsidR="00D6085B" w:rsidRPr="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
-            <w:r w:rsidRPr="00605A90">
-[...10 lines deleted...]
-              <w:t>ов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-          </w:tcPr>
-[...10 lines deleted...]
-              <w:t>русский</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56EB1F2C" w14:textId="328DE3C9" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0018461C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орысша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-          </w:tcPr>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> тг</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1517B3B4" w14:textId="737D7D7C" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7231F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>126 976</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7231F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңгеден бастап</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00762537" w:rsidRPr="00605A90" w14:paraId="6624D6B4" w14:textId="77777777" w:rsidTr="00762537">
+      <w:tr w:rsidR="00D6085B" w14:paraId="1E252ECD" w14:textId="77777777" w:rsidTr="00D6085B">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="783E192E" w14:textId="77777777" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2920" w:type="dxa"/>
+            <w:tcW w:w="2839" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...26 lines deleted...]
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0158E8AF" w14:textId="302E1D66" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Информатика пәнінің мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE33580" w14:textId="77777777" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A572F6D" w14:textId="032D23D9" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00FB57C1" w:rsidP="00F3261E">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="098844A0" w14:textId="0207EE4E" w:rsidR="00D6085B" w:rsidRPr="00D6085B" w:rsidRDefault="002306AF" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
-            <w:r w:rsidR="00762537" w:rsidRPr="00605A90">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> часов</w:t>
+            <w:r w:rsidR="00D6085B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D6085B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DC337A5" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00F3261E">
-[...9 lines deleted...]
-              <w:t>русский</w:t>
+          <w:p w14:paraId="4BBD53E3" w14:textId="298C9D1D" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0018461C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орысша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="753AA6FB" w14:textId="7D8257E9" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00F3261E">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> тг</w:t>
+          <w:p w14:paraId="39481A49" w14:textId="3A8F19A8" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7231F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>126 976</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7231F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңгеден бастап</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00762537" w:rsidRPr="00605A90" w14:paraId="576AF714" w14:textId="77777777" w:rsidTr="00762537">
+      <w:tr w:rsidR="00D6085B" w14:paraId="288941DF" w14:textId="77777777" w:rsidTr="00D6085B">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13811E81" w14:textId="77777777" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2920" w:type="dxa"/>
+            <w:tcW w:w="2839" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B7BFEE6" w14:textId="60EF69EB" w:rsidR="00D6085B" w:rsidRPr="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Орыс тілі мен әдебиеті пәнінің мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3EEE94B2" w14:textId="77777777" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33641E76" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00F3261E">
-[...9 lines deleted...]
-              <w:t>16 часов</w:t>
+          <w:p w14:paraId="61CB5404" w14:textId="4EF6003F" w:rsidR="00D6085B" w:rsidRPr="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22F16DF6" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00F3261E">
-[...9 lines deleted...]
-              <w:t>русский</w:t>
+          <w:p w14:paraId="5063181C" w14:textId="0CBE0A17" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0018461C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орысша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="231428B9" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00F3261E">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> тг</w:t>
+          <w:p w14:paraId="04A0D147" w14:textId="63253205" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E7231F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>126 976</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E7231F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңгеден бастап</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00762537" w:rsidRPr="00605A90" w14:paraId="11962248" w14:textId="77777777" w:rsidTr="00762537">
+      <w:tr w:rsidR="00D6085B" w14:paraId="488DC1B8" w14:textId="77777777" w:rsidTr="00D6085B">
         <w:trPr>
           <w:trHeight w:val="541"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34B0E0E1" w14:textId="77777777" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2920" w:type="dxa"/>
+            <w:tcW w:w="2839" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...57 lines deleted...]
-            <w:tcW w:w="1185" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00AFDB8D" w14:textId="090FEBBF" w:rsidR="00D6085B" w:rsidRPr="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ағылшын тілі пәнінің мұғалімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75867275" w14:textId="3B07DE47" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D6085B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(негізгі қызметкердің декреттік демалысы кезінде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41E1E239" w14:textId="77777777" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6433C181" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00F3261E">
-[...9 lines deleted...]
-              <w:t>16 часов</w:t>
+          <w:p w14:paraId="11B0837F" w14:textId="2E60F12B" w:rsidR="00D6085B" w:rsidRPr="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30936661" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00F3261E">
-[...9 lines deleted...]
-              <w:t>русский</w:t>
+          <w:p w14:paraId="3BB149FF" w14:textId="1A20080E" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0018461C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орысша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21CB5C06" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00F3261E">
-[...33 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="1B709195" w14:textId="24EC1AE3" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>102 820 т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">еңгеден бастап </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(126 976)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00762537" w:rsidRPr="00605A90" w14:paraId="7C382992" w14:textId="77777777" w:rsidTr="00762537">
+      <w:tr w:rsidR="00D6085B" w14:paraId="0DBB33B8" w14:textId="77777777" w:rsidTr="00D6085B">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="014D795A" w14:textId="77777777" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2920" w:type="dxa"/>
+            <w:tcW w:w="2839" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="577DEA54" w14:textId="77777777" w:rsidR="00762537" w:rsidRDefault="00762537" w:rsidP="00762537">
-[...50 lines deleted...]
-            <w:tcW w:w="1185" w:type="dxa"/>
+          <w:p w14:paraId="14352C71" w14:textId="6C559A32" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Музыка пәнінің мұғалімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56F6AE1D" w14:textId="322AB199" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D6085B">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(негізгі қызметкердің декреттік демалысы кезінде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50826351" w14:textId="77777777" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15849C08" w14:textId="24CA01E8" w:rsidR="00762537" w:rsidRPr="00327684" w:rsidRDefault="00762537" w:rsidP="00F3261E">
-[...9 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="3528F53D" w14:textId="0C183BFE" w:rsidR="00D6085B" w:rsidRPr="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
-            <w:r w:rsidRPr="00605A90">
-[...10 lines deleted...]
-              <w:t>ов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B629AC7" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00F3261E">
-[...9 lines deleted...]
-              <w:t>русский</w:t>
+          <w:p w14:paraId="7F5504B1" w14:textId="42CD4A80" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0018461C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орысша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30D87CCA" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="00F3261E">
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> тг</w:t>
+          <w:p w14:paraId="7BA1EAD7" w14:textId="26A95D01" w:rsidR="00D6085B" w:rsidRPr="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>126 976 т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>еңгеден бастап</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="165B9EAF" w14:textId="289F4EC6" w:rsidR="003676D3" w:rsidRDefault="003676D3" w:rsidP="00BA0B90">
+    <w:p w14:paraId="61BBC5D3" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8" w:rsidP="005E0BD8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9917" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="567"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1185"/>
+        <w:gridCol w:w="560"/>
+        <w:gridCol w:w="2839"/>
+        <w:gridCol w:w="1273"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1985"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00762537" w:rsidRPr="00605A90" w14:paraId="7E5A636B" w14:textId="77777777" w:rsidTr="00762537">
+      <w:tr w:rsidR="005E0BD8" w14:paraId="5581EE65" w14:textId="77777777" w:rsidTr="005E0BD8">
         <w:trPr>
           <w:trHeight w:val="1070"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BA12164" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F8AEF30" w14:textId="6364C8C9" w:rsidR="005E0BD8" w:rsidRDefault="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00605A90">
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-              <w:t xml:space="preserve">Наименование вакантной должности </w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Бос лауазымның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4006FA00" w14:textId="16B1443E" w:rsidR="005E0BD8" w:rsidRPr="00D6085B" w:rsidRDefault="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-              <w:t>единицы</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бірліктер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="33978F43" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="000A42C7">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9A91BB" w14:textId="77777777" w:rsidR="00D6085B" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00605A90">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-              <w:t>Объем нагрузки (в часах в неделю)</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жүктеме көлемі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00605A90">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66B1ABB0" w14:textId="10D57865" w:rsidR="005E0BD8" w:rsidRDefault="00D6085B" w:rsidP="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007908A0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(аптасына сағатпен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49146909" w14:textId="7656B935" w:rsidR="005E0BD8" w:rsidRPr="00D6085B" w:rsidRDefault="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00605A90">
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-              <w:t>Язык обучения</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Оқыту тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0E5FE7" w14:textId="5A76AF3B" w:rsidR="005E0BD8" w:rsidRDefault="00D6085B">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00605A90">
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001026E1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Размер оплаты на 16 часов</w:t>
+              <w:t>16 сағатқа төлем мөлшері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00762537" w:rsidRPr="00605A90" w14:paraId="6C116275" w14:textId="77777777" w:rsidTr="00762537">
+      <w:tr w:rsidR="005E0BD8" w14:paraId="57EF22CB" w14:textId="77777777" w:rsidTr="005E0BD8">
         <w:trPr>
           <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="74A36B7C" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...42 lines deleted...]
-              <w:t>)</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0000B230" w14:textId="77777777" w:rsidR="00D175BD" w:rsidRPr="00D175BD" w:rsidRDefault="00D175BD" w:rsidP="00D175BD">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D175BD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>кітапханашы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3354FFEF" w14:textId="35C09356" w:rsidR="005E0BD8" w:rsidRDefault="00D175BD" w:rsidP="00D175BD">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D175BD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(негізгі қызметкердің декреттік демалысы кезінде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5EEB4532" w14:textId="77777777" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F5E02C3" w14:textId="07809BDA" w:rsidR="00762537" w:rsidRPr="00A85BE7" w:rsidRDefault="00762537" w:rsidP="000A42C7">
-[...11 lines deleted...]
-              <w:t>1 ставка</w:t>
+          <w:p w14:paraId="02CA730C" w14:textId="67D41A7C" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D175BD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="549CE76D" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00605A90" w:rsidRDefault="00762537" w:rsidP="000A42C7">
-[...9 lines deleted...]
-              <w:t>русский</w:t>
+          <w:p w14:paraId="2BAC4BB5" w14:textId="5680CD2C" w:rsidR="005E0BD8" w:rsidRPr="00D175BD" w:rsidRDefault="00D175BD">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>орысша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="226732B7" w14:textId="77777777" w:rsidR="00762537" w:rsidRPr="00603FC4" w:rsidRDefault="00762537" w:rsidP="000A42C7">
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> тг</w:t>
+          <w:p w14:paraId="0BE12904" w14:textId="0DC4AD54" w:rsidR="005E0BD8" w:rsidRDefault="005E0BD8">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>126 976</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D175BD">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>теңгеден бастап</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="51720750" w14:textId="77777777" w:rsidR="003676D3" w:rsidRDefault="003676D3" w:rsidP="00A85BE7">
+    <w:p w14:paraId="529F2C93" w14:textId="77777777" w:rsidR="003F613A" w:rsidRDefault="003F613A" w:rsidP="004B7DB4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AE2D3E7" w14:textId="463F0AEE" w:rsidR="001637AA" w:rsidRDefault="00725B54" w:rsidP="00725B54">
-[...1 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w14:paraId="1B48FB72" w14:textId="3F08E0A7" w:rsidR="00B130D6" w:rsidRPr="004B7DB4" w:rsidRDefault="004B7DB4" w:rsidP="004B7DB4">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk110946370"/>
+      <w:r w:rsidRPr="004B7DB4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Орналасқан жері</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0EC3" w:rsidRPr="004B7DB4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00725B54" w:rsidRPr="004B7DB4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(адрес): 1000</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0EC3" w:rsidRPr="004B7DB4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00725B54" w:rsidRPr="004B7DB4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қарағанды облысы</w:t>
+      </w:r>
+      <w:r w:rsidR="00725B54" w:rsidRPr="004B7DB4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қарағанды қаласы</w:t>
+      </w:r>
+      <w:r w:rsidR="00725B54" w:rsidRPr="004B7DB4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ә.Бөкейхан ауданы</w:t>
+      </w:r>
+      <w:r w:rsidR="00725B54" w:rsidRPr="004B7DB4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0EC3" w:rsidRPr="004B7DB4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дружбы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көшесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00725B54" w:rsidRPr="004B7DB4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0EC3" w:rsidRPr="004B7DB4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>119</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> үй</w:t>
+      </w:r>
+      <w:r w:rsidR="00725B54" w:rsidRPr="004B7DB4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, телефон </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0EC3" w:rsidRPr="004B7DB4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>471115</w:t>
+      </w:r>
+      <w:r w:rsidR="00725B54" w:rsidRPr="004B7DB4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09173EEA" w14:textId="77777777" w:rsidR="007908A0" w:rsidRDefault="00725B54" w:rsidP="0012010F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00725B54">
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
-        <w:t>Общие квалификационные требования к участникам конкурса: 1)</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">высшее (послевузовское) педагогическое образование по соответствующему профилю, или документ, подтверждающий педагогическую переподготовку. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B931B95" w14:textId="55961C23" w:rsidR="00A01A0E" w:rsidRDefault="00A01A0E" w:rsidP="00725B54">
-[...1 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="63EF619B" w14:textId="77777777" w:rsidR="001026E1" w:rsidRPr="001026E1" w:rsidRDefault="001026E1" w:rsidP="004B0650">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026E1">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысушыларға қойылатын жалпы біліктілік талаптары: 1) тиісті бейін бойынша орта-арнайы немесе жоғары (жоғары оқу орнынан кейінгі) педагогикалық білім немесе педагогикалық қайта даярлауды растайтын құжат.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7AC2520A" w14:textId="0BD235FC" w:rsidR="00A01A0E" w:rsidRDefault="00A01A0E" w:rsidP="00725B54">
-[...1 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w14:paraId="587F94B0" w14:textId="49BFF38E" w:rsidR="00096606" w:rsidRPr="004B0650" w:rsidRDefault="004B0650" w:rsidP="004B0650">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00C01914">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001026E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00096606" w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік жалпыға міндетті білім беру стандартына сәйкес оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқытуды және тәрбиелеуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="635B0C72" w14:textId="2FE1751D" w:rsidR="00096606" w:rsidRPr="00096606" w:rsidRDefault="00096606" w:rsidP="00096606">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді, білім алушылардың жеке қабілеттерін анықтайды және дамытуға жәрдемдеседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17FEE94D" w14:textId="77569B18" w:rsidR="00096606" w:rsidRPr="00096606" w:rsidRDefault="00096606" w:rsidP="00096606">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      білім алушыда педагогқа құрметпен қарауға тәрбиелейді, педагогтың аты мен әкесінің аты бойынша сыпайы қарым-қатынас немесе "учитель/мұғалім" тікелей қарым-қатынас арқылы қарым-қатынастың іскерлік стилі мен сөйлеу этикетін сақтауға үйретеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DAB15DC" w14:textId="5088E573" w:rsidR="00096606" w:rsidRPr="00096606" w:rsidRDefault="00096606" w:rsidP="00096606">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      білім алушылардың жеке қажеттіліктерін ескере отырып, оқытудың жаңа тәсілдерін, тиімді нысандарын, әдістері мен құралдарын қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED71B7F" w14:textId="2ED73ED3" w:rsidR="00096606" w:rsidRPr="00096606" w:rsidRDefault="00096606" w:rsidP="00096606">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Должностные обязанности:</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="27"/>
+        <w:t xml:space="preserve">      пәндер бойынша қысқа мерзімді және орта мерзімді (күнтізбелік-тақырыптық) жоспарлар, бөлім үшін жиынтық бағалау және тоқсан үшін жиынтық бағалау үшін тапсырмалар жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE602A3" w14:textId="0544A04E" w:rsidR="00096606" w:rsidRPr="00096606" w:rsidRDefault="00096606" w:rsidP="00096606">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      бөлім бойынша жиынтық бағалауды және тоқсан бойынша жиынтық бағалауды өткізу қорытындысы бойынша талдау жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4643D29F" w14:textId="34C67799" w:rsidR="00096606" w:rsidRPr="00096606" w:rsidRDefault="00096606" w:rsidP="00096606">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     журналдарды (қағаз немесе электрондық)толтырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="547FDFD7" w14:textId="3CE70951" w:rsidR="00096606" w:rsidRPr="00096606" w:rsidRDefault="00096606" w:rsidP="00096606">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      оқу үрдісінде заманауи ақпараттық-коммуникациялық технологияларды қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E1942D3" w14:textId="065D2F03" w:rsidR="00096606" w:rsidRPr="00096606" w:rsidRDefault="00096606" w:rsidP="00096606">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      оқу процесінде қарапайым бағдарламалық қамтамасыз етуді және ақпараттық-коммуникациялық технологиялардың қосымшаларын пайдаланады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1ED803" w14:textId="3FE13D9D" w:rsidR="00096606" w:rsidRPr="00096606" w:rsidRDefault="00096606" w:rsidP="00096606">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      білім алушылар мен тәрбиеленушілердің мемлекеттік жалпыға міндетті білім беру стандартында көзделген деңгейден төмен емес тұлғалық, Жүйелік-қызметтік, пәндік нәтижелерге қол жеткізуін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ABA1095" w14:textId="3F057A5D" w:rsidR="00096606" w:rsidRPr="00096606" w:rsidRDefault="00096606" w:rsidP="00096606">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      оқу бағдарламаларын, оның ішінде ерекше білім берілуіне қажеттілігі бар білім алушыларға арналған бағдарламаларды әзірлеуге және орындауға қатысады, оқу жоспарына және оқу процесінің кестесіне сәйкес олардың толық көлемде іске асырылуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="628675B9" w14:textId="503422D1" w:rsidR="00096606" w:rsidRPr="00096606" w:rsidRDefault="00096606" w:rsidP="00096606">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      білім алушылардың, тәрбиеленушілердің жеке қабілеттерін, қызығушылықтарын және бейімділіктерін зерделейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AE9D283" w14:textId="7B288E61" w:rsidR="00096606" w:rsidRPr="00096606" w:rsidRDefault="00096606" w:rsidP="00096606">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      инклюзивті білім беру үшін жағдай жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="085B983F" w14:textId="5D42890A" w:rsidR="00096606" w:rsidRPr="00096606" w:rsidRDefault="00096606" w:rsidP="00096606">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ерекше білім беру қажеттіліктері бар білім алушының жеке қажеттіліктерін ескере отырып, оқу бағдарламаларын бейімдейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E674865" w14:textId="39EA453C" w:rsidR="00096606" w:rsidRDefault="00096606" w:rsidP="004B0650">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   арнайы білім беру ұйымдарында оқытылатын пәннің ерекшелігін ескере отырып, дамудағы ауытқуларды барынша еңсеруге бағытталған білім алушыларды, тәрбиеленушілерді оқыту және тәрбиелеу бойынша жұмысты жүзеге асырады; интерактивті оқу материалдары мен цифрлық білім беру ресурстарын пайдалана отырып, қашықтықтан оқыту режимінде сабақтар ұйымдастырады;</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0650">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
-[...9 lines deleted...]
-          <w:szCs w:val="27"/>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әдістемелік бірлестіктердің, мұғалімдер қауымдастығының, әдістемелік, педагогикалық кеңестердің, желілік қоғамдастықтардың отырыстарына қатысады; ата-аналарға арналған педагогикалық консилиумдарға қатысады;</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0650">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
-[...9 lines deleted...]
-          <w:szCs w:val="27"/>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ата-аналарға кеңес береді;</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0650">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
-[...9 lines deleted...]
-          <w:szCs w:val="27"/>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кәсіби құзыреттілікті арттырады;</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0650">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
-[...9 lines deleted...]
-          <w:szCs w:val="27"/>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбек қауіпсіздігі және еңбекті қорғау, өртке қарсы қорғау қағидаларын сақтайды;</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0650">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
-[...9 lines deleted...]
-          <w:szCs w:val="27"/>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру процесі кезеңінде білім алушылардың өмірі мен денсаулығын қорғауды қамтамасыз етеді;</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0650">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
-[...9 lines deleted...]
-          <w:szCs w:val="27"/>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ата-аналармен немесе олардың орнындағы адамдармен ынтымақтастықты жүзеге асырады;</w:t>
+      </w:r>
+      <w:r w:rsidR="004B0650">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001637AA" w:rsidRPr="001637AA">
-[...228 lines deleted...]
-        <w:t>прививает антикоррупционную культуру, принципы академической честности среди обучающихся и воспитанников.</w:t>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тізбесін білім беру саласындағы уәкілетті орган бекіткен құжаттарды толтырады; білім алушылар мен тәрбиеленушілер арасында сыбайлас жемқорлыққа қарсы мәдениетті, Академиялық адалдық қағидаттарын бойына сіңіреді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C3EB6D4" w14:textId="1CF8D296" w:rsidR="00B32AAF" w:rsidRDefault="00B32AAF" w:rsidP="00986FE3">
-[...89 lines deleted...]
-    <w:p w14:paraId="1CD920B3" w14:textId="77777777" w:rsidR="00C01914" w:rsidRDefault="00725B54" w:rsidP="00C01914">
+    <w:p w14:paraId="081B494A" w14:textId="77777777" w:rsidR="004B0650" w:rsidRPr="007908A0" w:rsidRDefault="004B0650" w:rsidP="00096606">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C01914">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk110946834"/>
+      <w:r w:rsidRPr="007908A0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-        </w:rPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Требования к участникам конкурса: </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысушыларға қойылатын талаптар:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="652A9E81" w14:textId="77777777" w:rsidR="000C01D8" w:rsidRDefault="00725B54" w:rsidP="00C01914">
+    <w:p w14:paraId="04C1D73F" w14:textId="35999B81" w:rsidR="00096606" w:rsidRPr="009675E9" w:rsidRDefault="004B0650" w:rsidP="009675E9">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:sz w:val="27"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C01914">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00725B54">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білуі тиіс</w:t>
+      </w:r>
+      <w:r w:rsidR="00725B54" w:rsidRPr="00C01914">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00725B54" w:rsidRPr="00725B54">
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:anchor="z63" w:history="1">
-[...165 lines deleted...]
-          <w:spacing w:val="2"/>
+      <w:r w:rsidR="00096606" w:rsidRPr="00096606">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Конституциясы, Қазақстан Республикасының "Білім туралы", "Педагог мәртебесі туралы", "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы", "Қазақстан Республикасындағы тіл туралы", "Кемтар балаларды әлеуметтік медициналық-педагогикалық және түзеу арқылы қолдау туралы" заңдары, білім берудің мемлекеттік жалпыға міндетті стандарты және білім беруді дамытудың бағыттары мен перспективаларын айқындайтын өзге де нормативтік құқықтық актілерер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> п</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00096606" w:rsidRPr="00096606">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу пәнінің мазмұны, оқу-тәрбие процесі, оқыту және бағалау әдістемесі; педагогика мен психология;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ом</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00096606" w:rsidRPr="00096606">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пәнді </w:t>
+      </w:r>
+      <w:r w:rsidR="00096606" w:rsidRPr="00096606">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (п</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>оқыту әдістемесі, тәрбие жұмысы, оқыту құралдары және олардың дидактикалық мүмкіндіктері;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00096606" w:rsidRPr="00096606">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>) г</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:t>педагогикалық этиканың нормалары;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00096606" w:rsidRPr="00096606">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ы</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:t>медиация техникасы және қақтығыстарды шешу мүмкіндігі;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00096606" w:rsidRPr="00096606">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(п</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:t>оқу кабинеттері мен қосалқы үй-жайларды жабдықтауға қойылатын талаптар;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00096606" w:rsidRPr="00096606">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>) с</w:t>
-[...3 lines deleted...]
-          <w:spacing w:val="2"/>
+        <w:t>құқық негіздері және еңбекті, экономиканы ғылыми ұйымдастыру;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00096606" w:rsidRPr="00096606">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ого</w:t>
-[...65 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>еңбек заңнамасының негіздері, еңбек қауіпсіздігі және еңбекті қорғау, өртке қарсы қорғау қағидалары, санитариялық қағидалар мен нормалар.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="081B3D47" w14:textId="77777777" w:rsidR="000C01D8" w:rsidRDefault="000C01D8" w:rsidP="00C01914">
+    <w:p w14:paraId="2B2B7C38" w14:textId="4794950A" w:rsidR="00096606" w:rsidRPr="00096606" w:rsidRDefault="00096606" w:rsidP="00096606">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс 3-тараудың (лауазымға тағайындау тәртібі) 1-параграфына (мемлекеттік білім беру ұйымы педагогының лауазымына орналасуға конкурс өткізу тәртібі) сәйкес өткізіледі, Қазақстан Республикасы Білім және ғылым министрінің 2021 жылғы 19 қарашадағы № 568 және Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2021 жылғы 22 қарашадағы № 432 "Қазақстан Республикасы Білім және ғылым министрінің 2012 жылғы 21 ақпандағы № 57 "</w:t>
+      </w:r>
+      <w:r w:rsidR="007908A0">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>емлекеттік білім беру ұйымдарының педагогтері лауазымынан босату туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="007908A0">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00096606">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бұйрығына өзгерістер енгізу туралы бірлескен бұйрығының мемлекеттік орта, техникалық және кәсіптік білім беру ұйымдарының басшыларын конкурстық тағайындау қағидаларын бекіту туралы, орта білімнен кейінгі білім беру және мектепке дейінгі, орта білімнің жалпы білім беретін оқу бағдарламаларын және қосымша білімнің білім беру бағдарламаларын іске асыратын мемлекеттік білім беру ұйымдарының басшылары лауазымына конкурстық тағайындау"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="24F3722A" w14:textId="2F0FB18D" w:rsidR="003F15ED" w:rsidRDefault="00725B54" w:rsidP="00C01914">
+    <w:p w14:paraId="57E05B62" w14:textId="77777777" w:rsidR="004B0650" w:rsidRPr="007908A0" w:rsidRDefault="004B0650" w:rsidP="00C97E5C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007908A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін кандидат ұсыну керек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28F047F6" w14:textId="257014F2" w:rsidR="00C97E5C" w:rsidRPr="00C97E5C" w:rsidRDefault="00C97E5C" w:rsidP="00C97E5C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C97E5C">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, Конкурсқа қатысу туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A001ADF" w14:textId="31F6431C" w:rsidR="00C97E5C" w:rsidRPr="00C97E5C" w:rsidRDefault="00C97E5C" w:rsidP="00C97E5C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C97E5C">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен алынған электронды құжат (идентификация үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE71D82" w14:textId="7E094512" w:rsidR="00C97E5C" w:rsidRPr="00C97E5C" w:rsidRDefault="00C97E5C" w:rsidP="00C97E5C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C97E5C">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC33BE3" w14:textId="44ABB91A" w:rsidR="00C97E5C" w:rsidRPr="00C97E5C" w:rsidRDefault="00C97E5C" w:rsidP="00C97E5C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C97E5C">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BBDA896" w14:textId="0AE8F423" w:rsidR="00C97E5C" w:rsidRPr="00C97E5C" w:rsidRDefault="00C97E5C" w:rsidP="00C97E5C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C97E5C">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BE1C8D4" w14:textId="25EAA674" w:rsidR="00C97E5C" w:rsidRPr="00C97E5C" w:rsidRDefault="00C97E5C" w:rsidP="00C97E5C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C97E5C">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E173CFC" w14:textId="36006B69" w:rsidR="00C97E5C" w:rsidRPr="00C97E5C" w:rsidRDefault="00C97E5C" w:rsidP="00C97E5C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C97E5C">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C1763F9" w14:textId="4925689F" w:rsidR="00C97E5C" w:rsidRPr="00C97E5C" w:rsidRDefault="00C97E5C" w:rsidP="00C97E5C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C97E5C">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CD07FFE" w14:textId="3B2B6E8F" w:rsidR="00C97E5C" w:rsidRPr="00C97E5C" w:rsidRDefault="00C97E5C" w:rsidP="00C97E5C">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C97E5C">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) Ұлттық біліктілік тестілеу сертификаты (бұдан әрі – ҰБТ) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (болған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D1B311" w14:textId="0A19BE33" w:rsidR="00C97E5C" w:rsidRPr="007908A0" w:rsidRDefault="00C97E5C" w:rsidP="007908A0">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...13 lines deleted...]
-          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007908A0">
+        <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">участия в Конкурсе кандидату необходимо предоставить: </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған Бағалау парағы.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D16D47A" w14:textId="77777777" w:rsidR="003F15ED" w:rsidRDefault="00B130D6" w:rsidP="003F15ED">
-[...3 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w14:paraId="7C776435" w14:textId="283C5B31" w:rsidR="007908A0" w:rsidRPr="007908A0" w:rsidRDefault="007908A0" w:rsidP="007908A0">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007908A0">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...145 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
-[...153 lines deleted...]
-      <w:r w:rsidR="003F15ED">
+        <w:t xml:space="preserve">Әңгімелесуге жіберілген кандидаттар оны мектепте өтеді. </w:t>
+      </w:r>
+      <w:r w:rsidR="00725B54" w:rsidRPr="007908A0">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007908A0">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>төмендегі мекен жай бойынша өткізіледі: 100010, Қарағанды облысы, Қарағанды қаласы, Ә.Бөкейхан ауданы, Дружбы көшесі, 119 үй, телефон 471115</w:t>
+      </w:r>
+      <w:r w:rsidR="00725B54" w:rsidRPr="007908A0">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, электрон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007908A0">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды</w:t>
+      </w:r>
+      <w:r w:rsidR="00725B54" w:rsidRPr="007908A0">
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B130D6" w:rsidRPr="00C56A25">
-[...15 lines deleted...]
-      <w:r w:rsidR="00B130D6" w:rsidRPr="00C56A25">
+      <w:r w:rsidRPr="007908A0">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мекен жайы</w:t>
+      </w:r>
+      <w:r w:rsidR="00725B54" w:rsidRPr="007908A0">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B130D6" w:rsidRPr="007908A0">
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00B130D6" w:rsidRPr="00C56A25">
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="00B130D6" w:rsidRPr="007908A0">
           <w:rPr>
             <w:sz w:val="27"/>
             <w:szCs w:val="27"/>
             <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>sch46@kargoo.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B130D6" w:rsidRPr="00C56A25">
+      <w:r w:rsidR="00B130D6" w:rsidRPr="007908A0">
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C56A25">
-[...38 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2BDB79DF" w14:textId="0663C786" w:rsidR="00725B54" w:rsidRPr="00C56A25" w:rsidRDefault="00725B54" w:rsidP="00C56A25">
-[...3 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w14:paraId="75BEB584" w14:textId="743B0726" w:rsidR="00A82BE4" w:rsidRPr="00A82BE4" w:rsidRDefault="00A82BE4" w:rsidP="00A82BE4">
+      <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...14 lines deleted...]
-      <w:r w:rsidR="00B130D6" w:rsidRPr="00C56A25">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82BE4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін құжаттарды қабылдау хабарландыру жарияланған күннен бастап жеті жұмыс күні ішінде мектептің электрондық мекен-жайын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82BE4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а ж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">арияланады. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82BE4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттарды қабылдаудың басталу күні мен уақыты: 0</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0A4B">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82BE4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.08.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0A4B">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82BE4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ж., </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0A4B">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82BE4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.00</w:t>
+      </w:r>
+      <w:r w:rsidR="00050251">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82BE4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00050251">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82BE4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұжаттарды қабылдаудың аяқталу күні мен уақыты: 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0A4B">
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="008D2307">
-[...7 lines deleted...]
-      <w:r w:rsidR="00B130D6" w:rsidRPr="00C56A25">
+      <w:r w:rsidRPr="00A82BE4">
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.08.202</w:t>
       </w:r>
-      <w:r w:rsidR="003F15ED">
-[...47 lines deleted...]
-      <w:r w:rsidR="00B130D6" w:rsidRPr="00C56A25">
+      <w:r w:rsidR="00050251">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82BE4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ж., 17.30 сағ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30468290" w14:textId="4D7462CF" w:rsidR="00A82BE4" w:rsidRPr="00A82BE4" w:rsidRDefault="00A82BE4" w:rsidP="00A82BE4">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82BE4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Үміткерлердің құжаттарының біліктілік талаптарына сәйкестігін қарау 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0A4B">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82BE4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0A4B">
         <w:rPr>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="003F15ED">
-[...45 lines deleted...]
-        <w:t xml:space="preserve">ч. </w:t>
+      <w:r w:rsidRPr="00A82BE4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0A4B">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82BE4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тамыз аралығында жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66E9F16C" w14:textId="34210C02" w:rsidR="00B130D6" w:rsidRDefault="00B130D6" w:rsidP="00B130D6">
+    <w:p w14:paraId="1C0BA0A9" w14:textId="54AD936E" w:rsidR="00A82BE4" w:rsidRPr="00A82BE4" w:rsidRDefault="00A82BE4" w:rsidP="00A82BE4">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82BE4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурстық комиссияның қорытынды отырысы 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0A4B">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82BE4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0A4B">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82BE4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тамызда өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E5D6DB0" w14:textId="5CF6AD22" w:rsidR="00D01AA9" w:rsidRDefault="00A82BE4" w:rsidP="00A82BE4">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A82BE4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс нәтижелері 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0A4B">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82BE4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB0A4B">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A82BE4">
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тамыз сағат 17.30-дан кешіктірілмей білім беру ұйымдарының интернет-ресурсында және әлеуметтік желілердің ресми аккаунттарында жарияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="201BA816" w14:textId="600C26A3" w:rsidR="00A82BE4" w:rsidRDefault="00A82BE4" w:rsidP="00A82BE4">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D332277" w14:textId="3DBE149C" w:rsidR="00A82BE4" w:rsidRDefault="00A82BE4" w:rsidP="00A82BE4">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4029754C" w14:textId="1185A92C" w:rsidR="00A82BE4" w:rsidRDefault="00A82BE4" w:rsidP="00A82BE4">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FB7B82D" w14:textId="56218338" w:rsidR="00A82BE4" w:rsidRDefault="00A82BE4" w:rsidP="00A82BE4">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EB3D242" w14:textId="339622CA" w:rsidR="00A82BE4" w:rsidRDefault="00A82BE4" w:rsidP="00A82BE4">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21C1800B" w14:textId="77777777" w:rsidR="00A82BE4" w:rsidRDefault="00A82BE4" w:rsidP="00A82BE4">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E00553">
+    </w:p>
+    <w:p w14:paraId="7B0AD81F" w14:textId="110FFA78" w:rsidR="00D01AA9" w:rsidRDefault="00D01AA9" w:rsidP="007908A0">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Рассмотрение документов кандидатов на соответствие квалификационным требованиям</w:t>
-[...70 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B60A502" w14:textId="2AFF9EFA" w:rsidR="00BB3179" w:rsidRDefault="00B130D6" w:rsidP="00BB3179">
-[...270 lines deleted...]
-    <w:sectPr w:rsidR="00DD5A1D" w:rsidSect="00AF42C5">
+    <w:sectPr w:rsidR="00D01AA9" w:rsidSect="00605A90">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C3B2099"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="773EEA9A"/>
     <w:lvl w:ilvl="0" w:tplc="712E7CAC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="622" w:hanging="480"/>
+        <w:ind w:left="840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
@@ -5645,139 +4906,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="555F730A"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67D51F40"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C63ED992"/>
     <w:lvl w:ilvl="0" w:tplc="7D0C91FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1201" w:hanging="492"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -5822,51 +4994,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EE21E27"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6932FFE6"/>
     <w:lvl w:ilvl="0" w:tplc="A71E95C6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -5911,142 +5083,147 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="881211030">
+  <w:num w:numId="1" w16cid:durableId="833912003">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1891262708">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1309940068">
-[...2 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="1304702786">
+  <w:num w:numId="3" w16cid:durableId="864438705">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="72751554">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="4" w16cid:durableId="1185561533">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002646DA"/>
-    <w:rsid w:val="00042A91"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000D603E"/>
+    <w:rsid w:val="00050251"/>
+    <w:rsid w:val="00096606"/>
+    <w:rsid w:val="001026E1"/>
     <w:rsid w:val="0012010F"/>
     <w:rsid w:val="001279E7"/>
     <w:rsid w:val="001637AA"/>
-    <w:rsid w:val="00164971"/>
-    <w:rsid w:val="001C0CC6"/>
+    <w:rsid w:val="00224003"/>
+    <w:rsid w:val="002306AF"/>
     <w:rsid w:val="002646DA"/>
-    <w:rsid w:val="00327684"/>
-[...6 lines deleted...]
-    <w:rsid w:val="005919E5"/>
+    <w:rsid w:val="002D1B6A"/>
+    <w:rsid w:val="003F613A"/>
+    <w:rsid w:val="00402935"/>
+    <w:rsid w:val="0042298D"/>
+    <w:rsid w:val="004B0650"/>
+    <w:rsid w:val="004B7DB4"/>
     <w:rsid w:val="00596756"/>
-    <w:rsid w:val="005E00D5"/>
-    <w:rsid w:val="00603FC4"/>
+    <w:rsid w:val="005E0BD8"/>
     <w:rsid w:val="00605A90"/>
-    <w:rsid w:val="00623501"/>
     <w:rsid w:val="00725B54"/>
-    <w:rsid w:val="00762537"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00920CEB"/>
+    <w:rsid w:val="007908A0"/>
+    <w:rsid w:val="00820871"/>
+    <w:rsid w:val="00854EA2"/>
     <w:rsid w:val="009307E0"/>
-    <w:rsid w:val="00935694"/>
+    <w:rsid w:val="009675E9"/>
     <w:rsid w:val="00986FE3"/>
-    <w:rsid w:val="009901BC"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00AF42C5"/>
+    <w:rsid w:val="00A82BE4"/>
+    <w:rsid w:val="00A920E7"/>
+    <w:rsid w:val="00AC79D3"/>
     <w:rsid w:val="00B130D6"/>
-    <w:rsid w:val="00B32AAF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BA0B90"/>
+    <w:rsid w:val="00BB0A4B"/>
     <w:rsid w:val="00BB3179"/>
     <w:rsid w:val="00C01914"/>
-    <w:rsid w:val="00C20D82"/>
-    <w:rsid w:val="00C56A25"/>
+    <w:rsid w:val="00C97E5C"/>
     <w:rsid w:val="00CC4A49"/>
-    <w:rsid w:val="00D56C52"/>
-    <w:rsid w:val="00D96B44"/>
+    <w:rsid w:val="00D01AA9"/>
+    <w:rsid w:val="00D175BD"/>
+    <w:rsid w:val="00D6085B"/>
     <w:rsid w:val="00DB0EC3"/>
-    <w:rsid w:val="00DD5A1D"/>
-    <w:rsid w:val="00DE6D7B"/>
     <w:rsid w:val="00E06972"/>
-    <w:rsid w:val="00EC0AE6"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00FB57C1"/>
+    <w:rsid w:val="00E932D9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3E26E432"/>
@@ -6442,50 +5619,68 @@
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00605A90"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D01AA9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -6501,57 +5696,124 @@
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001637AA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001637AA"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D01AA9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="119956175">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="190844458">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="298076275">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1017272479">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1228541282">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1307199241">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -6559,85 +5821,72 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1512062049">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1762749637">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="1992060608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch46@kargoo.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z970000151_" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch46@kargoo.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6912,70 +6161,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30F2826F-95F6-4C34-8949-75C1ED5E1B20}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1652</Words>
-  <Characters>9420</Characters>
+  <Words>1617</Words>
+  <Characters>9217</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>78</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>76</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11050</CharactersWithSpaces>
+  <CharactersWithSpaces>10813</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>sch46@kargoo.kz</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>