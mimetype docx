--- v0 (2025-11-05)
+++ v1 (2025-12-04)
@@ -1,4694 +1,6130 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00567FB1" w:rsidRDefault="00567FB1">
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="0086722A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z203"/>
+      <w:bookmarkStart w:id="0" w:name="z215"/>
     </w:p>
-    <w:p w:rsidR="00567FB1" w:rsidRDefault="00567FB1">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="0086722A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5664"/>
         <w:gridCol w:w="4113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00567FB1">
+      <w:tr w:rsidR="0086722A" w:rsidRPr="003E62FD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004028ED" w:rsidRDefault="004028ED" w:rsidP="006901D8">
+          <w:p w:rsidR="009474DF" w:rsidRDefault="009474DF" w:rsidP="003B1C3B">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...4 lines deleted...]
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...7 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>10-қосымша</w:t>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FB1">
+      <w:tr w:rsidR="0086722A">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FB1">
+      <w:tr w:rsidR="0086722A">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Конкурс жариялаған </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орган</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>объявивший</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+    <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z358"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       _______________________________________________________________ </w:t>
+        <w:t>      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z359"/>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z360"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       (үміткердің Т.А.Ә. (бар болса)), ЖСН </w:t>
+        <w:t>Образование</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       _______________________________________________________________ </w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       (лауазымы, жұмыс орны) </w:t>
+        <w:t>высшее</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       _______________________________________________________________ </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       _______________________________________________________________ </w:t>
+        <w:t>или</w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Мені бос/уақытша бос лауазымдық конкурсқа қатысуға рұқсат беруіңізді сұраймын </w:t>
+        <w:t>послевузовское</w:t>
       </w:r>
-    </w:p>
-[...102 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2452"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4536"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00567FB1" w:rsidTr="004028ED">
+      <w:tr w:rsidR="0086722A">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2452" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="4536" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FB1" w:rsidTr="004028ED">
+      <w:tr w:rsidR="0086722A">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2452" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="00567FB1">
-[...16 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="0086722A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="0086722A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="00567FB1">
-[...16 lines deleted...]
-            <w:tcW w:w="4536" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="0086722A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="0086722A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="00567FB1">
-[...6 lines deleted...]
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="00567FB1">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="0086722A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="0086722A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z361"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы: ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы: _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Біліктілік санатының болуы (беру (растау) күні):</w:t>
-[...80 lines deleted...]
-        <w:t>      ____________________________________________________________</w:t>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5963"/>
-        <w:gridCol w:w="3814"/>
+        <w:gridCol w:w="5924"/>
+        <w:gridCol w:w="3853"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00567FB1">
+      <w:tr w:rsidR="0086722A" w:rsidRPr="003E62FD">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004028ED" w:rsidRDefault="004028ED">
+          <w:p w:rsidR="009E49B7" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="004028ED" w:rsidRDefault="004028ED">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E49B7" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="004028ED" w:rsidRDefault="004028ED">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E49B7" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="006146AD" w:rsidRDefault="006146AD">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E49B7" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="006146AD" w:rsidRDefault="006146AD">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E49B7" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E49B7" w:rsidRDefault="009E49B7" w:rsidP="009474DF">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E49B7" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...7 lines deleted...]
-            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>11-қосымша</w:t>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FB1">
+      <w:tr w:rsidR="0086722A">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z234"/>
-      <w:r>
+      <w:bookmarkStart w:id="6" w:name="z364"/>
+      <w:r w:rsidRPr="009E49B7">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Бос немесе уақытша бос педагог лауазымына үміткердің бағалау </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009E49B7">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t>парағы  _</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009E49B7">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t>__________________________________________________  (Тегі, аты, әкесінің аты (бар болса))</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10248" w:type="dxa"/>
+        <w:tblW w:w="10391" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-127" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="609"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="650"/>
+        <w:gridCol w:w="1743"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="510"/>
         <w:gridCol w:w="2468"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00567FB1" w:rsidRPr="006901D8" w:rsidTr="004028ED">
+      <w:tr w:rsidR="0086722A" w:rsidRPr="003E62FD" w:rsidTr="0075636F">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="4"/>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:bookmarkEnd w:id="6"/>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="3077" w:type="dxa"/>
+          <w:p w:rsidR="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3444" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3118" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRPr="004028ED" w:rsidRDefault="006146AD">
-[...32 lines deleted...]
-              <w:t>(1-ден 20-ға дейін)</w:t>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FB1" w:rsidRPr="006901D8" w:rsidTr="004028ED">
+      <w:tr w:rsidR="0086722A" w:rsidRPr="003E62FD" w:rsidTr="0075636F">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3444" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3118" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...70 lines deleted...]
-              <w:t>Жоғары сыртқы/қашықтан = минус 2 балл</w:t>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FB1" w:rsidTr="004028ED">
+      <w:tr w:rsidR="0086722A" w:rsidTr="0075636F">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3444" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>академическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>степень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3118" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRPr="004028ED" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PHD</w:t>
             </w:r>
-            <w:r w:rsidRPr="004028ED">
-[...38 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FB1" w:rsidTr="004028ED">
+      <w:tr w:rsidR="0086722A" w:rsidRPr="003E62FD" w:rsidTr="0075636F">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3444" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...10 lines deleted...]
-              <w:t>"Педагог" Біліктілік санаты - 5 балл</w:t>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FB1" w:rsidTr="004028ED">
+      <w:tr w:rsidR="0086722A" w:rsidRPr="003E62FD" w:rsidTr="0075636F">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3444" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификационная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3118" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...110 lines deleted...]
-              <w:t>Педагог-шебер = 10 балл</w:t>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FB1" w:rsidTr="004028ED">
+      <w:tr w:rsidR="0086722A" w:rsidRPr="003E62FD" w:rsidTr="0075636F">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3444" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3118" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...38 lines deleted...]
-              <w:t>директор (лауазымдық жұмыс өтілі кемінде 2 жыл) = 5 балл</w:t>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Методист (стаж в должности не менее 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FB1" w:rsidTr="004028ED">
+      <w:tr w:rsidR="0086722A" w:rsidTr="0075636F">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3444" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3118" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...25 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" = 0,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FB1" w:rsidTr="004028ED">
+      <w:tr w:rsidR="0086722A" w:rsidRPr="003E62FD" w:rsidTr="0075636F">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3444" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">учебы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3118" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> Рекомендательное письмо (организация образования, объявившая конкурс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...24 lines deleted...]
-              <w:t>Теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FB1" w:rsidTr="004028ED">
+      <w:tr w:rsidR="0086722A" w:rsidRPr="003E62FD" w:rsidTr="0075636F">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3444" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Показатели</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессиональных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...52 lines deleted...]
-            <w:tcW w:w="3118" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>награда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...68 lines deleted...]
-              <w:t>"Қазақстан еңбек сіңірген ұстазы" медаль иегері = 10 балл</w:t>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обладатель медали "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>" = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FB1" w:rsidRPr="006901D8" w:rsidTr="004028ED">
+      <w:tr w:rsidR="0086722A" w:rsidRPr="003E62FD" w:rsidTr="0075636F">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...10 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3444" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3118" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>авторские</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRPr="004028ED" w:rsidRDefault="006146AD">
-[...50 lines deleted...]
-              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Scopus</w:t>
             </w:r>
-            <w:r w:rsidRPr="004028ED">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FB1" w:rsidRPr="006901D8" w:rsidTr="004028ED">
+      <w:tr w:rsidR="0086722A" w:rsidRPr="003E62FD" w:rsidTr="0075636F">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3444" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3118" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...74 lines deleted...]
-              <w:t>үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FB1" w:rsidTr="004028ED">
+      <w:tr w:rsidR="0086722A" w:rsidTr="0075636F">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3444" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...36 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> КАЗТЕСТ, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...111 lines deleted...]
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"TKT</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Teaching Knowledge Test"</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...21 lines deleted...]
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"TESOL"</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Certificate in teaching English for young learners</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>In</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...13 lines deleted...]
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Online Teaching for Educators: Development and Delivery</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Educational Management</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...13 lines deleted...]
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Teaching Mathematics with Technology</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Special Educational Needs</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3118" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...8 lines deleted...]
-                <w:sz w:val="20"/>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>ПШО, НЗМ, "Өрлеу" курстары</w:t>
-[...41 lines deleted...]
-              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+              <w:t>курсы ЦПМ НИШ, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> курсы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>каждый</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отдельно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FB1" w:rsidTr="004028ED">
+      <w:tr w:rsidR="0086722A" w:rsidTr="0075636F">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="609" w:type="dxa"/>
+            <w:tcW w:w="1743" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3077" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3444" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>н", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="3118" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>плюс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FB1" w:rsidTr="004028ED">
+      <w:tr w:rsidR="0086722A" w:rsidTr="0075636F">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcW w:w="4295" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
-[...16 lines deleted...]
-            <w:tcW w:w="6562" w:type="dxa"/>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6095" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="00567FB1">
-[...6 lines deleted...]
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="00567FB1">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="0086722A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRDefault="0086722A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FB1" w:rsidTr="004028ED">
+      <w:tr w:rsidR="0086722A" w:rsidRPr="003E62FD" w:rsidTr="0075636F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="7923" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2468" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004028ED" w:rsidRDefault="004028ED">
+          <w:p w:rsidR="009E49B7" w:rsidRDefault="009E49B7" w:rsidP="009474DF">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009E49B7" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="004028ED" w:rsidRDefault="004028ED">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...166 lines deleted...]
-            <w:r>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>12-қосымша</w:t>
+            <w:r w:rsidRPr="009E49B7">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FB1" w:rsidTr="004028ED">
+      <w:tr w:rsidR="0086722A" w:rsidTr="0075636F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="7923" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2468" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+          <w:p w:rsidR="0086722A" w:rsidRDefault="009E49B7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z236"/>
-      <w:r>
+      <w:bookmarkStart w:id="7" w:name="z432"/>
+      <w:r w:rsidRPr="009E49B7">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Көрсетілетін қызметті алушының шектеулі дербес деректерге қол жеткізуге келісімі </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Согласие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на доступ к персональным данным ограниченного доступа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z433"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Мен, _______________________________ сәйкес мемлекеттік қызмет </w:t>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Я, _____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E45D48">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E49B7">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-        <w:t>      (Тегі, аты, әкесінің аты (бар болса))</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>даю согласие на доступ (Ф.И.О. (при его наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E49B7">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">       көрсету үшін қажетті мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагог қызметкерлерін қызметке тағайындау, қызметтен босату қағидаларына 1-қосымшаның 8-тармағына сәйкес қол жеткізу шектелген дербес деректерге қол жеткізуге келісімімді беремін. "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабы, оған мыналар кіреді:</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к персональным данным ограниченного доступа в соответствии с пунктом 8</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00567FB1" w:rsidRDefault="006146AD">
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E49B7">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-        <w:t>      1) жеке деректерді үшінші тұлғаға беру;</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложения 1 к Правилам назначения на должности, освобождения от должностей</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00567FB1" w:rsidRPr="004028ED" w:rsidRDefault="006146AD">
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E49B7">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t>2) дербес деректерді өңдеу барысында трансшекаралық беру;</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>первых руководителей и педагогов государственных организаций образования,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00567FB1" w:rsidRPr="004028ED" w:rsidRDefault="006146AD">
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E49B7">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 3) жеке деректерді жалпыға қолжетімді көздерге тарату.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>которые требуются для оказания государственной услуги согласно статье 8 Закона</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00567FB1" w:rsidRPr="004028ED" w:rsidRDefault="006146AD">
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E49B7">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Ұсынылған құжаттардың түпнұсқалығын және мемлекеттік қызметтерді көрсетуге қойылатын біліктілік талаптарына сәйкестігін растау үшін қажетті басқа да ақпаратты қамтитын қолжетімділігі шектеулі жеке деректерге қол жеткізуге келісемін.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан "О персональных данных и их защите", включающее в себя следующее:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00567FB1" w:rsidRPr="004028ED" w:rsidRDefault="006146AD">
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E49B7">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Бұл келісім мемлекеттік қызметті көрсету нәтижесін алғанға дейінгі бүкіл кезең ішінде жарамды.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) передачу персональных данных третьим лицам;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00567FB1" w:rsidRPr="004028ED" w:rsidRDefault="006146AD">
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004028ED">
+      <w:r w:rsidRPr="009E49B7">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> _______________________________________________ </w:t>
+        <w:t>2) трансграничную передачу персональных данных в процессе их обработки;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00567FB1" w:rsidRPr="004028ED" w:rsidRDefault="006146AD">
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E49B7">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-        <w:t>     </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) распространение персональных данных в общедоступных источниках.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004028ED">
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (қолы) (Тегі, аты, әкесінің аты (бар болса))</w:t>
+        <w:t>Согласен(а) на доступ к персональным данным ограниченного доступа, включающее</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00567FB1" w:rsidRPr="004028ED" w:rsidRDefault="006146AD">
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004028ED">
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в себя иные сведения, которые требуются для подтверждения достоверности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предоставляемых документов, и соответствия квалификационным требованиям</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>при оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящее согласие действует в течение всего периода до получения результата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(подпись) (Ф.И.О. (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E49B7">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="004028ED">
+      <w:r w:rsidRPr="009E49B7">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00567FB1" w:rsidRPr="004028ED" w:rsidRDefault="006146AD">
+    <w:p w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidRDefault="009E49B7">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004028ED">
+      <w:r w:rsidRPr="009E49B7">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК</w:t>
+        <w:t>© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00567FB1" w:rsidRPr="004028ED" w:rsidSect="006146AD">
+    <w:sectPr w:rsidR="0086722A" w:rsidRPr="009E49B7" w:rsidSect="009474DF">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="851" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="568" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00567FB1"/>
-[...5 lines deleted...]
-    <w:rsid w:val="006901D8"/>
+    <w:rsidRoot w:val="0086722A"/>
+    <w:rsid w:val="003B1C3B"/>
+    <w:rsid w:val="003E62FD"/>
+    <w:rsid w:val="00680F3B"/>
+    <w:rsid w:val="0075636F"/>
+    <w:rsid w:val="0086722A"/>
+    <w:rsid w:val="00943997"/>
+    <w:rsid w:val="009474DF"/>
+    <w:rsid w:val="009E49B7"/>
+    <w:rsid w:val="00E45D48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="723A09B2"/>
-  <w15:docId w15:val="{D0C5DE35-22C7-4B3E-975C-36BBE93A27D5}"/>
+  <w14:docId w14:val="44905EEB"/>
+  <w15:docId w15:val="{2C93AED5-8FD0-4640-B764-6A3B2D92B928}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5326,81 +6762,78 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006146AD"/>
+    <w:rsid w:val="00E45D48"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006146AD"/>
+    <w:rsid w:val="00E45D48"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -5629,65 +7062,65 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1241</Words>
-  <Characters>7078</Characters>
+  <Words>1270</Words>
+  <Characters>7242</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
+  <Lines>60</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8303</CharactersWithSpaces>
+  <CharactersWithSpaces>8496</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>