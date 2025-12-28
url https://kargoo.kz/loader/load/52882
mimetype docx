--- v0 (2025-11-03)
+++ v1 (2025-12-28)
@@ -1,9583 +1,11632 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00755C1F" w:rsidRDefault="009E3D48">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Сыбайлас жемқорлыққа қарсы іс-қимыл туралы</w:t>
-[...105 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z2"/>
+        <w:t>противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закон Республики Казахстан от 18 ноября 2015 года № 410-V ЗРК.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание РЦПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Порядок введения в действие настоящего Закона см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст.27</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Вниманию пользователей!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Для удобства пользования РЦПИ создано </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ОГЛАВЛЕНИЕ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z33"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Настоящий Закон регулирует общественные отношения в сфере противодействия коррупции и направлен на реализацию антикоррупционной политики Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z28"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. ЖАЛПЫ ЕРЕЖ</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Глава 1. ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 1. Разъяснение некоторых понятий, содержащихся</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="z4"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в настоящем Законе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Содержащиеся в настоящем Законе понятия применяются в следующем значении:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) административно-хозяйственные функции – предоставленное в установленном законом Республики Казахстан порядке право управления и распоряжения имущес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>твом, находящимся на балансе организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z138"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Осы Заңда қамтылатын ұғымдар мынадай мағынада қолданылады:</w:t>
-[...7 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="z5"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-1) лицо, занимающее ответственную государственную должность, – лицо, занимающее должность, которая установлена Конституцией Республики Казахстан, конституционными и иными законами Республики Казахстан для н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>епосредственного исполнения функций государства и полномочий государственных органов, в том числе депутат Парламента Республики Казахстан, судья Конституционного Суда Республики Казахстан судья, Уполномоченный по правам человека в Республике Казахстан, а р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>авно лицо, занимающее согласно законодательству Республики Казахстан о государственной службе политическую государственную должность либо административную государственную должность корпуса "А";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z35"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1) әкімшілік-шаруашылық функциялар – ұйымның балансындағы мүлікті басқаруға және оған билік етуге Қазақстан Республикасының </w:t>
-[...14 lines deleted...]
-      <w:bookmarkStart w:id="6" w:name="z288"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) должностное лицо – лицо, постоянно, временно или по с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пециальному полномочию осуществляющее функции представителя власти либо выполняющее организационно-распорядительные или административно-хозяйственные функции в государственных органах, органах местного самоуправления, а также в Вооруженных Силах, других во</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>йсках и воинских формированиях Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z139"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      1-1) жауапты мемлекеттiк лауазымды атқаратын адам – мемлекеттік функцияларды және мемлекеттік органдардың өкілеттіктерін тікелей орындау үшін Қазақстан Республикасының Конституциясында, Қазақстан Республи</w:t>
-[...21 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="z6"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-1) лицо, исполняющее управленческие функции в государственной организации или субъекте квазигосударственного сектора, – лицо, постоянно, временно либо по специальному полномочию исполняющее орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>изационно-распорядительные или административно-хозяйственные функции в указанных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z36"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      2) лауазымды адам – тұрақты, уақытша немесе арнаулы өкiлеттiк бо</w:t>
-[...21 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="z289"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) лицо, уполномоченное на выполнение государственных функций, – лицо, находящееся на государственной службе, депутат маслихата, лицо, временно исполняющее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обязанности, предусмотренные государственной должностью, до назначения его на государственную службу, а также лицо, временно назначенное на воинскую должность военнослужащего по контракту офицерского состава или временно исполняющее его обязанности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z37"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      2-1) мемлекеттік ұйымда немесе квазимемлекеттік сектор субъектісінде басқарушылық функцияларды орындайтын адам – көрсетілген ұйымдарда ұйымдастырушылық-өкімдік немесе әкiмшiлiк-шаруашылық функцияларды тұр</w:t>
-[...14 lines deleted...]
-      <w:bookmarkStart w:id="9" w:name="z7"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) лицо, приравненное к лицам, уполномоченным на выполнение государственных функций, – лицо, избранное в органы местного самоуправления; гражданин, зарегистрированный в установленном законом Республики Казахстан порядке в качестве кандидата в Президенты Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>еспублики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы районов, городов областного значения, городов районного значения, поселков, сел, сельских округов, а также в члены выборного органа местного самоуправления; член территориа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">льной избирательной комиссии, осуществляющий полномочия на профессиональной постоянной основе, оплата труда которого производится из средств бюджета Республики Казахстан; служащий, постоянно или временно работающий в органе местного самоуправления, оплата </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>труда которого производится из средств государственного бюджета Республики Казахстан; лицо, исполняющее управленческие функции в государственной организации или субъекте квазигосударственного сектора, а также лицо, уполномоченное на принятие решений по орг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>анизации и проведению закупок, в том числе государственных, либо ответственное за отбор и реализацию проектов, финансируемых из средств государственного бюджета и Национального фонда Республики Казахстан, занимающее должность не ниже руководителя самостоят</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ельного структурного подразделения в указанных организациях, служащие Национального Банка Республики Казахстан и его ведомств; служащие уполномоченной организации в сфере гражданской авиации, действующие в соответствии с законодательством Республики Казахс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тан об использовании воздушного пространства Республики Казахстан и деятельности авиации, служащие уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z38"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      3) мемлекеттік функцияларды орындауға уәкілеттік берілген адам – мемлекеттік қызметтегі адам, мәслихат депутаты, мемлекеттік лауазымда </w:t>
-[...4 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) конфликт интересов – противоречие между личн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ыми интересами лиц, занимающих ответственную государственную должность, лиц, уполномоченных на выполнение государственных функций, лиц, приравненных к ним, должностных лиц и их должностными полномочиями, при котором личные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>көзделген міндеттерді мемлекеттік қызметке тағайындалға</w:t>
-[...14 lines deleted...]
-      <w:bookmarkStart w:id="10" w:name="z8"/>
+        <w:t>интересы указанных лиц могут прив</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ести к неисполнению и (или) ненадлежащему исполнению ими своих должностных обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z39"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      4) мемлекеттік функцияларды орындауға уәкілеттік берілген адам</w:t>
-[...56 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="z9"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) коррупция – незаконное использование лицами, занимающими ответственную государственную должность, лицами, уполномоченными на выполнение государственных функци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">й, лицами, приравненными к лицам, уполномоченным на выполнение государственных функций, должностными лицами своих должностных (служебных) полномочий и связанных с ними возможностей в целях получения или извлечения лично или через посредников имущественных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(неимущественных) благ и преимуществ для себя либо третьих лиц, а равно подкуп данных лиц путем предоставления благ и преимуществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z40"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      5) мүдделер қақтығысы – жауапты мемлекеттік лауазымды атқаратын адамдардың, мемлекет</w:t>
-[...21 lines deleted...]
-      <w:bookmarkStart w:id="12" w:name="z10"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) антикоррупционная политика – правовые, административные и организационные меры, направленные на снижение коррупционн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ых рисков, повышение доверия общества к деятельности государственных органов, и иные меры в соответствии с настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z41"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) антикоррупционные ограничения – ограничения, установленные настоящим Законом и направленные на предупреждение коррупционн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ых правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z42"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) противодействие коррупции – деятельность субъектов противодействия коррупции в пределах своих полномочий по предупреждению коррупции, в том числе по формированию антикоррупционной культуры в обществе, выявлению и устранению прич</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ин и условий, способствующих совершению коррупционных правонарушений, а также по выявлению, пресечению, раскрытию и расследованию коррупционных правонарушений и устранению их последствий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z43"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) уполномоченный орган по противодействию коррупции –государ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ственный орган, осуществляющий формирование и реализацию антикоррупционной политики Республики Казахстан и координацию в сфере противодействия коррупции, а также предупреждение, выявление, пресечение, раскрытие и расследование коррупционных правонарушений,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и его территориальные подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z44"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) коррупционное правонарушение – имеющее признаки коррупции противоправное виновное деяние (действие или бездействие), за которое законом установлена административная или уголовная ответственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z45"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12) ко</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ррупционный риск – возможность возникновения причин и условий, способствующих совершению коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z46"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13) предупреждение коррупции – деятельность субъектов противодействия коррупции по изучению, выявлению, ограничению и устранению пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ичин и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      6) сыбайлас жемқорлық – жауапты мемлекеттік лауазымды атқаратын адамдардың, мемлекеттiк функцияларды орындауға уәкілеттік берілген адамдардың, мемлекеттік функцияларды </w:t>
-[...138 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="z16"/>
+        <w:t>условий, способствующих совершению коррупционных правонарушений, путем разработки и внедрения системы превентивных мер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z140"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      12) сыбайлас жемқорлық тәуекелі – сыбайлас жемқорлық құқық бұзушылықтарды жасауға ықпал ететін себептер мен</w:t>
-[...22 lines deleted...]
-      </w:r>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14) организационно-распорядительные функции – предоставленное в установленном законом Республики Казахстан порядке право из</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>давать приказы и распоряжения, обязательные для исполнения подчиненными по службе лицами, а также применять меры поощрения и дисциплинарные взыскания в отношении подчиненных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Статья 1 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 484-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 19.04.2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 249-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.08.2019); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 262-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020); от 26.11.2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 273-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вво</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.10.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 365-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 29.12.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 91-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 157-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2023); от 03.01.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 188-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 2. Сфера действия настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Настоящий Закон действует на территории Республики Казахстан в отношении физических и юридических лиц. За пределами Республики Казахстан настоящий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Закон действует в отношении граждан Республики Казахстан и юридических лиц, зарегистрированных в Республике Казахстан, если иное не предусмотрено международным договором, ратифицированным Республикой Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z48"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Уголовные ответственность и наказани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е за коррупционные преступления предусмотрены Уголовным кодексом Республики Казахстан, административные ответственность и взыскание за административные коррупционные правонарушения – Кодексом Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Законодательство Республики Казахстан о противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Законодательство Республики Казахстан о противодействии коррупции основывается на Конституции Республики Казахстан и состоит из настоящего Закона и иных нормативных правовых акт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ов Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z50"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">сыбайлас жемқорлық құқық бұзушылықтар жасауға ықпал ететін себептер мен </w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">      Ескерту. 1-бапқа өзгерістер енгізілді - ҚР 06.04.2016 </w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Если международным договором, ратифицированным Республикой Казахстан, установлены иные правила, чем те, которые содержатся в настоящем Законе, то применяются правила международного договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 4. Основные принципы про</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тиводействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Противодействие коррупции осуществляется на основе принципов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) законности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) приоритета защиты прав, свобод и законных интересов человека и гражданина;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) гласности и прозрачности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) взаимодействия г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осударства и гражданского общества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) системного и комплексного использования мер противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) приоритетного применения мер предупреждения коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) защиты и поощрения лиц, оказывающих содействие в противодействии ко</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) неотвратимости наказания за совершение коррупционных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Статья 4 с изменением, внесенным Законом РК от 03.01.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 188-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого оф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ициального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 5. Цель и задачи противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z51"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Целью противодействия коррупции является устранение коррупции в обществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z52"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Достижение цели противодействия коррупции реализуется посредством решения следующих за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дач:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) формирования в обществе атмосферы нетерпимости к коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) выявления условий и причин, способствующих совершению коррупционных правонарушений, и устранения их последствий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) укрепления взаимодействия субъектов противодействия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) развития международного сотрудничества по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) выявления, пресечения, раскрытия и расследования коррупционных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z29"/>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. МЕРЫ ПРОТИВОДЕЙСТВИЯ КОРРУПЦИИ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 6. Система мер противодействия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Система мер противодействия коррупции включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) антикоррупционный мониторинг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) анализ коррупционных рисков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) формирование антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z145"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-1) проведение научной антикоррупционной экспертизы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проектов нормативных правовых актов в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z132"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) выявление коррупциогенных норм при производстве юридической экспертизы в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) формирование и со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>блюдение антикоррупционных стандартов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) финансовый контроль;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) антикоррупционные ограничения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) предотвращение и разрешение конфликта интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) меры противодействия коррупции в сфере предпринимательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) выявление,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пресечение, раскрытие и расследование коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) сообщение о коррупционных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12) устранение последствий коррупционных правонарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13) формирование и публикацию Национального доклада о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>противодействии коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Статья 6 с изменением, внесенным Законом РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 273-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 7. Антикоррупционный мониторинг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z53"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Антикоррупционный мониторинг – деятельность субъектов противоде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>йствия коррупции по сбору, обработке, обобщению, анализу и оценке информации, касающейся эффективности антикоррупционной политики, состояния правоприменительной практики в сфере противодействия коррупции, а также восприятия и оценки уровня коррупции общест</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z54"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Целью антикоррупционного мониторинга является оценка правоприменительной практики в сфере противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z55"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Источниками антикоррупционного мониторинга являются правовая статистика и обращения физических и юридических лиц, св</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>едения неправительственных и международных организаций, данные социологических опросов и публикаций в средствах массовой информации, а также иные не запрещенные законом источники информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z56"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Результаты антикоррупционного мониторинга могут являться</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основанием для проведения анализа коррупционных рисков, а также совершенствования мер, направленных на формирование антикоррупционной культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z57"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Положения настоящей статьи не распространяются на деятельность специальных государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>атья 8. Анализ коррупционных рисков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z58"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Анализ коррупционных рисков (внешний и внутренний) – выявление и изучение причин и условий, способствующих совершению коррупционных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z137"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Внешний анализ коррупционных рисков осуществляется упо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лномоченным органом по противодействию коррупции в порядке, определяемом Правительством Республики Казахстан по согласованию с Администрацией Президента Республики Казахстан, по следующим направлениям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) выявление коррупционных рисков в правовых и и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ных актах, затрагивающих деятельность государственных органов и организаций, субъектов квазигосударственного сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) выявление коррупционных рисков в организационно-управленческой деятельности государственных органов и организаций, субъектов кваз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>игосударственного сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К проведению внешнего анализа коррупционных рисков уполномоченный орган по противодействию коррупции вправе привлекать специалистов и (или) экспертов иных субъектов противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По результатам внешнего а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нализа коррупционных рисков государственные органы, организации и субъекты квазигосударственного сектора принимают меры по устранению причин и условий возникновения коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z60"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Действие пункта 2 настоящей статьи не распространяется на отношения в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сферах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) высшего надзора, осуществляемого прокуратурой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) досудебного производства по уголовным делам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) производства по делам об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) правосудия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) оперативно-розыскной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) уголовно-исполнительной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) контроля за соблюдением требований законодательства Республики Казахстан о государственных секретах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z61"/>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Положения пункта 2 настоящей статьи не распространяются на деятельность специальных государств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>енных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z62"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Государственные органы, организации и субъекты квазигосударственного сектора осуществляют внутренний анализ коррупционных рисков, по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>результатам которого принимают меры по устранению причин и условий, способствующих совершению корру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пционных правонарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Типовой порядок проведения внутреннего анализа коррупционных рисков определяется уполномоченным органом по противодействию коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Статья 8 с изменениями, внесенными законами РК от 03.07.2017 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 86-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводитс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.01.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 188-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 9. Формир</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ование антикоррупционной культуры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z63"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Формирование антикоррупционной культуры – деятельность, осуществляемая субъектами противодействия коррупции в пределах своей компетенции по сохранению и укреплению в обществе системы ценностей, отражающей нетерпим</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ость к коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z64"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Формирование антикоррупционной культуры осуществляется посредством комплекса мер образовательного, информационного и организационного характера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z65"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Антикоррупционное образование – непрерывный процесс воспитания и обучения, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>осуществляемый в целях нравственного, интеллектуального, культурного развития и формирования активной гражданской позиции неприятия коррупции личностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z66"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Информационная и организационная деятельность реализуется путем проведения разъяснительной раб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оты в средствах массовой информации, организации социально значимых мероприятий, государственного социального заказа в соответствии с законодательством Республики Казахстан и иных мер, предусмотренных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 10. Анти</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>коррупционные стандарты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z67"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Антикоррупционные стандарты – установленная для обособленной сферы общественных отношений система рекомендаций, направленная на предупреждение коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z68"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Антикоррупционные стандарты разрабатываются государственными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> органами, организациями и субъектами квазигосударственного сектора при участии общественности и учитываются при разработке законодательства и в правоприменительной практике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 11. Меры финансового контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z69"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. В целях осуществления мер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>финансового контроля лица, определенные настоящей статьей, представляют следующие декларации физических лиц:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z133"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) декларацию об активах и обязательствах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) декларацию о доходах и имуществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z146"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Декларацию об активах и обязательствах предста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вляют:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z179"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) кандидаты в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан и маслихатов, акимы районов, городов областного значения, городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов ме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стного самоуправления и их супруги – до регистрации в качестве кандидата;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z180"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) лица, являющиеся кандидатами на государственную должность либо должность, связанную с выполнением государственных или приравненных к ним функций, и их супруги, за исключение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м лиц, указанных в подпункте 1) настоящего пункта, – до вынесения акта должностного лица (органа), имеющего право назначения на должность, о назначении на должность (по состоянию на первое число месяца представления декларации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z71"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Декларацию о доход</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ах и имуществе представляют:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) лица, занимающие ответственную государственную должность, и их супруги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) лица, уполномоченные на выполнение государственных функций, и их супруги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) должностные лица и их супруги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) лица, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приравненные к лицам, уполномоченным на выполнение государственных функций, и их супруги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z72"/>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. В случае приобретения в течение отчетного календарного года имущества, определенного налоговым законодательством Республики Казахстан, лица, указанные в пун</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кте 3 настоящей статьи, в декларации о доходах и имуществе отражают сведения об источниках покрытия расходов на приобретение указанного имущества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пункт 4 предусмотрено дополнить частями второй, третьей, четвертой, пятой, шесто</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>й, седьмой и примечанием в соответствии с Законом РК от 03.01.2023 № 188-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2027).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z73"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Декларация об активах и обязательствах составляется в соответствии с налоговым законодательством Республики Казахстан и представляетс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я по форме и в порядке, которые определены налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z74"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Декларация о доходах и имуществе составляется в соответствии с налоговым законодательством Республики Казахстан и представляется по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>форме, в порядке и сро</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ки, которые определены налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z75"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Сведения о представлении физическими лицами, указанными в пунктах 2 и 3 настоящей статьи, декларации об активах и обязательствах или декларации о доходах и имуществе размеща</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ются на официальном интернет-ресурсе государственного органа, осуществляющего руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет, в порядке, установленном налоговым законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z76"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Непредставление сведений или представление недостоверных сведений в декларации об активах и обязательствах лицами, указанными в подпункте 1) пункта 2 настоящей статьи, если в содеянном не содержатся признаки уголовно наказуемого деяния, является основанием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для отказа в регистрации или отмены решений о регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z185"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Непредставление декларации об активах и обязательствах и (или) декларации о доходах и имуществе или представление неполных, недостоверных сведений в таких декларациях, если в содеянном не со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>держатся признаки уголовно наказуемого деяния:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z186"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лицами, указанными в подпункте 2) пункта 2 настоящей статьи, – является основанием для отказа в наделении лица соответствующими полномочиями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z187"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лицами, указанными в пункте 3 настоящей статьи, – влече</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>т ответственность, предусмотренную Кодексом Республики Казахстан об административных правонарушениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z77"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Опубликованию в срок не позднее 31 декабря года, следующего за отчетным календарным годом, подлежат сведения, отраженные в декларациях физических</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лиц, которые представили следующие лица и их супруги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) занимающие политические государственные должности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) занимающие административные государственные должности корпуса "А";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) депутаты Парламента Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z182"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-1) Упо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лномоченный по правам человека в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) судьи Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) лица, исполняющие управленческие функции в субъектах квазигосударственного сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень сведений, подлежащих опубликованию, определяется уполном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оченным органом по противодействию коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сведения, указанные в части второй настоящего пункта, размещаются службами управления персоналом (кадровыми службами) государственных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>органов, организаций, Парламента Республики Казахстан и Верховного Суд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а Республики Казахстан на их официальных интернет-ресурсах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z78"/>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Требования пункта 7 и подпунктов 1) и 2) пункта 9 настоящей статьи не распространяются на сведения, составляющие государственные секреты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z79"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Физические и юридические лица, которы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е участвуют в выполнении функций по управлению государственным имуществом, представляют в порядке и сроки, установленные Правительством Республики Казахстан, отчеты обо всех сделках имущественного характера и финансовой деятельности, связанных с государств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>енной собственностью, в государственный орган, осуществляющий в отношении государственного имущества правомочия собственника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z80"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Поступающие в органы государственных доходов сведения, предусмотренные настоящей статьей, являются охраняемой законом та</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>йной в соответствии с законодательством Республики Казахстан. Их разглашение влечет ответственность в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z81"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Сведения, составляющие служебную и налоговую тайну, представляются уполномоченному органу по финан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>совому мониторингу в целях и порядке, предусмотренных Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Статья 11 с изменениями, внесенными законами РК </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 26.11.2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 273-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.07.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 359-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опублико</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вания); от 29.12.2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 91-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 157-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2023).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 12. Антикоррупционные ограничения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z85"/>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. В целях недопущения лицами, занимающими ответственную государственную должность, лицами, уполномоченными на выполнение государственных функций, лицами, приравненными к ним (за исключением кандидатов в Президенты Республики Казахстан, депутаты Парл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>амента Республики Казахстан или маслихатов, акимы районов, городов областного значения, городов районного значения, поселков, сел, сельских округов, а также в члены выборных органов местного самоуправления), должностными лицами, а также лицами, являющимися</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кандидатами, уполномоченными на выполнение указанных функций, совершения действий, которые могут привести к использованию ими своих полномочий в личных, групповых и иных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>неслужебных интересах, указанные лица с учетом особенностей, установленных статьями 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3, 14, 14-1 и 15 настоящего Закона, принимают на себя антикоррупционные ограничения по:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) осуществлению деятельности, не совместимой с выполнением государственных функций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) недопустимости совместной службы (работы) близких родственников, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>супругов и свойственников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) использованию служебной и иной информации, не подлежащей официальному распространению, в целях получения или извлечения имущественных и неимущественных благ и преимуществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) принятию материального вознаграждения, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>подарков или услуг за действия (бездействие) в пользу лиц, их предоставивших, если такие действия входят в служебные полномочия лиц, указанных в абзаце первом настоящего пункта, или эти лица в силу должностного положения могут способствовать таким действия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м (бездействию);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z165"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) открытию и владению счетами (вкладами) в иностранных банках, расположенных за пределами Республики Казахстан, хранению наличных денег и ценностей в иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z86"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Зако</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нами, регулирующими порядок выполнения отдельных государственных функций, могут устанавливаться другие правовые нормы, предусматривающие ограничения, направленные на предупреждение коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z87"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Согласие лиц, указанных в абзаце первом пункта 1 насто</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ящей статьи, на принятие антикоррупционных ограничений фиксируется службами управления персоналом (кадровыми службами) соответствующих организаций в письменной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z88"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Непринятие антикоррупционных ограничений лицами, указанными в абзаце первом пунк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>та 1 настоящей статьи, влечет отказ в приеме на должность либо увольнение (освобождение от занимаемой должности, прекращение полномочий), их несоблюдение является основанием для увольнения (освобождения от занимаемой должности, прекращения полномочий).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z156"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Члены семьи лица, указанного в абзаце первом пункта 1 настоящей статьи, не вправе получать материальное вознаграждение, подарки или услуги, предоставляемые за действия (бездействие) этого лица в пользу лиц, предоставивших материальное вознаграждение,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подарки или услуги, если такие действия (бездействие) входят в служебные полномочия данного лица либо оно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>в силу своего должностного положения может способствовать таким действиям (бездействию).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z157"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Примечание. В настоящем Законе под членами семьи лица,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указанного в абзаце первом пункта 1 настоящей статьи, понимаются его супруг (супруга), родители, дети, в том числе совершеннолетние, и лица, находящиеся на иждивении и постоянно проживающие с ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z158"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Деньги, поступившие на счет лиц, указанных в абза</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>це первом пункта 1 настоящей статьи, и (или) членов их семей без их ведома, а также средства, полученные ими в нарушение подпункта 4) пункта 1 и пункта 5 настоящей статьи, не более чем в двухнедельный срок после их обнаружения подлежат перечислению в респу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бликанский бюджет с представлением объяснения в соответствующий орган государственных доходов об обстоятельствах поступления таких средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z159"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Подарки, поступившие без ведома лиц, указанных в абзаце первом пункта 1 настоящей статьи, и (или) членов их се</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мей, а также полученные ими в нарушение подпункта 4) пункта 1 и пункта 5 настоящей статьи, подлежат безвозмездной передаче уполномоченному органу по управлению государственным имуществом в течение семи календарных дней со дня получения подарка либо со дня,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> когда лицу, указанному в абзаце первом пункта 1 настоящей статьи, стало известно о получении подарка, а оказанные указанным лицам при тех же обстоятельствах услуги должны быть оплачены путем перечисления денег в республиканский бюджет в течение семи кален</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дарных дней со дня оказания услуги либо со дня, когда лицу, указанному в абзаце первом пункта 1 настоящей статьи, стало известно об оказании услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z160"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лицо, передавшее подарок уполномоченному органу по управлению государственным имуществом, вправе с ув</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>едомлением вышестоящего должностного лица выкупить его по стоимости, определенной в соответствии с Законом Республики Казахстан "Об оценочной деятельности в Республике Казахстан", на основании договора купли-продажи, заключаемого с уполномоченным органом п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о управлению государственным имуществом. Вырученные от продажи подарков деньги перечисляются в республиканский бюджет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Статья 12 с изменениями, внесенными законами РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 273-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дней после дня его первого официального опубликования); от 06.10.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 365-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 157-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>01.01.2023); от 19.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 384-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.01.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 188-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ания).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конституционным Судом РК начато производство по проверке конституционности статьи 13.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 13. Деятельность, несовместимая с выполнением государственных функций</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z89"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Лицам, занимающим ответственную государственную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должность, лицам, уполномоченным на выполнение государственных функций (за исключением депутатов маслихатов, осуществляющих свою деятельность не на постоянной или освобожденной основе), лицам, приравненным к лицам, уполномоченным на выполнение государстве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нных функций (за исключением кандидатов в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы районов, городов областного значения, городов районного значения, поселков, сел, сельских округов, а также в члены выб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орных органов местного самоуправления), должностным лицам запрещается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) самостоятельно участвовать в управлении хозяйствующим субъектом, если управление или участие в управлении хозяйствующим субъектом не входит в их должностные обязанности в соотв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>етствии с законодательством Республики Казахстан, содействовать удовлетворению материальных интересов организаций или физических лиц путем неправомерного использования своих служебных полномочий с целью получения имущественных или иных благ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) заним</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аться предпринимательской деятельностью, за исключением приобретения и (или) реализации паев открытых и интервальных паевых инвестиционных фондов, облигаций на организованном рынке ценных бумаг, акций коммерческих организаций (простые акции в объеме, не пр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>евышающем пяти процентов от общего количества голосующих акций организаций) на организованном рынке ценных бумаг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) заниматься другой оплачиваемой деятельностью, кроме педагогической, научной и иной творческой деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Исключен Законом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 273-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z190"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-1. Лица, приравненные к лицам, уполномоченным на выполнение государственных функций, осуществляющие деятельност</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ь в субъектах квазигосударственного сектора (за исключением государственных предприятий), вправе занимать оплачиваемые должности в органах управления, наблюдательных советах, исполнительных органах дочерних, зависимых организаций соответствующих субъектов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного сектора и иных юридических лиц, являющихся аффилированными с ними в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z91"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Лица, указанные в пункте 1 настоящей статьи, вправе сдавать в имущественный наем (аренду) жилище, принадлежащее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> им на праве собственности, и получать доход от такой сдачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z92"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Председателю Национального Банка Республики Казахстан и его заместителям, Председателю уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ций и его заместителям запрещается приобретать паи инвестиционных фондов, облигации, акции коммерческих организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z134"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Председатель Национального Банка Республики Казахстан и его заместители, Председатель уполномоченного органа по регулированию, контро</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лю и надзору финансового рынка и финансовых организаций и его заместители в течение тридцати календарных дней со дня их назначения на должности обязаны передать в доверительное управление в порядке, установленном законами Республики Казахстан, принадлежащи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е паи инвестиционных фондов, облигации и акции коммерческих организаций, приобретенные до назначения их на должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z141"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Неисполнение указанными лицами обязательств, предусмотренных настоящим пунктом, является основанием для прекращения ими соответствую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>щей деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z93"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Лица, указанные в пункте 1 настоящей статьи, в течение тридцати календарных дней со дня вступления в должность обязаны передать в доверительное управление на время выполнения этих функций в порядке, установленном законами Респуб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лики Казахстан, принадлежащее им имущество, использование которого влечет получение доходов, за исключением денег, облигаций, паев открытых и интервальных паевых инвестиционных фондов, законно принадлежащих этим лицам, а также имущества, переданного в имущ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ественный наем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z94"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Договор на доверительное управление имуществом подлежит нотариальному удостоверению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z95"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. В случае приобретения акций (долей участия в уставном капитале) коммерческих организаций и иного имущества, использование которого влечет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получение доходов, за исключением облигаций, паев открытых и интервальных паевых инвестиционных фондов, лица, указанные в пункте 1 настоящей статьи, обязаны передать их в доверительное управление в течение тридцати календарных дней со дня приобретения в п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орядке, установленном законами Республики Казахстан, и представить в службу управления персоналом (кадровую службу) по месту работы нотариально засвидетельствованную копию нотариально удостоверенного договора на доверительное управление имуществом в течени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е десяти рабочих дней после нотариального удостоверения договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z96"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Неисполнение обязательств, предусмотренных пунктами 5 и 7 настоящей статьи, лицами, указанными в пункте 1 настоящей статьи, является основанием для прекращения ими государственной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>службы или иной соответствующей деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Статья 13 с изменениями, внесенными законами РК от 22.01.2016 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 446-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.07.2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>62-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2020); от 26.11.2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 273-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 157-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2023); от 03.01.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 188-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Статья 14. Недопустимость совместной службы (работы)близких родственников, супругов или свойственников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z97"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Лица, занимающие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ответственную государственную должность, лица, уполномоченные на выполнение государственных функций (за исключением депутатов маслихатов, осуществляющих свою деятельность не на постоянной или освобожденной основе), и лица, приравненные к лицам, уполномочен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ным на выполнение государственных функций (за исключением кандидатов в Президенты Республики Казахстан, депутаты Парламента Республики Казахстан или маслихатов, акимы районов, городов областного значения, городов районного значения, поселков, сел, сельских</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> округов, а также в члены выборных органов местного самоуправления), должностные лица не могут занимать должности, находящиеся в непосредственной подчиненности должностям, занимаемым их близкими родственниками, супругом (супругой) и (или) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">свойственниками, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а также иметь в непосредственном подчинении близких родственников, супруга (супругу) и (или) свойственников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z161"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-1. Лица, являющиеся кандидатами на государственную должность либо должность, связанную с выполнением государственных или приравненных к ним</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> функций, обязаны в письменной форме уведомить руководство организации, на занятие должности в которой они претендуют, о работающих в этой организации близких родственниках, супруге и (или) свойственниках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z98"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Лица, нарушающие требования пункта 1 нас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тоящей статьи, если они добровольно в течение трех месяцев с момента обнаружения указанного нарушения его не устранят, подлежат переводу на должности, исключающие такую подчиненность, а при невозможности такого перевода один из этих служащих подлежит уволь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нению с должности или иному освобождению от указанных функций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Примечание. В настоящем Законе под близкими родственниками понимаются родители (родитель), дети, усыновители (удочерители), усыновленные (удочеренные), полнородные и неполнородные братья </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и сестры, дедушка, бабушка, внуки, под свойственниками – полнородные и неполнородные братья и сестры, родители и дети супруга (супруги).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z191"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Лицам, указанным в пункте 1 настоящей статьи, запрещается занимать должности со своими близкими родственниками</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, супругом (супругой) и (или) свойственниками в одном органе управления (наблюдательном совете, исполнительном органе) субъекта квазигосударственного сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z192"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лица, нарушающие требования части первой настоящего пункта, если они добровольно в течение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>трех месяцев с момента обнаружения указанного нарушения его не устранят, подлежат переводу на должности, исключающие совместную службу (работу) в одном органе управления (наблюдательном совете, исполнительном органе) субъекта квазигосударственного сектора,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а при невозможности такого перевода один из этих работников подлежит увольнению с должности или иному освобождению от указанных функций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Статья 14 с изменениями, внесенными законами РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 273-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> десяти календарных дней после дня его первого официального опубликования); от 06.10.2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 365-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 05.11.2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 157-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.01.2023); от 03.01.2023 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 188-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>VII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Статья 14-1. Недопустимость открытия, владения счетами (вкладами), хранения наличных денег и ценностей в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>иностранных банках, расположенных за пределами Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRPr="002C34A0" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z167"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Лицам, занимающим ответственную государственную должность, лицам, уполномоченным на выполнение государственных функций (за исключением депутатов маслихатов), должностным лицам зап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рещается открывать и иметь счета (вклады) в иностранных банках, расположенных за пределами Республики Казахстан, хранить наличные деньги и ценности в иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z168"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C34A0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание. Ограничение, предус</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мотренное настоящим пунктом, не распространяется на филиалы банков-нерезидентов Республики Казахстан, расположенные на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z169"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. Лица, указанные в пункте 1 настоящей статьи, в течение шести месяцев со дня занятия должности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или отпадения обстоятельств, указанных в пункте 4 настоящей статьи, обязаны закрыть счета (вклады) в иностранных банках, расположенных за пределами Республики Казахстан, и (или) прекратить хранение наличных денег и ценностей в иностранных банках, расположе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нных за пределами Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z170"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      В случае, если лица, указанные в пункте 1 настоящей статьи, не могут выполнить требования, предусмотренные частью первой настоящего пункта, в связи с арестом, запретом распоряжения, наложенными компетентными о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рганами иностранного государства в соответствии с законодательством данного иностранного государства, на территории которого находятся счета (вклады) и (или) осуществляется хранение наличных денег и ценностей в иностранном банке, или в связи с обстоятельст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вами непреодолимой силы (стихийные явления, военные действия, чрезвычайное положение, невозможность досрочного прекращения действия договора о банковском счете (вкладе) и иные обстоятельства), не зависящими от воли лиц, указанных в пункте 1 настоящей стать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и, такие требования должны быть выполнены в течение шести месяцев со дня прекращения действия ареста, запрета распоряжения или прекращения иных обстоятельств с представлением документов, подтверждающих соответствующие факты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z171"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. В случае получения в р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>езультате принятия наследства в соответствии с законодательством Республики Казахстан или законодательством иностранного государства лицами, указанными в пункте 1 настоящей статьи, счетов (вкладов), наличных денег и ценностей в иностранных банках, располож</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">енных за пределами Республики Казахстан, во владение и (или) пользование указанные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>лица обязаны в течение шести месяцев со дня принятия наследства закрыть счета (вклады) и (или) прекратить хранение наличных денег и ценностей в иностранных банках, расположе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нных за пределами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z172"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Положения пунктов 1, 2 и 3 настоящей статьи не распространяются на лиц, указанных в пункте 1 настоящей статьи, направленных на работу в загранучреждения, представительства Республики Казахстан и в международ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ные организации от Республики Казахстан, а также прикомандированных к указанным организациям, на период работы в указанных организациях или обучающихся за рубежом, или проходящих стажировку за рубежом, или находящихся в заграничной командировке, или проход</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ящих лечение за рубежом, или находящихся за рубежом в качестве законного представителя несовершеннолетнего ребенка либо в качестве опекуна или попечителя совершеннолетнего лица на период учебы либо лечения соответствующего лица за рубежом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z173"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5. В течен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ие сроков, предусмотренных в настоящей статье, лица, указанные в пункте 1 настоящей статьи, вправе подать заявление о прекращении государственной службы или иной соответствующей деятельности по собственному желанию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена статьей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14-1 в соответствии с Законом РК от 19.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 15. Конфликт интересов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z99"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Лицам, занимающим ответственную государственную дол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жность, лицам, уполномоченным на выполнение государственных функций, лицам, приравненным к лицам, уполномоченным на выполнение государственных функций, должностным лицам запрещается осуществлять должностные обязанности, если имеется конфликт интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z100"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>    2. Лица, указанные в пункте 1 настоящей статьи, должны принимать меры по предотвращению и разрешению конфликта интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z101"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3. Лица, указанные в пункте 1 настоящей статьи, обязаны в письменной форме уведомить непосредственного руководителя либо ру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ководство организации, в которой они работают, о возникшем конфликте интересов или о возможности его возникновения, как только им станет об этом известно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Непосредственный руководитель либо руководство организации по обращениям лиц, указанных в пунк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>те 1 настоящей статьи, или при получении информации из других источников обязаны своевременно принимать следующие меры по предотвращению и урегулированию конфликта интересов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       1) отстранить лиц, указанных в пункте 1 настоящей статьи, от исполнения до</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лжностных обязанностей и поручить другому лицу исполнение должностных обязанностей по вопросу, в связи с которым возник или может возникнуть конфликт интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) изменить должностные обязанности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) принять иные меры по устранению конфликта и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нтересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 16. Меры противодействия коррупции в сфере предпринимательства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z102"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Субъекты предпринимательства при осуществлении своей деятельности принимают меры по предупреждению коррупции, в том числе по минимизации причин и условий, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>способствующих совершению коррупционных правонарушений, путем:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) установления организационно-правовых механизмов, обеспечивающих подотчетность, подконтрольность и прозрачность процедур принятия решений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) соблюдения принципов добросовестной к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>онкуренции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) предотвращения конфликта интересов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) принятия и соблюдения норм деловой этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) принятия мер по формированию антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) взаимодействия с государственными органами и иными организациями по вопро</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сам предупреждения коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z103"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Стандарты по предупреждению коррупции для субъектов предпринимательства могут разрабатываться и приниматься объединениями (ассоциациями, союзами) субъектов предпринимательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z162"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. В субъекте квазигосударственног</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о сектора определяется структурное подразделение или ответственное лицо, исполняющее функции антикоррупционной комплаенс-службы, основной задачей которого является обеспечение соблюдения данной организацией и ее работниками законодательства Республики Каза</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>хстан о противодействии коррупции. При этом ответственное лицо, исполняющее функции антикоррупционной комплаенс-службы, определяется с учетом потенциального конфликта интересов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="z183"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Антикоррупционная комплаенс-служба осуществляет свои полномочия </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">независимо от исполнительного органа, должностных лиц субъекта квазигосударственного сектора, подотчетна совету директоров, наблюдательному совету (при его наличии) или иному независимому органу управления и является независимой при обеспечении соблюдения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">требований законодательства Республики Казахстан о противодействии коррупции. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Компетенция, организация и порядок деятельности антикоррупционной комплаенс-службы определяются внутренним актом субъекта квазигосударственного сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="00963C97">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Типовое положение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>об антикоррупционных комплаенс-службах в субъектах квазигосударственного сектора разрабатывается и утверждается уполномоченным органом по противодействию коррупции по согласованию с уполномоченным органом по предпринимательству.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="z163"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Субъекты предпринимат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ельства, не являющиеся субъектами квазигосударственного сектора, вправе создавать антикоррупционные комплаенс-службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 16 с изменениями, внесенными законами РК от 06.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дней после дня его первого официального опубликования); от 08.06.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 48-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2022); от 03.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ст. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 17. Национальный доклад о противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="z104"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Национа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>льный доклад о противодействии коррупции – документ, содержащий анализ и оценку состояния и тенденции распространения коррупции на международном и национальном уровнях, предложения по формированию, реализации и совершенствованию антикоррупционной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="z105"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Уполномоченный орган по противодействию коррупции ежегодно формирует Национальный доклад о противодействии коррупции и представляет его Президенту Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="z106"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Национальный доклад о противодействии коррупции формируется на основ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>е результатов работы уполномоченного органа по противодействию коррупции и деятельности государственных органов, физических и юридических лиц по вопросам противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="z107"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Порядок подготовки, внесения Национального доклада о противодейств</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ии коррупции Президенту Республики Казахстан и его опубликования утверждается Президентом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 17 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 484-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 19.04.2019 </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> (01.08.2019 бастап қолданысқа енгізіледі); 03.07.2019 </w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сле дня его первого официального опубликования); от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="z30"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. СУБЪЕКТЫ ПРОТИВОДЕЙСТВИЯ КОРРУПЦИИ И ИХ ПОЛНОМОЧИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 18. Су</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бъекты противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      К субъектам противодействия коррупции относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) уполномоченный орган по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) иные субъекты противодействия коррупции – государственные органы, субъекты квазигосударственного се</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ктора, общественные объединения, а также иные физические и юридические лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 19. Сотрудники антикоррупционной службы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="z164"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сотрудники антикоррупционной службы при исполнении ими служебных обязанностей обладают полномочиями, установленными Законом Ре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>спублики Казахстан "О правоохранительной службе" и иными законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 19 в редакции Закона РК от 06.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 20. Компетенция уполномоченного органа по противодействию коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Уполномоченный орган по противодействию коррупции осуществляет с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ледующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="z135"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) разработка предложений по совершенствованию нормативной правовой базы в сфере противодействия коррупции, а также принятие в установленном законодательством Республики Казахстан порядке нормативных правовых актов в пределах своей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) выявление причин и условий, способствующих совершению коррупционных правонарушений в деятельности государственных органов, организаций и субъектов квазигосударственного сектора, в соответствии с настоящим Законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) внесение на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассмотрение Правительства Республики Казахстан рекомендации по минимизации и устранению причин и условий возникновения коррупции в деятельности государственных органов, организаций и субъектов квазигосударственного сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) ежегодное представлен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ие Президенту Республики Казахстан Национального доклада о противодействии коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="z142"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4-1) формирование и координация антикоррупционной политики, координация деятельности государственных органов, организаций в вопросах </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>предупреждения коррупции, мини</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мизации причин и условий, способствующих совершению коррупционных правонарушений; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="112" w:name="z143"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4-2) оценка уровня коррупции и проведение социологических исследований, необходимых для определения уровня коррупции в государственном и частном секторах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="z194"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4-3) к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оординация деятельности антикоррупционных комплаенс-служб в субъектах квазигосударственного сектора в рамках методологической поддержки, проведения обучающих мероприятий и обмена информацией по противодействию коррупции в субъекте квазигосударственного сек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) мониторинг исполнения государственными органами, организациями, субъектами квазигосударственного сектора рекомендаций по устранению причин и условий, способствующих совершению коррупционных правонарушений, вынесенных по результатам внешнего </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>анализа коррупционных рисков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="114" w:name="z130"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) осуществление мониторинга реализации имущества, конфискованного по уголовным делам о коррупционных преступлениях и приобретенного на средства, добытые преступным путем, как правило, с последующим опубликованием информ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ации о его обращении в доход государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) изучение и распространение положительного опыта противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8) выработка предложений по совершенствованию образовательных программ в сфере формирования антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      9) содействие и оказание методической помощи субъектам противодействия коррупции в реализации образовательных программ по антикоррупционному образованию и воспитанию, информационной и разъяснительной деятельности, исполнению государственного социальн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ого заказа, направленного на формирование антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      10) взаимодействие с другими государственными органами, физическими и юридическими лицами по основным направлениям деятельности уполномоченного органа по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      11) участие в подготовке проектов международных договоров по вопросам противодействия коррупции, взаимодействие с соответствующими органами иностранных государств по вопросам противодействия коррупции, участие в пределах своих полномочий в деятельно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сти международных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      12) иные функции, возложенные законами Республики Казахстан, а также актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Сноска. Статья 20 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по ис</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">течении десяти календарных дней после дня его первого официального опубликования); от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в дейст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 21. Полномочия уполномоченного органа по противодействию коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="z110"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Уполномоченный орган по противодействию коррупции при выполнении возложенны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>х на него функций:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) запрашивает у государственных органов, организаций, субъектов квазигосударственного сектора и должностных лиц информацию и материалы в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) в случаях выявления н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арушения законодательства Республики Казахстан о противодействии коррупции принимает меры в установленном законодательством порядке по их устранению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) определяет порядок проведения антикоррупционного мониторинга;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="z131"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3-1) составляет протоколы и р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ассматривает дела об административных правонарушениях в порядке, установленном Кодексом Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) осуществляет иные полномочия, возложенные законами Республики Казахстан, а также актами Президента Ре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>спублики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="z111"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Антикоррупционная служба в пределах своих полномочий вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) проводить анализ практики оперативно-розыскной и следственной деятельности, досудебного расследования по коррупционным преступлениям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) по имеющимся в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> производстве уголовным делам подвергать приводу лиц, уклоняющихся от явки по вызову;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) изымать или производить выемку документов, товаров, предметов или иного имущества в соответствии с уголовно-процессуальным законодательством Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) законодательством Республики Казахстан об административных правонарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) использовать изоляторы временного содержания, следственные изоляторы в порядке, предусмотренном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) вносить государст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">венным органам, организациям или лицам, исполняющим в них управленческие функции, представления о принятии мер по устранению обстоятельств, способствовавших совершению уголовного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>правонарушения или устранению других нарушений закона, в порядке, установленн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ом уголовно-процессуальным законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) исключен Законом РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) требовать производс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тва ревизий, налоговых и других проверок, аудита и оценки от уполномоченных органов, должностных лиц и субъектов квазигосударственного сектора в случаях, предусмотренных законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8) совершенствовать формы и методы борьб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ы с коррупционными преступлениями, определять стратегию и тактику оперативно-розыскной деятельности, вырабатывать и реализовывать меры по повышению ее эффективности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) в соответствии с законодательством Республики Казахстан создавать и использовать </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>информационные системы, обеспечивающие решение возложенных на нее задач, организовывать исследование в ходе досудебного расследования, производства по делам об административных правонарушениях в порядке, установленном законодательством;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="z136"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      10) конвоиров</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ать задержанных и лиц, заключенных под стражу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      11) реализовывать иные права, возложенные законами Республики Казахстан, а также актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 21 с изменениями, внесенными законами РК от 06.04.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 484-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 06.10.2020</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 22. Полномочия государственных органов, организаций, субъектов квазигосударственного сектора и должностных лиц по противодействию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="119" w:name="z112"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Противодействие коррупции в пределах своей компетенции обязаны вести все государственные органы, организации, субъекты квазигосударственного сектора и должностные лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="120" w:name="z144"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1-1. Руководители государственных органов, организаций, субъе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ктов квазигосударственного сектора несут дисциплинарную ответственность в соответствии с законами Республики Казахстан за неисполнение или ненадлежащее исполнение должностных обязанностей по предупреждению совершения коррупционных правонарушений подчиненны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ми сотрудниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="z113"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Выявление, пресечение, раскрытие, расследование и предупреждение коррупционных правонарушений и привлечение лиц, виновных в их совершении, к ответственности в пределах своей компетенции осуществляются органами прокуратуры, национа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>льной безопасности, внутренних дел, военной полиции, службой экономических расследований, Пограничной службой Комитета национальной безопасности Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 22 с изменениями, внесенными законами РК от 28.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вво</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 273-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 23. Участие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общественности в противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Физические лица, общественные объединения и иные юридические лица при противодействии коррупции применяют следующие меры:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) сообщают об известных им фактах совершения коррупционных правонарушений в п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) вносят предложения по совершенствованию законодательства и правоприменительной практики по вопросам противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) участвуют в формировании антикоррупционной культу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) осуществляют взаимодействие с другими субъектами противодействия коррупции и уполномоченным органом по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) запрашивают и получают в порядке, установленном законодательством Республики Казахстан, от государственн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ых органов информацию о деятельности по противодействию коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) проводят исследования, в том числе научные и социологические, по вопросам противодействия коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) проводят разъяснительную работу в средствах массовой информации и орга</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>низуют социально значимые мероприятия по вопросам противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24. Сообщение о коррупционных правонарушениях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="122" w:name="z114"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      1. Лицо, располагающее информацией о готовящемся, совершаемом или совершенном коррупционном правонарушении, информирует </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>об этом вышестоящего руководителя и (или) руководство государственного органа либо организации, работником которой является, и (или) уполномоченные государственные органы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="123" w:name="z115"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Вышестоящий руководитель, руководство государственного органа, организации,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уполномоченные государственные органы обязаны принять меры по поступившему сообщению о коррупционном правонарушении в соответствии с законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="z116"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Лицо, сообщившее о факте коррупционного правонарушения или иным образом оказывающее (оказавшее) содействие в противодействии коррупции, находится под защитой государства в соответствии с Уголовно-процессуальным кодексом Республики Казахстан, Трудо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вым кодексом Республики Казахстан, Законом Республики Казахстан "О государственной защите лиц, участвующих в уголовном процессе" и настоящим Законом и поощряется в порядке, определенном Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="125" w:name="z195"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Положения части первой наст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оящего пункта не распространяются на лиц, сообщивших заведомо ложную информацию о факте коррупционного правонарушения, которые несут ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="126" w:name="z196"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Положения части первой настоящего пункта в части поощре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ния не распространяются на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="127" w:name="z197"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) лицо, которое сотрудничает на конфиденциальной основе с органом, осуществляющим оперативно-розыскную или контрразведывательную деятельность, в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="128" w:name="z198"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) лицо, сообщи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вшее о факте коррупционного правонарушения или оказавшее содействие в выявлении, пресечении, раскрытии и расследовании коррупционного правонарушения, по которому оно являлось исполнителем или соучастником.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="129" w:name="z199"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-1. Содействие в противодействии коррупции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="130" w:name="z200"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) сообщение о факте совершения коррупционного правонарушения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="131" w:name="z201"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) предоставление информации о местонахождении разыскиваемого лица, совершившего коррупционное правонарушение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="132" w:name="z202"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) иное содействие, имеющее (имевшее впоследствии) зна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>чение для выявления, пресечения, раскрытия и расследования коррупционного правонарушения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="133" w:name="z117"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4. Информация об обращении лица к вышестоящему руководителю и (или) руководству государственного органа либо организации, работником которой оно является (являл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ось), и (или) в уполномоченные государственные органы в целях сообщения о факте коррупционного правонарушения или предоставления информации о местонахождении разыскиваемого лица, совершившего коррупционное правонарушение, или оказания иного содействия, име</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ющего (имевшего впоследствии) значение для выявления, пресечения, раскрытия и расследования коррупционного правонарушения, является конфиденциальной информацией в случае заключения соглашения о неразглашении указанной информации и предоставляется в порядке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="134" w:name="z203"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Разглашение указанной информации влечет ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 24 с изменениями, внесенными законами РК от 06.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ся в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24-1. Га</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рантированные государством меры защиты лиц, оказывающих (оказавших) содействие в противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="135" w:name="z205"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Гарантированные государством меры защиты лиц, оказывающих (оказавших) содействие в противодействии коррупции, включают:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="136" w:name="z206"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) защиту лица, о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>казывающего (оказавшего) содействие в противодействии коррупции, от нарушений прав и законных интересов в сфере трудовых отношений в течение трех лет с даты приема уполномоченными государственными органами сообщения о факте коррупционного правонарушения ил</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и с момента оказания лицом иного содействия в противодействии коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="137" w:name="z207"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) обеспечение конфиденциальности информации об обращении лица к вышестоящему руководителю и (или) руководству государственного органа либо организации, работником которой оно я</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вляется (являлось), и (или) в уполномоченные государственные органы в целях оказания содействия в противодействии коррупции при наличии соглашения о неразглашении информации об оказании данным лицом содействия в противодействии коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Гла</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ва 3 дополнена статьей 24-1 в соответствии с Законом РК от 03.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24-2. Защита лица, оказывающего (оказавшего) содействи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>е в противодействии коррупции, от нарушений прав и законных интересов в сфере трудовых отношений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="138" w:name="z209"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Индивидуальный трудовой спор, стороной которого выступает лицо, оказывающее (оказавшее) содействие в противодействии коррупции в организации, работни</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ком которой оно является (являлось), путем информирования вышестоящего руководителя и (или) руководства организации, рассматривается согласительной комиссией, создаваемой в соответствии с Трудовым кодексом Республики Казахстан, с обязательным приглашением </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>представителя уполномоченного органа по противодействию коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="139" w:name="z210"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      В государственных органах, за исключением специальных государственных органов, а также организациях, в которых отсутствуют согласительные комиссии, лицо, оказывающее (оказавшее) содей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ствие в противодействии коррупции в государственном органе или организации, работником которой оно является, путем информирования вышестоящего руководителя и (или) руководства государственного органа либо организации, не может быть привлечено к дисциплинар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ной ответственности или уволено (освобождено от занимаемой должности), или переведено на другую должность без рекомендаций дисциплинарной комиссии или иного коллегиального органа государственного органа или организации, создаваемых для всестороннего, полно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>го и объективного установления обстоятельств совершения указанным лицом дисциплинарного проступка, а также установления обоснованности увольнения (освобождения от занимаемой должности) лица или перевода на другую должность (далее – коллегиальный орган).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="140" w:name="z211"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>    К участию в заседании коллегиального органа, на котором рассматриваются вопросы, указанные в части второй настоящего пункта, в обязательном порядке приглашается представитель уполномоченного органа по противодействию коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="141" w:name="z212"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Государственный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган или другая организация, указанные в пункте 1 настоящей статьи, направляет в уполномоченный орган по противодействию коррупции материалы по вопросам, указанным в пункте 1 настоящей статьи, не менее чем за три рабочих дня до дня заседания согласительн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ой комиссии или коллегиального органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="142" w:name="z213"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      В указанном заседании может принимать участие представитель уполномоченного органа по противодействию коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="143" w:name="z214"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3. Решение согласительной комиссии или протокол заседания коллегиального органа подписываетс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>я ее (его) членами, принимавшими участие в заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="144" w:name="z215"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Копия решения согласительной комиссии либо протокола заседания коллегиального органа направляется в уполномоченный орган по противодействию коррупции в течение трех рабочих дней со дня принятия ре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="145" w:name="z216"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. В случае несогласия уполномоченного органа по противодействию коррупции с решением, принятым по итогам заседания согласительной комиссии или коллегиального органа, уполномоченным органом по противодействию коррупции в течение двух рабочих </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дней со дня получения копии решения согласительной комиссии или протокола заседания коллегиального органа направляется в местный орган по инспекции труда либо прокуратуру уведомление о нарушении прав и законных интересов работника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="146" w:name="z217"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      При этом направлен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ие указанного уведомления не является препятствием для обращения в суд лицом, оказывающим (оказавшим) содействие в противодействии коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 24-2 в соответствии с Законом РК от 03.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в дейст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24-3. Обеспечение конфиденциальности информации об оказании содействия в противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="147" w:name="z219"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. Конфиденциальность информации об обращении </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лица к вышестоящему руководителю и (или) руководству государственного органа либо организации, работником которой оно является (являлось), и (или) в уполномоченные государственные органы в целях сообщения о факте коррупционного правонарушения или предостав</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ления информации о местонахождении разыскиваемого лица, совершившего коррупционное правонарушение, или оказания иного содействия, имеющего (имевшего впоследствии) значение для выявления, пресечения, раскрытия и расследования коррупционного правонарушения, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивается вышестоящим руководителем и (или) руководством государственного органа либо организации, в которой работает данное лицо, членами согласительной комиссии или коллегиального органа в случае оказания содействия в противодействии коррупции в соо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тветствующем государственном органе либо организации, а также уполномоченными государственными органами при наличии соглашения о неразглашении информации об оказании содействия в противодействии коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="148" w:name="z220"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2. При обращении лица к вышестоящему руковод</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ителю и (или) руководству государственного органа либо организации, работником которой оно является, в целях сообщения о факте коррупционного правонарушения в данном государственном органе или организации либо оказания иного содействия в противодействии ко</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ррупции в данном государственном органе или организации вышестоящий руководитель и (или) руководство государственного органа либо организации обязаны заключить с указанным лицом соглашение о неразглашении информации об оказании содействия в противодействии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коррупции при наличии его намерения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="149" w:name="z221"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      При обращении лица в уполномоченный государственный орган в целях сообщения о факте коррупционного правонарушения либо оказания иного содействия в противодействии коррупции уполномоченный государственный орган об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>язан заключить с указанным лицом соглашение о неразглашении информации об оказании содействия в противодействии коррупции при наличии его намерения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="150" w:name="z222"/>
+      <w:bookmarkEnd w:id="149"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. С руководителем, указанным в части первой пункта 2 настоящей статьи, заключившим с работником согл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ашение о неразглашении информации об оказании содействия в противодействии коррупции, обратившимся в уполномоченный государственный орган для принятия мер по поступившему сообщению работника о коррупционном правонарушении, и соответствующим уполномоченным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственным органом также заключается соглашение о неразглашении информации об оказании содействия в противодействии коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="151" w:name="z223"/>
+      <w:bookmarkEnd w:id="150"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4. При обращении лица в уполномоченный орган по противодействию коррупции для реализации права, предусмотренного подп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>унктом 4) пункта 1 статьи 24-4 настоящего Закона, на основании письменного согласия на передачу конфиденциальной информации, предусмотренного подпунктом 3) пункта 1 статьи 24-4 настоящего Закона, уполномоченный орган по противодействию коррупции обязан зак</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лючить с данным лицом соглашение о неразглашении информации об оказании содействия в противодействии коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="152" w:name="z224"/>
+      <w:bookmarkEnd w:id="151"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Руководитель государственного органа или организации, которому поступило уведомление уполномоченного органа по противодействию коррупции,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предусмотренное пунктом 2 статьи 24-4 настоящего Закона, обязан заключить соглашение о неразглашении информации об оказании содействия в противодействии коррупции с лицом, оказавшим содействие в противодействии коррупции, если ранее между данным лицом и у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>полномоченным государственным органом заключено такое соглашение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="153" w:name="z225"/>
+      <w:bookmarkEnd w:id="152"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      5. Порядок заключения соглашения о неразглашении информации об оказании содействия в противодействии коррупции и его форма определяются уполномоченным органом по противодействию корруп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена статьей 24-3 в соответствии с Законом РК от 03.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 24-4. Права лиц, оказывающих (ок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>азавших) содействие в противодействии коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="154" w:name="z227"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Лицо, оказывающее (оказавшее) содействие в противодействии коррупции, вправе: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="155" w:name="z228"/>
+      <w:bookmarkEnd w:id="154"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) получать информацию о решении, принятом по итогам рассмотрения его сообщения о коррупционном правонарушении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="156" w:name="z229"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     2) обжаловать решения уполномоченного государственного органа, принятые по результатам рассмотрения его сообщения о коррупционном правонарушении, в соответствии с законодательством Республики Казахстан об административных правонарушениях или уголовно-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>процессуальным законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="157" w:name="z230"/>
+      <w:bookmarkEnd w:id="156"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) обратиться в уполномоченный государственный орган, с которым ранее было заключено соглашение о неразглашении информации об оказании содействия в противодействии коррупции, за исключением уполн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>омоченного органа по противодействию коррупции, для получения письменного согласия на передачу конфиденциальной информации для реализации права, предусмотренного подпунктом 4) настоящего пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="158" w:name="z231"/>
+      <w:bookmarkEnd w:id="157"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) в течение трех лет с даты приема уполномоченными гос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ударственными органами сообщения о факте коррупционного правонарушения или с момента оказания лицом иного содействия в противодействии коррупции обратиться в уполномоченный орган по противодействию коррупции в случае, когда он полагает, что привлечение его</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к дисциплинарной ответственности или увольнение, или перевод на другую должность связаны с его сообщением о факте коррупционного правонарушения или оказанием иного содействия в противодействии коррупции, при условии, что данные вопросы ранее не рассматрив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ались согласительной комиссией или коллегиальным органом в порядке, предусмотренном статьей 24-2 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="159" w:name="z232"/>
+      <w:bookmarkEnd w:id="158"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. При обращении лица на основании подпункта 4) пункта 1 настоящей статьи уполномоченный орган по противодействию коррупции рассматри</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вает представленные материалы и в случае установления обоснованности обращения лица, оказавшего содействие в противодействии коррупции, в течение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">пятнадцати календарных дней со дня поступления обращения направляет уведомление руководителю государственного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органа либо другой организации о необходимости повторного рассмотрения вопросов, указанных в подпункте 4) пункта 1 настоящей статьи, в порядке, установленном статьями 24-2 и 24-3 настоящего Закона. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="160" w:name="z233"/>
+      <w:bookmarkEnd w:id="159"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Уведомление должно содержать:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="161" w:name="z234"/>
+      <w:bookmarkEnd w:id="160"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) фамилию и ин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ициалы руководителя государственного органа либо организации, которому направляется уведомление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="162" w:name="z235"/>
+      <w:bookmarkEnd w:id="161"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) фамилию, имя и отчество (если оно указано в документе, удостоверяющем личность) лица, оказавшего содействие в противодействии коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="163" w:name="z236"/>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) крат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кую фабулу коррупционного правонарушения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="164" w:name="z237"/>
+      <w:bookmarkEnd w:id="163"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) предупреждение об обязанности руководителя государственного органа либо организации заключить соглашение о неразглашении информации об оказании содействия в противодействии коррупции с лицом, оказавшим сод</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ействие в противодействии коррупции, если ранее между данным лицом и уполномоченным государственным органом заключено соглашение о неразглашении информации об оказании содействия в противодействии коррупции, а также об ответственности за разглашение информ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ации об оказании лицом содействия в противодействии коррупции в случае заключения такого соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="165" w:name="z238"/>
+      <w:bookmarkEnd w:id="164"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При этом руководитель государственного органа либо организации обязан провести заседание согласительной комиссии или коллегиального органа и принять </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>решение по рассматриваемому вопросу в срок, не превышающий тридцати календарных дней со дня поступления обращения лица, оказавшего содействие в противодействии коррупции, в уполномоченный орган по противодействию коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 3 дополнена </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">статьей 24-4 в соответствии с Законом РК от 03.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 188-VII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="166" w:name="z31"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. УСТРАНЕНИЕ ПОСЛЕДСТВИЙ КОРРУПЦИОННЫХ ПРАВОНАРУШЕНИЙ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 25. Взы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>скание (возврат) незаконно полученного имущества или стоимости незаконно предоставленных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="167" w:name="z118"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. В случаях отказа добровольно сдать незаконно полученное имущество или оплатить государству его стоимость или стоимость незаконно полученных услуг в резу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">льтате коррупционных правонарушений их взыскание осуществляется на основании решения суда, вступившего в законную силу, по иску прокурора, органов государственных доходов либо других государственных органов и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>должностных лиц, уполномоченных на это законом.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Указанные органы до вынесения судом решения принимают меры по сохранности имущества, принадлежащего правонарушителю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="168" w:name="z119"/>
+      <w:bookmarkEnd w:id="167"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. В случаях, указанных в пункте 1 настоящей статьи, прокурор, органы государственных доходов либо другие уполномоченные на это зак</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оном государственные органы и должностные лица в сроки, установленные законом, обращаются в суд с иском об обращении незаконно полученного имущества и (или) взыскании стоимости незаконно полученных услуг в доход государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="169" w:name="z120"/>
+      <w:bookmarkEnd w:id="168"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Если с лица, занимающе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>го ответственную государственную должность, лица, уполномоченного на выполнение государственных функций, и лица, приравненного к лицу, уполномоченному на выполнение государственных функций, и должностного лица на момент увольнения, иного освобождения от вы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>полнения соответствующих функций не взысканы незаконно полученное имущество или стоимость незаконно предоставленных услуг, должностное лицо или орган, принимающие решение о таком освобождении, направляют в органы государственных доходов по месту жительства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> виновного лица уведомление о полученных противоправных доходах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="170" w:name="z121"/>
+      <w:bookmarkEnd w:id="169"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Учет, хранение, оценка и дальнейшее использование сданного имущества осуществляются в порядке, установленном Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Статья 25 с изменением, внесенным Законом РК от 06.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 365-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 26. Недействительность сделок, договоров, актов и действи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>й, совершенных в результате коррупционных правонарушений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="171" w:name="z122"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Сделки, договоры, совершенные в результате коррупционных правонарушений, признаются судом недействительными в установленном законом Республики Казахстан порядке по иску уполномоченных госуда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рственных органов, заинтересованных лиц или прокурора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="172" w:name="z123"/>
+      <w:bookmarkEnd w:id="171"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Принятие актов и совершение действий в результате коррупционных правонарушений являются основаниями для их отмены (признания недействительными) лицами, уполномоченными на отмену (прекращение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действия) соответствующих актов, либо в судебном порядке по иску заинтересованных лиц или прокурора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Глава 5. Заключительные и переходные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       Сноска. Заголовок главы 5 – в редакции Закона РК от 19.12.2020 № 384-VI (вводится в действие по истеч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Статья 26-1. Переходные положения </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="173" w:name="z175"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. В течение шести месяцев со дня введения в действие антикоррупционного ограничения, предусмотренного подпунктом 5) пункта 1 статьи 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2 и статьей 14-1 настоящего Закона, лица, на которых распространяется данное антикоррупционное ограничение, обязаны закрыть счета (вклады) в иностранных банках, расположенных за пределами Республики Казахстан, и (или) прекратить хранение наличных денег и ц</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енностей в иностранных банках, расположенных за пределами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="174" w:name="z176"/>
+      <w:bookmarkEnd w:id="173"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. В случае, если лица, указанные в пункте 1 настоящей статьи, не могут выполнить требования, предусмотренные в пункте 1 настоящей статьи, в связи с арестом, запретом рас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>поряжения, наложенными компетентными органами иностранного государства в соответствии с законодательством данного иностранного государства, на территории которого находятся счета (вклады) и (или) осуществляется хранение наличных денег и ценностей в иностра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нном банке, или в связи с обстоятельствами непреодолимой силы (стихийные явления, военные действия, чрезвычайное положение, невозможность досрочного прекращения действия договора о банковском счете (вкладе) и иные обстоятельства), не зависящими от воли лиц</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, указанных в пункте 1 настоящей статьи, такие требования должны быть выполнены в течение шести месяцев со дня прекращения действия ареста, запрета распоряжения или прекращения иных обстоятельств с представлением документов, подтверждающих соответствующие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>факты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="175" w:name="z177"/>
+      <w:bookmarkEnd w:id="174"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Неисполнение обязательств, предусмотренных настоящей статьей лицами, указанными в пункте 1 настоящей статьи, является основанием для прекращения ими государственной службы или иной соответствующей деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="176" w:name="z178"/>
+      <w:bookmarkEnd w:id="175"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      В течение срока, предус</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мотренного пунктом 2 настоящей статьи, лица, указанные в пункте 1 настоящей статьи, вправе подать заявление о прекращении государственной службы или иной соответствующей деятельности по собственному желанию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Глава 5 дополнена статьей 26-1 в с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оответствии с Законом РК от 19.12.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Статья 27. Порядок введения в действие настоящего Закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="177" w:name="z124"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1. Настоящий Закон вводится в дейст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вие с 1 января 2016 года, за исключением:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="178" w:name="z128"/>
+      <w:bookmarkEnd w:id="177"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) статьи 11, которая вводится в действие с 1 января 2021 года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="179" w:name="z129"/>
+      <w:bookmarkEnd w:id="178"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) исключен Законом РК от 30.11.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2017).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="180" w:name="z125"/>
+      <w:bookmarkEnd w:id="179"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. Исключен Законом РК от 30.11.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вв</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>одится в действие с 01.01.2017).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="181" w:name="z126"/>
+      <w:bookmarkEnd w:id="180"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3. Установить, что со дня введения в действие настоящего Закона до 1 января 2021 года статья 11 действует в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Статья 11. Меры финансового контроля </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Лица, являющиеся кандидатами на государс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>твенную должность либо должность, связанную с выполнением государственных или приравненных к ним функций, представляют в орган государственных доходов по месту жительства:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      декларацию о доходах и имуществе, являющемся объектом налогообложения, в том ч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>исле находящемся за пределами территории Республики Казахстан, с указанием места нахождения указанного имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      сведения о:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      вкладах в банковских учреждениях и о ценных бумагах, в том числе за пределами территории Республики Казахстан, с указа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нием банковского учреждения, а также о финансовых средствах, которыми данные лица вправе распоряжаться лично или совместно с другими лицами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      своем участии в качестве акционера или учредителя (участника) юридических лиц с указанием доли участия в уста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вном капитале и полных банковских или иных реквизитов указанных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      трастах и о государствах, в которых они зарегистрированы, с указанием номеров соответствующих банковских счетов, если лицо или его супруг (супруга) является бенефициаром эти</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>х трастов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      названиях и реквизитах других организаций, у которых с лицом имеются договорные отношения, соглашения и обязательства (в том числе и устные) по содержанию или временному хранению материальных и финансовых средств, принадлежащих лицу или су</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пругу (супруге) в размере, превышающем тысячекратный размер месячного расчетного показателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Лица, занимающие государственную должность, ежегодно в период выполнения своих полномочий в порядке, установленном налоговым законодательством Республики </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Казахстан, представляют в орган государственных доходов по месту жительства декларацию о доходах и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>имуществе, являющемся объектом налогообложения и находящемся как на территории Республики Казахстан, так и за ее пределами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. Лица, уволенные с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной службы по отрицательным мотивам, в течение трех лет после увольнения в порядке, установленном налоговым законодательством Республики Казахстан, представляют в орган государственных доходов по месту жительства декларацию о доходах и имуществ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>е, являющемся объектом налогообложения и находящемся как на территории Республики Казахстан, так и за ее пределами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Супруг (супруга) лица, указанного в пункте 1 настоящей статьи, представляет в орган государственных доходов по месту жительства:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>    декларацию о доходах и имуществе, являющемся объектом налогообложения, в том числе, находящемся за пределами территории Республики Казахстан, с указанием места нахождения указанного имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      сведения о:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      вкладах в банковских учреждениях и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о ценных бумагах, в том числе за пределами территории Республики Казахстан, с указанием банковского учреждения, а также о финансовых средствах, которыми данные лица вправе распоряжаться лично или совместно с другими лицами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      своем участии в качестве а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кционера или учредителя (участника) юридических лиц с указанием доли участия в уставном капитале и полных банковских и иных реквизитов указанных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      трастах и о государствах, в которых они зарегистрированы, с указанием номеров соответствующи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>х банковских счетов, если лицо или его супруг (супруга) является бенефициаром этих трастов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      названиях и реквизитах других организаций, у которых с лицом имеются договорные отношения, соглашения и обязательства (в том числе и устные) по содержанию или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> временному хранению материальных и финансовых средств, принадлежащих лицу или супругу (супруге) и превышающих тысячекратный размер месячного расчетного показателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5. Супруг (супруга) лица, указанного в пунктах 2 и 3 настоящей статьи, представляет в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орган государственных доходов по месту жительства декларацию о доходах и имуществе, являющемся объектом налогообложения и находящемся как на территории Республики Казахстан, так и за ее пределами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6. Члены семьи лица, являющегося кандидатом на служб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>у в специальный государственный орган, представляют в орган государственных доходов по месту жительства декларацию и сведения, указанные в пункте 4 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Примечание. Под членами семьи лица, являющегося кандидатом на службу в специальный г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осударственный орган, в настоящем пункте признаются супруг (супруга), совершеннолетние дети и лица, находящиеся на его иждивении и постоянно проживающие с ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7. Указанные в пунктах 1 и 2 настоящей статьи лица представляют соответственно в орган, на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> занятие должности в котором они претендуют, либо по месту работы справку из органа государственных доходов о получении им деклараций и сведений, перечисленных в пунктах 1 или 5 настоящей статьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8. Непредставление или представление неполных, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">недостоверных деклараций и сведений, перечисленных в настоящей статье, лицами, указанными в пунктах 1 и 2 настоящей статьи (за исключением лиц, уволенных с государственной службы по отрицательным мотивам), если в содеянном не содержится признаков уголовно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наказуемого деяния, является основанием для отказа в наделении лица соответствующими полномочиями либо влечет дисциплинарную ответственность в предусмотренном законом порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      9. Деяния, указанные в пункте 8 настоящей статьи, совершенные умышленно, а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> также совершенные неоднократно, влекут административную ответственность, налагаемую в установленном законом порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      10. Деяния, указанные в пункте 8 настоящей статьи, совершенные впервые в течение трех лет после освобождения лиц от выполнения госуд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арственных или приравненных к ним функций, а также повторное совершение таких действий влекут установленную законом административную ответственность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      11. В порядке, установленном законодательством, могут быть опубликованы сведения о размерах и об ист</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>очниках доходов должностных лиц, занимающих ответственные государственные должности, а также сведения о доходах кандидатов на выборные государственные должности при их выдвижении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      12. Лицам, уполномоченным на выполнение государственных функций, и лиц</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ам, приравненным к ним, запрещается заключение гражданско-правовых сделок не под своим именем – на подставных лиц, анонимно, под псевдонимом и других. Эти сделки признаются недействительными в установленном законом порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      13. Физические и юридическ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ие лица, которые участвуют в выполнении функций по управлению государственным имуществом, представляют в порядке и сроки, установленные Правительством Республики Казахстан, отчеты обо всех сделках имущественного характера и финансовой деятельности, связанн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ых с государственной собственностью, в государственный орган, осуществляющий в отношении государственного имущества правомочия собственника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      14. Поступающие в органы государственных доходов сведения, предусмотренные настоящей статьей, составляют служ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ебную тайну. Их разглашение, если в содеянном не содержится признаков уголовно наказуемого деяния, влечет увольнение виновного лица. Данные сведения представляются только по запросам уполномоченного органа по противодействию коррупции, органов прокуратуры,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> национальной безопасности, внутренних дел, военной полиции, службы экономических расследований, антикоррупционной службы, Пограничной службы Комитета национальной безопасности Республики Казахстан, а также в судебном порядке, установленном законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сведения, составляющие служебную тайну, представляются уполномоченному органу по финансовому мониторингу в целях и порядке, предусмотренных законодательством Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>м, и финансированию терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      15. Меры финансового контроля, предусмотренные настоящей статьей, не распространяются на правоотношения, связанные с приобретением в собственность жилищ и строительных материалов для строительства жилищ в Республике Ка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>захстан. Финансовый контроль при приобретении жилищ и строительных материалов для их строительства осуществляется в соответствии с законодательством Республики Казахстан.".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="182" w:name="z189"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3-1. Приостановить с 1 января 2021 года до 1 января 2025 года действие пункт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а 9 статьи 11 настоящего Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="183" w:name="z127"/>
+      <w:bookmarkEnd w:id="182"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4. Признать утратившим силу Закон Республики Казахстан от 2 июля 1998 года "О борьбе с коррупцией" (Ведомости Парламента Республики Казахстан, 1998 г., № 15, ст. 209; 1999 г., № 21, ст. 774; 2000 г., № 5, ст. 116; 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01 г., № 13-14, ст. 172; № 17-18, ст. 241; 2002 г., № 17, ст. 155; 2003 г., № 18, ст. 142; 2004 г., № 10, ст. 56; 2007 г., № 17, ст. 140; № 19, ст. 147; 2008 г., № 23, ст. 114; 2009 г., № 19, ст. 88; № 24, ст. 122, 126; 2010 г., № 24, ст. 148; 2011 г., № 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, ст. 2; № 7, ст. 54; 2012 г., № 4, ст. 30, 32; № 8, ст. 64; № 13, ст. 91; № 23-24, ст. 125; 2013 г., № 2, ст. 10; № 14, ст. 72; 2014 г., № 11, ст. 61; № 14, ст. 84; № 16, ст. 90; № 21, ст. 122; № 22, ст. 131; № 23, ст. 143).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 27 с изме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нениями, внесенными законами РК от 30.11.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2017); от 28.12.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 210-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі); 26.11.2019 </w:t>
-[...83 lines deleted...]
-        <w:t xml:space="preserve">); 03.01.2023 </w:t>
+        <w:t xml:space="preserve"> (вводится в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> действие по истечении десяти календарных дней после дня его первого официального опубликования); от 03.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 188-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
-[...121 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> (вводятся в действие со дня его </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      2. Егер Қазақстан Респу</w:t>
-[...8469 lines deleted...]
-        <w:t>) Заңдарымен.</w:t>
+        <w:t>первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00755C1F">
+      <w:tr w:rsidR="00963C97">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="3960" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00963C97">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00755C1F" w:rsidRDefault="009E3D48">
+          <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t>      Президент</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00755C1F" w:rsidRDefault="00755C1F">
+          <w:p w:rsidR="00963C97" w:rsidRDefault="00963C97">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00755C1F" w:rsidRDefault="009E3D48">
+          <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Президенті</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00755C1F" w:rsidRDefault="009E3D48">
+          <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Н. Назарбаев</w:t>
+              <w:t>Н. НАЗАРБАЕВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00755C1F" w:rsidRDefault="009E3D48">
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00755C1F" w:rsidRDefault="009E3D48">
+    <w:p w:rsidR="00963C97" w:rsidRDefault="002C34A0">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">© 2012. Қазақстан Республикасы Әділет </w:t>
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="00755C1F">
+        <w:t xml:space="preserve">© </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00963C97">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00755C1F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009E3D48"/>
+    <w:rsidRoot w:val="00963C97"/>
+    <w:rsid w:val="002C34A0"/>
+    <w:rsid w:val="00963C97"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -9894,67 +11943,67 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009E3D48"/>
+    <w:rsid w:val="002C34A0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="009E3D48"/>
+    <w:rsid w:val="002C34A0"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -10407,50 +12456,50 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>39</Pages>
-[...1 lines deleted...]
-  <Characters>77164</Characters>
+  <Pages>40</Pages>
+  <Words>13342</Words>
+  <Characters>76055</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>643</Lines>
-  <Paragraphs>181</Paragraphs>
+  <Lines>633</Lines>
+  <Paragraphs>178</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Krokoz™</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>90520</CharactersWithSpaces>
+  <CharactersWithSpaces>89219</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>