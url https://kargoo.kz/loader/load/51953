--- v0 (2025-10-11)
+++ v1 (2025-11-30)
@@ -1,33175 +1,23981 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00DE715E" w:rsidRDefault="00DE715E" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE715E">
+      <w:r w:rsidRPr="00E17BBB">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Тамақтану сапасын</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Рекомендации </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE715E" w:rsidRDefault="00DE715E" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE715E">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жөніндегі комиссиялардың</w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">по осуществлению мониторинга </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DE715E" w:rsidRDefault="00DE715E" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE715E">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">мониторингті жүзеге асыруы бойынша </w:t>
+        <w:t>комиссиями по мониторингу качества питания</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007679A0" w:rsidRPr="00F4028C" w:rsidRDefault="00DE715E" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE715E">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ұсынымдар </w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бракеражных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссий)    </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007679A0" w:rsidRPr="00F4028C" w:rsidRDefault="007679A0" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004625A8" w:rsidRPr="004625A8" w:rsidRDefault="004625A8" w:rsidP="004625A8">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Задачами комиссии по мониторингу качества питания являются контроль </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- организацией работы на пищеблоке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, в столовой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00752111">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>качеством продуктов питания</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, условиями их транспортировки, доставки, разгрузки, хранения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- сроками реализации продуктов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- качеством приготовления пищи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- соответствием пищи физиологическим потребностям детей в основных пищевых веществах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- соблюдением правил личной гигиены работниками пищеблока.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Комиссия выполняет отнесенные к ее компетенции функции согласно принципам добросовестности, компетентности, разумности, честности и прозрачности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> жөніндегі комиссияның міндеттері: </w:t>
+        <w:t>3. Председателем комиссии является руководитель организации образования.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004625A8" w:rsidRPr="004625A8" w:rsidRDefault="004625A8" w:rsidP="004625A8">
-[...399 lines deleted...]
-    <w:p w:rsidR="008601D5" w:rsidRDefault="008601D5" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008601D5">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Бракераждық комиссияның құрамы медицина қызметкерін, әкімшілік мүшелерін, өндіріс меңгерушісін, ата-аналар комитеті мен қамқоршылық кеңесінің өкілдерін міндетті түрде қоса отырып, білім беру ұйымы басшысының бұйрығымен бекітіледі. </w:t>
+        <w:t xml:space="preserve">Состав </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бракеражной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссии утверждается приказом руководителя организации образования с обязательным включением медицинского работника, членов администрации, заведующего производством, представителей родительского комитета </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и попечительского совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007679A0" w:rsidRPr="00F4028C" w:rsidRDefault="00430809" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F4028C">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Бракераждық комиссия мүшелерінің саны </w:t>
+        <w:t xml:space="preserve">Количество членов </w:t>
       </w:r>
-      <w:r w:rsidR="00341AEF">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">кемінде </w:t>
+        <w:t>бракеражной</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F4028C">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>7 адам</w:t>
+        <w:t xml:space="preserve"> комиссии должно быть не менее                     7 человек, в том числе не менее 3-х человек из числа родительской общественности данной школы. </w:t>
       </w:r>
-      <w:r w:rsidR="00341AEF">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ды</w:t>
+        <w:t>Отсутствие отдельных членов Комиссии не является препятствием для ее деятельности.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F4028C">
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>, оның ішінде осы мектептің ата-аналар қ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00341AEF">
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ауым</w:t>
-[...62 lines deleted...]
-        <w:t>Комиссияның жекелеген мүшелерінің болмауы оның қызметіне кедергі болмайды.</w:t>
+        <w:t>Рекомендуется ежегодное обновление состава комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007679A0" w:rsidRPr="00F4028C" w:rsidRDefault="007679A0" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
-        <w:tabs>
-[...24 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="709"/>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:hanging="11"/>
-        <w:jc w:val="both"/>
+        <w:ind w:left="698" w:firstLine="11"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Комиссия </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F4028C">
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>қызметінің</w:t>
+        <w:t>Циклограмма деятельности комиссии:</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F4028C">
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F4028C">
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>циклограммасы</w:t>
+        <w:t>Ежедневно медицинский работник или ответственное лицо:</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00341AEF">
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- проводит органолептическую оценку качества готовых блюд с внесением записей в журнал органолептической оценки качества блюд и кулинарных изделий.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="709"/>
-          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="709"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F4028C">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Күн сайын медицина қызметкері немесе жауапты тұлға:</w:t>
+        <w:t>Еженедельно Комиссия:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  осуществляет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством используемых продуктов питания (копии документов, подтверждающих качество продуктов питания, хранятся в отдельной папке);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- осуществляет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правильностью составления меню;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F4028C">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>- тағамдардың және аспаздық өнімдердің сапасын органолептикалық бағалау журналына жазба енгізе отырып, дайын тағамдардың сапасына органолептикалық бағалау жүргізеді.</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- осуществляет проверки качества питания без предварительного предупреждения работников пищеблока и (или) поставщика услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F4028C">
+        <w:t xml:space="preserve"> с оформлением а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
-        <w:t xml:space="preserve">Комиссия күн сайын: </w:t>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мониторинга качества питания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00341AEF" w:rsidRDefault="002109A3" w:rsidP="00341AEF">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
-        <w:pStyle w:val="a6"/>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ежеквартально итоги работы комиссии оформляются в виде информации с последующим их рассмотрением на педагогическом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">совете организации образования и размещением на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации среднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В мае, январе месяцах каждого года итоги деятельности комиссии рассматриваются на общем родительском собрании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бракеражной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссии необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- периодически присутствовать при закладке основных продуктов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- осуществлять </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством продуктов питания, наличием документов, удостоверяющих их качество (ксерокопии данных документов хранятся у председателя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бракеражной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- проверять выход блюд, соответствие объемов приготовленного питания объему разовых порций и количеству детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- проводить органолептическую оценку готовой пищи (определять ее цвет, запах, вкус, консистенцию, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00752111">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>жесткость</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, сочность и т. д.) в соответствии с методикой проведения с занесением результатов органолептической оценки в «Журнал бракеража готовой продукции», заверять оценку личными подписями членов комиссии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- руководствоваться требованиями к технологии и качеству приготовления блюд и кулинарных изделий в соответствии с «Технологическими картами» при проведении бракеража;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- осуществлять свои функции в специально выдаваемой чистой одежде (халате, комбинезоне, головном уборе, обуви и т.п.). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="709"/>
-[...130 lines deleted...]
-          <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...308 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Бракераждық</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F4028C">
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> комиссия </w:t>
+        <w:t xml:space="preserve">Результатом деятельности </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F4028C">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>қызметінің</w:t>
+        <w:t>бракеражной</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F4028C">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...24 lines deleted...]
-        <w:t>:</w:t>
+        <w:t xml:space="preserve"> комиссии является:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0015582B" w:rsidRPr="00F4028C" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="29"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...52 lines deleted...]
-        <w:pStyle w:val="a6"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>незамедлительное расторжение Договора с поставщиком                                в случае отравления детей, взрослых по вине поставщиков услуги, товаров,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F4028C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при подтверждении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2) бұзушылықтар анықталған кезде бракераждық комиссия:</w:t>
+        <w:t xml:space="preserve">результатами проведенных проверок согласно Предпринимательскому Кодексу Республики Казахстан и направление искового заявления в суд </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для признания поставщика недобросовестным</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0015582B" w:rsidRPr="00F4028C" w:rsidRDefault="0015582B" w:rsidP="0015582B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
-        <w:pStyle w:val="a6"/>
+        <w:pStyle w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F4028C">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>- анықталған бұзушылықтар туралы қызметтерді, тауарларды жеткізушіні және білім беру ұйымының басшысын хабардар етеді;</w:t>
+        <w:t xml:space="preserve">при выявлении нарушений </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бракеражная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссия:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0015582B" w:rsidRPr="00F4028C" w:rsidRDefault="0015582B" w:rsidP="0015582B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
-        <w:tabs>
-[...43 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F4028C">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>- бұзушылықтарды жоюға 5 (бес) жұмыс күнін ұсынады.</w:t>
+        <w:t>- ставит в известность поставщика услуги, товаров и руководителя организации образования о выявленных нарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0015582B" w:rsidRPr="00F4028C" w:rsidRDefault="0015582B" w:rsidP="0015582B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
-        <w:pStyle w:val="a6"/>
+        <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F4028C">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">3) бұзушылықтар </w:t>
+        <w:t>- направляет в течение 1 (одного) рабочего дня в территориальные подразделения ведомства государственного органа в сфере санитарно-эпидемиологического благополучия населения обращение с указанием выявленных нарушений с приложением акта проверки с целью инициирования внеплановой проверки;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F4028C">
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- предоставляет 5 (пять) рабочих дней на устранение нарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қайта</w:t>
+        <w:t>повторном</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F4028C">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> анықталған кезде бракераждық комиссия:</w:t>
+        <w:t xml:space="preserve"> выявлении нарушений, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бракеражная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссия:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0015582B" w:rsidRPr="00F4028C" w:rsidRDefault="0015582B" w:rsidP="0015582B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
-        <w:pStyle w:val="a6"/>
+        <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F4028C">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">- қызметтерді, тауарларды жеткізушіні және білім беру ұйымының басшысын </w:t>
-[...15 lines deleted...]
-        <w:t>хабардар етеді;</w:t>
+        <w:t>- ставит в известность поставщика услуги, товаров (при наличии) и руководителя организации образования о выявленных нарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0015582B" w:rsidRDefault="0015582B" w:rsidP="0015582B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
+        <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
-        <w:contextualSpacing/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F4028C">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
+        <w:t xml:space="preserve">- направляет в течение 1 (одного) рабочего дня в территориальные подразделения ведомства государственного органа в сфере санитарно-эпидемиологического благополучия населения обращение с указанием </w:t>
       </w:r>
-      <w:r w:rsidR="00DF4173" w:rsidRPr="00DF4173">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1 (бір) жұмыс күні ішінде халықтың санитариялық-эпидемиологиялық сала</w:t>
-[...26 lines deleted...]
-        <w:t>;</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>выявленных нарушений и приложением акта проверки с целью инициирования внеплановой проверки;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B45961" w:rsidRDefault="00B45961" w:rsidP="0015582B">
-[...67 lines deleted...]
-    <w:p w:rsidR="0015582B" w:rsidRPr="00F4028C" w:rsidRDefault="0015582B" w:rsidP="0015582B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F4028C">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>- «</w:t>
+        <w:t xml:space="preserve">- в течение 3 (трех) рабочих дней после получения результатов повторной внеплановой проверки </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F4028C">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Халықтың</w:t>
+        <w:t>территориальных подразделений ведомства государственного органа в сфере санитарно-эпидемиологического благополучия населения</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F4028C">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с выявленными грубыми нарушениями, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>утвержденными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">совместным приказом Министра здравоохранения Республики Казахстан от 27 июня 2017 года № 463 и Министра национальной экономики Республики Казахстан от 20 июля 2017 года № 285 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Об утверждении критериев оценки степени риска и проверочных листов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в сфере санитарно-эпидемиологического благополучия населения»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F4028C">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>санитариялық-эпидемиологиялық</w:t>
+        <w:t>подает на действующего поставщика иск в суд для расторжения договора и признания его недобросовестным поставщиком;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F4028C">
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F4028C">
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>саламаттылығы</w:t>
-[...98 lines deleted...]
-        <w:t>аумақтық органдардың жоспардан тыс қайта тексеру нәтижелерін алғаннан кейін 3 (үш) жұмыс күні ішінде шартты бұзу және жеткізушіні жосықсыз деп тану үшін сотқа талап арыз береді.</w:t>
+        <w:t>- организует ежедневный контроль качества питания до решения суда.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
-        <w:pStyle w:val="a6"/>
+        <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F4028C">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>- сот шешіміне дейін тамақтану сапасын күнделікті бақылауды ұйымдастырады.</w:t>
+        <w:t xml:space="preserve">Анализ деятельности комиссий по мониторингу за качеством питания и принятие мер по эффективной организации питания школьников осуществляется уполномоченным органом в области образования и Межведомственной экспертной группой по </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством питания.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
-[...71 lines deleted...]
-    <w:p w:rsidR="002109A3" w:rsidRPr="00F4028C" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002109A3" w:rsidRDefault="002109A3" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRPr="001F5F4F" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
+    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E13C97" w:rsidRDefault="00E13C97" w:rsidP="007F5D5B">
-[...269 lines deleted...]
-    <w:p w:rsidR="00E13C97" w:rsidRPr="00E76016" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Тамақтану сапасын</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">АКТ мониторинга качества питания </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E13C97" w:rsidRPr="00E76016" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дата ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№_______________</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00E13C97" w:rsidRPr="00E76016" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Күні</w:t>
+        <w:t>Организация образования _______________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E76016">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ____________</w:t>
+        <w:t>Поставщик услуги (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E13C97" w:rsidRPr="00E76016" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссия в составе: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E76016">
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>№_</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00752111" w:rsidRPr="00E76016">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_____________</w:t>
-[...81 lines deleted...]
-        <w:t>______</w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_______</w:t>
+        <w:t>Провели проверку столовой, пищеблока по следующим параметрам:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E13C97" w:rsidRPr="00E76016" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
-[...28567 lines deleted...]
-    <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9923" w:type="dxa"/>
+        <w:tblInd w:w="100" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4820"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="992"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="113"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Показатель</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Требуется</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Соответствует</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>соот-ветствует</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Примечание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="113"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие санитарно-эпидемиологического заключения о соответствии объекта действующим требованиям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="113"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidRPr="00752111">
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>Качество продуктов питания</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, условия их транспортировки, доставки, разгрузки </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="543"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соответствие ежедневного меню перспективному меню</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соблюдение графика работы столовой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="373"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Соблюдение интервала между приемами пищи и графика питания по классам </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="826"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие утвержденного прайса на свободное меню </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="318"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Организация питьевого режима</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="342"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Качество готовой продукции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="325"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие контрольного блюда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="583"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Органолептические свойства приготовленной продукции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="327"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соответствие технологической карте</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Контрольное взвешивание 10 порций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Линия раздачи (мармиты) 1 блюдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="379"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Линия раздачи (мармиты)  2 блюдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="669"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Линия раздачи (мармиты) 3 блюдо (запрещено остужать в алюминиевой посуде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="456"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Состояние разносов (запрещено использование влажных)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="456"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Правильность хранения столовых приборов (наличие кассет и хранение ложек, вилок ручками вверх)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="477"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Витаминизация блюда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="477"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие изготовления, реализации и использование запрещенных  блюд и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>продукто</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="477"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие реализации товаров, которые не связаны с питанием </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="352"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация приема пищи </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="292"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Количество посадочных мест</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="354"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Количество раковин для мытья рук</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие мыла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="357"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие сушилок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="365"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Состояние мебели</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="495"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Средства для обработки столов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="314"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Состояние столовой и кухонной посуды, столовых приборов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="358"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Достаточность и наличие запасного комплекта посуды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="380"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Санитарное состояние столовой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="740"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уборочный инвентарь (маркировка, отдельное место хранения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Состояние помещений пищеблока</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="361"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие вывески «Правила мытья посуды»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="361"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Исправность систем горячего и холодного водоснабжения, водонагревателей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="361"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Исправность систем  водоотведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="361"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Исправность систем отопления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="361"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Исправность систем  освещения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="361"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие на пищеблоках защитной арматуры на светильниках, светильников с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>влаго</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-защитным</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> исполнением</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="400"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие условий для мытья и обработки столовой и отдельно для кухонной посуды</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="366"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие моющих средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="327"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Условия хранения и маркировка моющих средств (отдельно в закрытой посуде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соблюдение сроков хранения моющих средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие сертификатов на моющие средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие ёмкости для сбора пищевых отходов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="461"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Маркировка емкости для сбора пищевых отходов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="640"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Обработка емкостей для пищевых отходов (чем обрабатываются и кто ответственный)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="640"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соблюдение поточности:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сбора «грязной» столовой посуды </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-процесса мытья и обработки </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- хранения чистой столовой посуды </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="640"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие графика уборки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соблюдение условий хранения продуктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Склады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="573"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Хранение сыпучих продуктов на поддонах, подтоварниках, стеллажах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="641"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Соблюдение температурно-влажностного режима. Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>термометра, гидрометра на складе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Соблюдение товарного соседства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="363"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие и соблюдение сроков годности на продуктах питания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="641"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Хранение овощей в ларях, подтоварниках,  в маркированных ёмкостях на поддонах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="367"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Санитарное состояние складов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="375"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие изготовления, реализации и использование запрещенных  блюд и продуктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Холодильники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="393"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Маркировка о предназначении холодильного оборудования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="359"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие термометров </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="367"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соблюдение товарного соседства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="375"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие и соблюдение сроков годности на продуктах питания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="327"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Санитарное состояние холодильного оборудования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие изготовления, реализации и использование запрещенных  блюд и продуктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="647"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Условия и правильность хранения суточных проб </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мясной цех</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="399"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Маркировка оборудования и инвентаря</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="361"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Санитарное состояние</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="369"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие изготовления, реализации и использование запрещенных  блюд и продуктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Овощной цех</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="388"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Маркировка оборудования и инвентаря</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="364"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Санитарное состояние</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="358"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие изготовления, реализации и использование запрещенных  блюд и продуктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="380"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мучной цех</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="403"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Маркировка оборудования и инвентаря</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="327"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Санитарное состояние</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="327"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие изготовления, реализации и использование запрещенных  блюд и продуктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="327"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Хлебный цех</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="327"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Маркировка оборудования и инвентаря</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="327"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие 1% раствора уксуса для обработки полок для хранения хлеба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="327"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие емкости и щетки для сбора крошек хлеба</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="327"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Санитарное состояние</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="327"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие запрещенных продуктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Варочный цех </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="356"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Маркировка оборудования и инвентаря</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="364"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Исправность и состояние электрооборудования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="372"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие заземления, наличие резиновых  ковриков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="352"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Состояние механической вентиляции (вытяжки)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Санитарное состояние</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="376"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие изготовления, реализации и использование запрещенных  блюд и продуктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие условий для мытья и сушки рук персоналом. Соблюдение личной и производственной гигиены сотрудников </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>столовой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="367"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Хранение и использование яиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="361"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие документов, удостоверяющих качество и безопасность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="383"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Условия хранения яиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="363"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Емкость с маркировкой для мытья и обработки  яиц </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="371"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Средство для мытья яиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наличие б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>актерицидн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ой</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ламп</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Буфет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Перечень ассортимента реализуемой буфетной продукции (прайс-лист) заверенный печатью или подписью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие ценников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соблюдение условий хранения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Соблюдение условий и сроков  реализации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Санитарное состояние</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="365"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие изготовления, реализации и использование запрещенных  блюд и продуктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Документы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Договора с поставщиками продуктов питания</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="547"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уведомление (разрешение на перевозку продуктов) на автотранспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="547"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, декларации о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> соответствии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="547"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Срок реализации поступившей продукции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="547"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Доброкачественность поступившей продукции, соответствие нормам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="345"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Технологические карты приготовления блюд</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="381"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Бракеражный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> журнал скоропортящейся пищевой продукции и полуфабрикатов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="372"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Журнал «С-витаминизации»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="472"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Журнал органолептической оценки качества блюд и кулинарных изделий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="472"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ведомость контроля за выполнением норм пищевой продукции за _____месяц ____</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="472"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>личных медицинских книжек сотрудников пищеблока на рабочем месте с отметкой о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> прохождении  медосмотра  и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> гигиенического обучения  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="472"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие у работников пищеблока посторонних предметов, гнойничковых заболеваний и микротравм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="472"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Журнал «Здоровье» о результатах осмотра работников пищеблока</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="357"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Журнал проведения генеральных уборок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="365"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Журнал регистрации температурного режима холодильников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="365"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие программы производственного контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="16"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7513" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бытовая комната</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="162"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие запасных комплектов специальной одежды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="363"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие шкафа для хранения личных вещей сотрудников </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="385"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие шкафа  для хранения специальной одежды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="365"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Душевая комната, санузел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="681"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Внешний вид сотрудников столовой (чистота формы, аккуратность, работают ли в полном комплекте спецодежды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="681"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уборочный инвентарь, их достаточность, наличие маркировки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="681"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие отдельного помещения (специальных мест) для хранения уборочного инвентаря, маркировки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="681"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Наличие дезинфицирующих средств, сопроводительных документов. Условия для их хранения. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="681"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие москитной сетки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00072886" w:rsidRPr="00752111" w:rsidTr="008D1F83">
+        <w:trPr>
+          <w:trHeight w:val="327"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00752111">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="008D1F83">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Тексеру нәтижесінде мыналар белгіленді</w:t>
-[...8 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>В результате проверки установлено:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00126A55">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>___________________</w:t>
+        <w:t>__________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00BA6C13" w:rsidRPr="00752111">
+      <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>___</w:t>
+        <w:t>_____</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00752111">
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>К</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>омисси</w:t>
-[...19 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Подписи комиссии:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="00E13C97" w:rsidP="00E13C97">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>____________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>____________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidR="003C61C2" w:rsidRPr="00752111">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>____________________________________________________</w:t>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>____</w:t>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E13C97" w:rsidRPr="00752111" w:rsidRDefault="003C61C2" w:rsidP="00E13C97">
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752111">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00072886" w:rsidRPr="00752111" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Өні</w:t>
+        <w:t>Поставщик</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00752111">
-        <w:rPr>
-[...49 lines deleted...]
-      <w:r w:rsidR="007B7B53" w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ті</w:t>
+        <w:t xml:space="preserve"> (при организации питании поставщиком услуги) и/или ответственный повар (при организации питания организацией образования) </w:t>
       </w:r>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">ознакомлен </w:t>
       </w:r>
-      <w:r w:rsidR="007B7B53" w:rsidRPr="00752111">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жеткізуші</w:t>
+        <w:t>__________</w:t>
       </w:r>
       <w:r w:rsidRPr="00752111">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...259 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> (подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007B7B53" w:rsidRDefault="007B7B53" w:rsidP="00E13C97">
+    <w:p w:rsidR="00072886" w:rsidRPr="00E17BBB" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...12 lines deleted...]
-        </w:tabs>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+    <w:p w:rsidR="00072886" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1843"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+    <w:p w:rsidR="00072886" w:rsidRPr="00F4028C" w:rsidRDefault="00072886" w:rsidP="00072886">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1843"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00126A55" w:rsidRDefault="00126A55" w:rsidP="00752111">
+    <w:p w:rsidR="008D36A5" w:rsidRPr="00072886" w:rsidRDefault="008D36A5">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...226 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00126A55" w:rsidSect="00E203A7">
+    <w:sectPr w:rsidR="008D36A5" w:rsidRPr="00072886" w:rsidSect="00E203A7">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="992" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...17 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...26 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...17 lines deleted...]
-</w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="910823852"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00752111" w:rsidRDefault="00752111">
+      <w:p w:rsidR="00752111" w:rsidRDefault="00072886">
         <w:pPr>
-          <w:pStyle w:val="a9"/>
+          <w:pStyle w:val="a4"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E76016">
+        <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00752111" w:rsidRDefault="00752111">
+  <w:p w:rsidR="00752111" w:rsidRDefault="00072886">
     <w:pPr>
-      <w:pStyle w:val="a9"/>
+      <w:pStyle w:val="a4"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="04A9669B"/>
-[...741 lines deleted...]
-  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="325E0A5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="067E8BCA"/>
     <w:lvl w:ilvl="0" w:tplc="6DFA8F64">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -33215,51 +24021,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="3A1164A6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3A1164A6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1058" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1778" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -33304,2028 +24110,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5378" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6098" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6818" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
-[...1976 lines deleted...]
-  <w:abstractNum w:abstractNumId="29">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="7E1E282C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7E1E282C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -35370,1838 +24199,151 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30">
-[...176 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="19"/>
-[...1 lines deleted...]
-  <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...112 lines deleted...]
-    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
+  <w:zoom w:percent="148"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00252543"/>
-[...1391 lines deleted...]
-    <w:rsid w:val="00FF0B21"/>
+    <w:rsidRoot w:val="009774A0"/>
+    <w:rsid w:val="00072886"/>
+    <w:rsid w:val="008D36A5"/>
+    <w:rsid w:val="009774A0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...4 lines deleted...]
-    <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -37273,747 +24415,185 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00732656"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00E2389D"/>
+    <w:rsid w:val="00072886"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...96 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...121 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Обычный (Web)1,Знак Знак31,Обычный (Web),Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Знак,Знак4 Зна,Обычный (веб)1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BC1EC3"/>
+    <w:rsid w:val="00072886"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="aa"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC1EC3"/>
+    <w:rsid w:val="00072886"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a9"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC1EC3"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00072886"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
-[...326 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Абзац списка1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00752111"/>
+    <w:rsid w:val="00072886"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...4 lines deleted...]
-    <w:lsdException w:name="heading 6" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -38085,1734 +24665,149 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00732656"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00E2389D"/>
+    <w:rsid w:val="00072886"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...96 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...121 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:aliases w:val="Обычный (Web)1,Знак Знак31,Обычный (Web),Обычный (веб) Знак1,Обычный (веб) Знак Знак1,Знак Знак1 Знак,Обычный (веб) Знак Знак Знак,Знак Знак1 Знак Знак,Обычный (веб) Знак Знак Знак Знак,Знак Знак Знак Знак Знак,Знак4 Зна,Обычный (веб)1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00BC1EC3"/>
+    <w:rsid w:val="00072886"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="aa"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BC1EC3"/>
+    <w:rsid w:val="00072886"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a9"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00BC1EC3"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00072886"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
-[...326 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="Абзац списка1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00752111"/>
+    <w:rsid w:val="00072886"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...1014 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kzref.org/sanitariya-i-gigiena-ribopererabativayushih-predpriyatij-vladi.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kzref.org/jestkoste-vodi.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://kzref.org/sanitariya-i-gigiena-ribopererabativayushih-predpriyatij-vladi.html" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -40056,87 +25051,70 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>12108</Characters>
+  <Pages>11</Pages>
+  <Words>2192</Words>
+  <Characters>12500</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>100</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14204</CharactersWithSpaces>
+  <CharactersWithSpaces>14663</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Алия Абельдинова</dc:creator>
+  <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>