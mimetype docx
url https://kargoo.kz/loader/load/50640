--- v0 (2025-12-23)
+++ v1 (2026-03-23)
@@ -1,3857 +1,3069 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="002B68C6" w:rsidRDefault="002B68C6" w:rsidP="002B68C6">
+    <w:p w:rsidR="00A504DC" w:rsidRDefault="0096788F" w:rsidP="00A504DC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002B68C6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Интерактивті</w:t>
+        <w:t>Интерактивн</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="002B68C6">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>е оборудования</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002B68C6">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00A504DC" w:rsidRPr="00A504DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>құрылғылар</w:t>
-[...44 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> в школе (экран с проектором)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B68C6" w:rsidRPr="002B68C6" w:rsidRDefault="002B68C6" w:rsidP="002B68C6">
+    <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9631" w:type="dxa"/>
+        <w:tblW w:w="9064" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1615"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5539"/>
+        <w:gridCol w:w="1339"/>
+        <w:gridCol w:w="2961"/>
+        <w:gridCol w:w="4764"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B68C6" w:rsidRPr="002B68C6" w:rsidTr="002B68C6">
-[...19 lines deleted...]
-                <w:b/>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Год поставки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>наименование кабинета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ответственное лицо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет начального класса №19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Чернушенко Наталья Евгеньевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет начального класса №19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68C6">
-[...8 lines deleted...]
-              <w:t>Алынған</w:t>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Термякова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002B68C6">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Наталья Геннадьевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет математики№43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жарких Наталья Викторовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет английского №18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аманжанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68C6">
-[...8 lines deleted...]
-              <w:t>жылы</w:t>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жанар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...36 lines deleted...]
-              <w:t xml:space="preserve">Кабинет </w:t>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68C6">
-[...8 lines deleted...]
-              <w:t>атауы</w:t>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бахтыбаевна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
-        <w:tc>
-[...18 lines deleted...]
-                <w:b/>
+      </w:tr>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет информатики №21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68C6">
-[...8 lines deleted...]
-              <w:t>Жауапты</w:t>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шокпарова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002B68C6">
-[...2 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68C6">
-[...8 lines deleted...]
-              <w:t>адам</w:t>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шынар</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Косибаевна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B68C6" w:rsidRPr="002B68C6" w:rsidTr="002B68C6">
-[...71 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет казахского языка №25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68C6">
-[...7 lines deleted...]
-              <w:t>бастауыш</w:t>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алшымбекова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002B68C6">
+            <w:r w:rsidRPr="00A504DC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68C6">
-[...7 lines deleted...]
-              <w:t>сынып</w:t>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нурдана</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...34 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Муслимовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B68C6" w:rsidRPr="002B68C6" w:rsidTr="002B68C6">
-[...71 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет начального класса №53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жунусбекова Улбосын Жолшараевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет начального класса №3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68C6">
-[...7 lines deleted...]
-              <w:t>бастауыш</w:t>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Блялова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002B68C6">
+            <w:r w:rsidRPr="00A504DC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68C6">
-[...7 lines deleted...]
-              <w:t>сынып</w:t>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алуа</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...24 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68C6">
-[...7 lines deleted...]
-              <w:t>Термякова</w:t>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аманжоловна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002B68C6">
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B68C6" w:rsidRPr="002B68C6" w:rsidTr="002B68C6">
-[...107 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет начального класса №26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жабагина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жайдарман</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Токеновна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B68C6" w:rsidRPr="002B68C6" w:rsidTr="002B68C6">
-[...71 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет русского языка №37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68C6">
-[...7 lines deleted...]
-              <w:t>ағылшын</w:t>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Катиева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002B68C6">
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Марина Руслановна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет начального класса №5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нуркенова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Базиля </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Толеуовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет истории №40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ильясова </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Акдилдаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A504DC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68C6">
-[...7 lines deleted...]
-              <w:t>тілі</w:t>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бахитовна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
-        <w:tc>
-[...14 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:tr>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет географии №20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алавердян Светлана Владимировна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет английского языка №36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кисель Марина Евгеньевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет начального класса №2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68C6">
-[...7 lines deleted...]
-              <w:t>Аманжанова</w:t>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Гелашвили</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002B68C6">
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Марина Владимировна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет казахского класса №14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бижанова Сандугаш Турсунгалиевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет русского языка №39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кантарбаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A504DC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68C6">
-[...7 lines deleted...]
-              <w:t>Жанар</w:t>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Гульсим</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002B68C6">
+            <w:r w:rsidRPr="00A504DC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68C6">
-[...7 lines deleted...]
-              <w:t>Бахтыбаевна</w:t>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Абдиманаповна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B68C6" w:rsidRPr="002B68C6" w:rsidTr="002B68C6">
-[...89 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет физики №34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68C6">
-[...7 lines deleted...]
-              <w:t>Шокпарова</w:t>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ишмуханбетова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002B68C6">
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Анна Борисовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет начального класса №47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Песцова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Анастасия Ивановна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidTr="00A504DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинет начального класса №54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A504DC" w:rsidRPr="00A504DC" w:rsidRDefault="00A504DC" w:rsidP="00A504DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Рысбекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A504DC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68C6">
-[...7 lines deleted...]
-              <w:t>Шынар</w:t>
+            <w:r w:rsidRPr="00A504DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Саягуль</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002B68C6">
+            <w:r w:rsidRPr="00A504DC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002B68C6">
-[...2590 lines deleted...]
-            <w:r w:rsidRPr="002B68C6">
+            <w:r w:rsidRPr="00A504DC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Толеугазиновна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0067638F" w:rsidRDefault="0067638F">
+    <w:p w:rsidR="0065734B" w:rsidRPr="00A504DC" w:rsidRDefault="0065734B" w:rsidP="00A504DC">
       <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002B68C6" w:rsidRDefault="002B68C6">
-[...31 lines deleted...]
-    <w:sectPr w:rsidR="002B68C6" w:rsidRPr="002B68C6">
+    <w:sectPr w:rsidR="0065734B" w:rsidRPr="00A504DC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002B68C6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0067638F"/>
+    <w:rsidRoot w:val="00A504DC"/>
+    <w:rsid w:val="0065734B"/>
+    <w:rsid w:val="0096788F"/>
+    <w:rsid w:val="00A504DC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5957E302"/>
+  <w14:docId w14:val="468C0555"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{2A94F374-65B9-41BC-AF77-4428ACA2D139}"/>
+  <w15:docId w15:val="{F8157269-0B40-43F5-9109-09288E026A54}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4238,51 +3450,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="1909025989">
+    <w:div w:id="400058959">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -4528,54 +3740,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>179</Words>
-  <Characters>1024</Characters>
+  <Words>202</Words>
+  <Characters>1155</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1201</CharactersWithSpaces>
+  <CharactersWithSpaces>1355</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Broteko</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>