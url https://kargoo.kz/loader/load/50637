--- v0 (2025-11-18)
+++ v1 (2025-12-22)
@@ -1,311 +1,558 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="005A0ECF" w:rsidRDefault="005A0ECF" w:rsidP="005A0ECF">
+    <w:p w:rsidR="00FF737C" w:rsidRPr="00FF737C" w:rsidRDefault="00FF737C" w:rsidP="00FF737C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FF737C">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>ОБЪЯВЛЕНИЕ!!!</w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ХАБАРЛАНДЫРУ!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A0ECF" w:rsidRDefault="005A0ECF" w:rsidP="005A0ECF">
+    <w:p w:rsidR="00DB1B64" w:rsidRPr="00CF1298" w:rsidRDefault="00FF737C" w:rsidP="00FF737C">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...61 lines deleted...]
-        <w:t>» объявляет не</w:t>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Нұркен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Әбдіров</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>атындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>" КММ  2022ж. 0</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...86 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үміткерлердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>болмауына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  0,5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ставкадағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәлімгердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орналасу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жарияланған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>байқау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өткізілмеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF1298">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005A0ECF" w:rsidRDefault="005A0ECF" w:rsidP="005A0ECF">
-[...17 lines deleted...]
-    <w:sectPr w:rsidR="008F4360" w:rsidRPr="005A0ECF">
+    <w:sectPr w:rsidR="00DB1B64" w:rsidRPr="00CF1298">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="96"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005E53BA"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00FB5B72"/>
+    <w:rsidRoot w:val="00FF737C"/>
+    <w:rsid w:val="00292A1B"/>
+    <w:rsid w:val="002F4DF0"/>
+    <w:rsid w:val="00CF1298"/>
+    <w:rsid w:val="00FF737C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -448,51 +695,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005A0ECF"/>
+    <w:rsid w:val="00FF737C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -643,51 +890,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005A0ECF"/>
+    <w:rsid w:val="00FF737C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -980,54 +1227,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>33</Words>
-  <Characters>193</Characters>
+  <Words>35</Words>
+  <Characters>202</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>225</CharactersWithSpaces>
+  <CharactersWithSpaces>236</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Ayan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>