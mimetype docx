--- v0 (2025-11-18)
+++ v1 (2026-02-20)
@@ -1,6415 +1,1530 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="001405C5" w:rsidRPr="001405C5" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+    <w:p w:rsidR="00B22545" w:rsidRPr="00CC200E" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00CC200E">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ХАБАРЛ</w:t>
-[...22 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRPr="00895AC4" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+        <w:t>ОБЪЯВЛЕНИЕ!!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRDefault="00B22545" w:rsidP="00B22545">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Общеобразовательная школа имени </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Нуркена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00895AC4">
-[...7 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00895AC4">
-[...6 lines deleted...]
-        <w:t>Нұркен</w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Абдирова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00895AC4">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>» объявляет конкурс на занятие вакантной должности вожатого 0,5 ставки на постоянной основе (владение казахского и русского языка). Заработная плата составляет от 135028 тенге.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407179">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00F92D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием документов на участие в конкурсе производится </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1552">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>02</w:t>
+      </w:r>
+      <w:r w:rsidR="006E0BD2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1552">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ноября</w:t>
+      </w:r>
+      <w:r w:rsidR="006E0BD2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1552">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E0BD2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ноября</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 года. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="00407179" w:rsidRDefault="00B22545" w:rsidP="00B22545">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1552">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="006E0BD2" w:rsidRPr="00176241">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1552">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="006E0BD2" w:rsidRPr="00176241">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ноября</w:t>
+      </w:r>
+      <w:r w:rsidR="006E0BD2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022г.</w:t>
+      </w:r>
+      <w:r w:rsidR="006E0BD2" w:rsidRPr="00176241">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рассмотрение документов кандидатов на занятие вакантной должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRDefault="00B22545" w:rsidP="00B22545">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Адрес: </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00895AC4">
-[...6 lines deleted...]
-        <w:t>Әбдіров</w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ермекова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00895AC4">
-[...1081 lines deleted...]
-        <w:r w:rsidRPr="00895AC4">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9/1, тел:47-59-37, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00345308">
           <w:rPr>
             <w:rStyle w:val="a3"/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="28"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>sch58@kargoo.kz</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="001405C5" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+    <w:p w:rsidR="00B22545" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001405C5" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+    <w:p w:rsidR="00B22545" w:rsidRPr="00407179" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00895AC4">
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407179">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00895AC4">
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должностные обязанности </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00895AC4">
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вожатого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407179">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...33 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001405C5" w:rsidRPr="00895AC4" w:rsidRDefault="001405C5" w:rsidP="001405C5">
-[...12 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+    <w:p w:rsidR="00B22545" w:rsidRPr="009F1CD6" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="605"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="322" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:spacing w:val="1"/>
-[...195 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F1CD6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Способствует развитию деятельности детских общественных организаций, объединений, помогает детям и подросткам в планировании деятельности их объединений, организаций, способствует обновлению содержания и форм их деятельности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F1CD6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="009F1CD6" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="605"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="322" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:spacing w:val="1"/>
-[...182 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRPr="00895AC4" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F1CD6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Строит работу с учётом инициативы, возрастных интересов и потребности детей и подростков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="00B22545" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="605"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="322" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-7"/>
-          <w:sz w:val="24"/>
-[...181 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B22545">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Организует коллективно-творческую деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="009F1CD6" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="605"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="322" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...183 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRPr="00895AC4" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F1CD6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обеспечивает условия широкого информирования детей и подростков о действующих организациях, объединениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="009F1CD6" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="605"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="322" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-7"/>
-          <w:sz w:val="24"/>
-[...67 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRPr="00895AC4" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F1CD6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Создаёт благоприятные условия, позволяющие детям и подросткам проявлять гражданскую и нравственную позицию, реализовать свои интересы и потребности, интересно и с пользой для их развития проводить свободное время;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="009F1CD6" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="605"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="322" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-7"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00895AC4">
-[...991 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+      <w:r w:rsidRPr="009F1CD6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Проводит культурно-массовую, патриотическую работу в школе, оказывает классным руководителям содействие в организации воспитательной работы, познавательного досуга детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="009F1CD6" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="605"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
         <w:ind w:right="466"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:spacing w:val="1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00895AC4">
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...176 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRPr="00895AC4" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+      <w:r w:rsidRPr="009F1CD6">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заботится о здоровье и безопасности доверенных ему обучающихся, организует отдых детей в период каникул, изучает и использует передовой опыт работы с детьми и подростками; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="009F1CD6" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="605"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
         <w:ind w:right="466"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="24"/>
-[...152 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F1CD6">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Проводит работу по подбору и подготовке руководителей (организаторов) первичных  коллективов детских организаций, объединений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="009F1CD6" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="605"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
         <w:ind w:right="466"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...138 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRPr="00895AC4" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+      <w:r w:rsidRPr="009F1CD6">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Соблюдает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F1CD6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нормы и правила охраны труда, техники безопасности и противопожарной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="009F1CD6" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="605"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
-        <w:ind w:right="466"/>
-[...187 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F1CD6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проходит периодические бесплатные медицинские обследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="00B22545" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="605"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
-        <w:ind w:right="466"/>
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00895AC4">
-[...64 lines deleted...]
-        <w:t>қауіпсізді</w:t>
+      <w:r w:rsidRPr="00B22545">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организует каникулярный отдых </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00895AC4">
-[...26 lines deleted...]
-        <w:t>ж</w:t>
+      <w:r w:rsidRPr="00B22545">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00895AC4">
-[...99 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRPr="00895AC4" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+      <w:r w:rsidRPr="00B22545">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="009F1CD6" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="605"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
-        <w:ind w:right="466"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00895AC4">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F1CD6">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRPr="00895AC4" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">изучает и использует передовой опыт работы с детьми и подростками, повышает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F1CD6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>свою квалификацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="605"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-7"/>
-          <w:sz w:val="24"/>
-[...103 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRPr="00895AC4" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F1CD6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Работает в тесном контакте с органами самоуправления и педагогическим коллективом в школе, общественными организациями, родителями обучающихся или лицами, их заменяющими. Владеет компьютерной грамотностью, информационно-коммуникационной компетентностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="00B22545" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="605"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="278" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:spacing w:val="-6"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00895AC4">
-[...560 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+      <w:r w:rsidRPr="009F1CD6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>планирует свою работу, ведет в установленном порядке документацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="009F1CD6" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F1CD6">
+        <w:rPr>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="24"/>
-[...32 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRPr="00895AC4" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3.15. соблюдает этические нормы поведения в школе, в быту, в общественных местах, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F1CD6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">соответствующие общественному положению педагога; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="009F1CD6" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F1CD6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3.16. в каникулярное время привлекается к организационной работе с уч-ся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="00407179" w:rsidRDefault="00B22545" w:rsidP="00B22545">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00407179">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Требования к квалификации: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="00D831D2" w:rsidRDefault="00B22545" w:rsidP="00B22545">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z1801"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D831D2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> высшее образование по специальности или техническое и профессиональное образование по соответствующему профилю, без предъяв</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ления требований к стажу работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="00D831D2" w:rsidRDefault="00B22545" w:rsidP="00B22545">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z1802"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D831D2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00895AC4">
-[...40 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:bookmarkStart w:id="2" w:name="z1803"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="00B22545" w:rsidRDefault="00B22545" w:rsidP="00B22545">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="00407179" w:rsidRDefault="00B22545" w:rsidP="00B22545">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
-[...10 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z171"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F92D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00407179">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...74 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема документов, указанных в объявлении, направляет следующие документы в электронном или бумажном виде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="00B947D9" w:rsidRDefault="00B22545" w:rsidP="00B22545">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z172"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F92D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B947D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="00F92D6E" w:rsidRDefault="00B22545" w:rsidP="00B22545">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z173"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B947D9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0001545D">
-[...9 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRPr="0001545D" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+      <w:r w:rsidRPr="00F92D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="00F92D6E" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRPr="0001545D" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z174"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F92D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="00F92D6E" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRPr="006D1402" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z175"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F92D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="00F92D6E" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRPr="006D1402" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z176"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F92D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="00F92D6E" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRPr="006D1402" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z177"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00F92D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F92D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F92D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F92D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="00F92D6E" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRPr="006D1402" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z178"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F92D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="00F92D6E" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="001405C5" w:rsidRPr="006D1402" w:rsidRDefault="001405C5" w:rsidP="001405C5">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z179"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F92D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B22545" w:rsidRPr="00F92D6E" w:rsidRDefault="00B22545" w:rsidP="00B22545">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1044 lines deleted...]
-    <w:sectPr w:rsidR="00DB1B64">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z180"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F92D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="00B22545" w:rsidRDefault="00B22545" w:rsidP="00B22545">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F92D6E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E105E6" w:rsidRDefault="00E105E6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D1402" w:rsidRDefault="006D1402">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:sectPr w:rsidR="006D1402">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="32866B17"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="3C5296FC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="3.%1."/>
+      <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="418"/>
+      <w:lvlJc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:lang w:val="ru-RU"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="96"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001405C5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="002F4DF0"/>
+    <w:rsidRoot w:val="007A44D2"/>
+    <w:rsid w:val="006D1402"/>
+    <w:rsid w:val="006E0BD2"/>
+    <w:rsid w:val="007A44D2"/>
+    <w:rsid w:val="009522FF"/>
+    <w:rsid w:val="00B22545"/>
+    <w:rsid w:val="00E105E6"/>
+    <w:rsid w:val="00EA1552"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -6552,111 +1667,111 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001405C5"/>
+    <w:rsid w:val="00B22545"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001405C5"/>
+    <w:rsid w:val="00B22545"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001405C5"/>
+    <w:rsid w:val="006D1402"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001405C5"/>
+    <w:rsid w:val="006D1402"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -6780,128 +1895,129 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001405C5"/>
+    <w:rsid w:val="00B22545"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001405C5"/>
+    <w:rsid w:val="00B22545"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001405C5"/>
+    <w:rsid w:val="006D1402"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="001405C5"/>
+    <w:rsid w:val="006D1402"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch58@kargoo.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sch58@kargoo.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7149,51 +2265,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3603</Characters>
+  <Pages>1</Pages>
+  <Words>650</Words>
+  <Characters>3705</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4226</CharactersWithSpaces>
+  <CharactersWithSpaces>4347</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ayan</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Deloproizvodstva</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>