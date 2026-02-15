--- v0 (2025-10-12)
+++ v1 (2026-02-15)
@@ -1,3491 +1,675 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="0012381D" w:rsidRPr="0012381D" w:rsidRDefault="0012381D" w:rsidP="0012381D">
+    <w:p w:rsidR="0044786B" w:rsidRPr="00ED0A75" w:rsidRDefault="00ED0A75" w:rsidP="00ED0A75">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED0A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Коммунальное государственное учреждение «Гимназия №1» отдела образования города Караганды управления образования Карагандинской области сообщает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0A75" w:rsidRPr="00ED0A75" w:rsidRDefault="00ED0A75" w:rsidP="00ED0A75">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED0A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Об итогах конкурса на занятие вакантных должностей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0A75" w:rsidRDefault="00ED0A75" w:rsidP="00ED0A75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED0A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Должность: УЧИТЕЛЬ РУССКОГО ЯЗЫКА И ЛИТЕРАТУРЫ В КЛАССАХ С РУССКИМ ЯЗЫКОМ ОБУЧЕНИЯ – 1 единица. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0A75" w:rsidRDefault="00ED0A75" w:rsidP="00ED0A75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED0A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Должность: УЧИТЕЛЬ КАЗАХСКОГО ЯЗЫКА И ЛИТЕРАТУРЫ В КЛАССАХ С РУССКИМ ЯЗЫКОМ ОБУЧЕНИЯ – 1 единица. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0A75" w:rsidRDefault="00ED0A75" w:rsidP="00ED0A75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED0A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Должность: УЧИТЕЛЬ НАЧАЛЬНЫХ КЛАССОВ В КЛАССАХ С РУССКИМ ЯЗЫКОМ ОБУЧЕНИЯ – 1 единица. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0A75" w:rsidRDefault="00ED0A75" w:rsidP="00ED0A75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED0A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Должность: УЧИТЕЛЬ ФИЗИЧЕСКОЙ КУЛЬТУРЫ – 1 единица. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0A75" w:rsidRDefault="00ED0A75" w:rsidP="00ED0A75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED0A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Должность: УЧИТЕЛЬ АНГЛИЙСКОГО ЯЗЫКА – 1 единица. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0A75" w:rsidRDefault="00ED0A75" w:rsidP="00ED0A75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED0A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Должность: УЧИТЕЛЬ БИОЛОГИИ – 1 единица. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0A75" w:rsidRDefault="00ED0A75" w:rsidP="00ED0A75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED0A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Должность: УЧИТЕЛЬ МУЗЫКИ - 1 единица.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0A75" w:rsidRDefault="00ED0A75" w:rsidP="00ED0A75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурс проведен 18 август 2022 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0A75" w:rsidRDefault="00ED0A75" w:rsidP="00ED0A75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED0A75" w:rsidRDefault="00ED0A75" w:rsidP="00ED0A75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>По итогам работы конкурсной комиссии КГУ «Гимназия №1» на основании приказа «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О внесении изменений в приказ Министра образования и науки Республики Казахстан от 21 февраля 2012 года № 57 "Об утверждении Правил конкурсного замещения руководителей государственных организаций среднего, технического и профессионального, </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0012381D">
+      <w:r w:rsidRPr="00ED0A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и конкурсного назначения на должность руководителей государственных организаций образования, реализующих общеобразовательные учебные программы дошкольного, среднего образования и образовательные программы дополнительного образования"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>» № 568 от 21.02.2021 г. рекомендовано директору КГУ «Гимназия №1» назначить на должность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0A75" w:rsidRPr="00ED0A75" w:rsidRDefault="00ED0A75" w:rsidP="00ED0A75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>Қарағанды</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - учителя русского языка и литературы с русским языком обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Пен Светлану Александровну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0A75" w:rsidRPr="00ED0A75" w:rsidRDefault="00ED0A75" w:rsidP="00ED0A75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - учителя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>казахского языка и литературы в классах с русским языком обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED0A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Мамежанову</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0012381D">
+      <w:r w:rsidRPr="00ED0A75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Гульнар </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0012381D">
+      <w:r w:rsidRPr="00ED0A75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>облысы</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Маннановну</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0012381D">
+      <w:r w:rsidRPr="00ED0A75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0012381D">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0A75" w:rsidRPr="00ED0A75" w:rsidRDefault="00ED0A75" w:rsidP="00ED0A75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="0012381D">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> начальных классов в классах с русским языком обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0A75">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3046 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Морозову Луизу Александровну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0A75" w:rsidRPr="00ED0A75" w:rsidRDefault="00D15B00" w:rsidP="00ED0A75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>Д</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> П</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="0012381D" w:rsidRPr="0012381D">
-[...237 lines deleted...]
-    <w:sectPr w:rsidR="0012381D" w:rsidRPr="0012381D">
+      <w:r w:rsidR="00ED0A75">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о вакантным должностям учителя физической культуры, английского языка, биологии и музыки конкурс признан несостоявшимся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0A75" w:rsidRPr="00ED0A75" w:rsidRDefault="00ED0A75" w:rsidP="00ED0A75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00ED0A75" w:rsidRPr="00ED0A75">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0012381D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C01D00"/>
+    <w:rsidRoot w:val="00ED0A75"/>
+    <w:rsid w:val="0044786B"/>
+    <w:rsid w:val="00D15B00"/>
+    <w:rsid w:val="00ED0A75"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="4D05118E"/>
+  <w14:docId w14:val="574B57D8"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{D68569AA-8944-46F9-BE71-989EC8FA9351}"/>
+  <w15:docId w15:val="{297E8614-2ACF-4D68-9F65-727C231081E2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3871,52 +1055,66 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="1612085328">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -4147,54 +1345,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>255</Words>
-  <Characters>1459</Characters>
+  <Words>271</Words>
+  <Characters>1548</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1711</CharactersWithSpaces>
+  <CharactersWithSpaces>1816</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>