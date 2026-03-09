--- v0 (2025-12-25)
+++ v1 (2026-03-09)
@@ -1,2593 +1,5003 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00CF27A0" w:rsidRPr="00CF27A0" w:rsidRDefault="00CF27A0" w:rsidP="00CF27A0">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5924"/>
+        <w:gridCol w:w="3853"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005143BB" w:rsidRPr="009F3575" w:rsidTr="009F3575">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5924" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3853" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>первых руководителей</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и педагогов государственных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>организаций образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005143BB" w:rsidTr="009F3575">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5924" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3853" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CF27A0">
+      <w:bookmarkStart w:id="1" w:name="z480"/>
+      <w:r w:rsidRPr="0011028C">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема документов, указанных в объявлении, направляет следующие документы в электронном или бумажном виде:</w:t>
+        <w:t xml:space="preserve"> Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF27A0" w:rsidRPr="00CF27A0" w:rsidRDefault="00CF27A0" w:rsidP="00CF27A0">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="459"/>
+        <w:gridCol w:w="2288"/>
+        <w:gridCol w:w="3032"/>
+        <w:gridCol w:w="1315"/>
+        <w:gridCol w:w="2662"/>
+        <w:gridCol w:w="21"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005143BB" w:rsidRPr="009F3575">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(при его наличии))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005143BB" w:rsidRPr="009F3575">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z482"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="2"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z485"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="3"/>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005143BB" w:rsidRPr="009F3575">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z488"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="4"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z491"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="5"/>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее заочное/дистанционное = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005143BB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z496"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="6"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>академическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>степень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z499"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="7"/>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005143BB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z504"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="8"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национальное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тестирование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z507"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог"</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-модератор"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="009F3575" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F3575">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов =3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 60 до70 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-эксперт"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 80 до90 баллов = 8 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-исследователь"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">По содержанию: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 8 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 80 до90 баллов = 9 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 30 до 40 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 40 до 50 баллов = 4 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией "педагог-мастер"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005143BB" w:rsidRPr="009F3575">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z554"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="10"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z557"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005143BB" w:rsidRPr="009F3575">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="z565"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="12"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="z568"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="13"/>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005143BB" w:rsidRPr="009F3575">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="14" w:name="z573"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="14"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="15" w:name="z576"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="15"/>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005143BB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="16" w:name="z580"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="16"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="17" w:name="z583"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" = 0,5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005143BB" w:rsidRPr="009F3575">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="18" w:name="z586"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="18"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (при осуществлении трудовой деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="19" w:name="z589"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Отсутствие рекомендательного письма = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005143BB" w:rsidRPr="009F3575">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="20" w:name="z593"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="20"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Показатели</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>профессиональных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="21" w:name="z595"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>награда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="22" w:name="z598"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обладатель медали "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>" = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005143BB" w:rsidRPr="009F3575">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="23" w:name="z605"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="23"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>авторские</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="24" w:name="z608"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="24"/>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005143BB" w:rsidRPr="009F3575">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="25" w:name="z612"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="25"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="26" w:name="z614"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лидерство</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:bookmarkEnd w:id="26"/>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="27" w:name="z616"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="27"/>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005143BB" w:rsidRPr="009F3575">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="631" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="28" w:name="z623"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="28"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1271" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="29" w:name="z625"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="29"/>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="30" w:name="z632"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005143BB" w:rsidRPr="0011028C" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0011028C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы = 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005143BB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="31" w:name="z636"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="31"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимальный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CF27A0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">       1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+      <w:r>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF27A0" w:rsidRPr="00CF27A0" w:rsidRDefault="00CF27A0" w:rsidP="00CF27A0">
+    <w:p w:rsidR="005143BB" w:rsidRDefault="0011028C">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CF27A0">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF27A0" w:rsidRPr="00CF27A0" w:rsidRDefault="00CF27A0" w:rsidP="00CF27A0">
-[...157 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:sectPr w:rsidR="005143BB">
+      <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...3 lines deleted...]
-    <w:family w:val="roman"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...14 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...1683 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002C3EC6"/>
-[...487 lines deleted...]
-    <w:rsid w:val="00FF5F81"/>
+    <w:rsidRoot w:val="005143BB"/>
+    <w:rsid w:val="0011028C"/>
+    <w:rsid w:val="005143BB"/>
+    <w:rsid w:val="009F3575"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{0D60AED4-7E40-40E9-BC15-0F51DF14636C}"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{50CF9764-E87B-4389-A84A-1FE3059F26E4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2596,58 +5006,57 @@
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2663,163 +5072,157 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-[...20 lines deleted...]
-    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Light Shading"/>
+    <w:lsdException w:name="Light List"/>
+    <w:lsdException w:name="Light Grid"/>
+    <w:lsdException w:name="Medium Shading 1"/>
+    <w:lsdException w:name="Medium Shading 2"/>
+    <w:lsdException w:name="Medium List 1"/>
+    <w:lsdException w:name="Medium List 2"/>
+    <w:lsdException w:name="Medium Grid 1"/>
+    <w:lsdException w:name="Medium Grid 2"/>
+    <w:lsdException w:name="Medium Grid 3"/>
+    <w:lsdException w:name="Dark List"/>
+    <w:lsdException w:name="Colorful Shading"/>
+    <w:lsdException w:name="Colorful List"/>
+    <w:lsdException w:name="Colorful Grid"/>
+    <w:lsdException w:name="Light Shading Accent 1"/>
+    <w:lsdException w:name="Light List Accent 1"/>
+    <w:lsdException w:name="Light Grid Accent 1"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:name="Medium List 1 Accent 1"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-[...86 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:name="Dark List Accent 1"/>
+    <w:lsdException w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:name="Colorful List Accent 1"/>
+    <w:lsdException w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:name="Light Shading Accent 2"/>
+    <w:lsdException w:name="Light List Accent 2"/>
+    <w:lsdException w:name="Light Grid Accent 2"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:name="Dark List Accent 2"/>
+    <w:lsdException w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:name="Colorful List Accent 2"/>
+    <w:lsdException w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:name="Light Shading Accent 3"/>
+    <w:lsdException w:name="Light List Accent 3"/>
+    <w:lsdException w:name="Light Grid Accent 3"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:name="Dark List Accent 3"/>
+    <w:lsdException w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:name="Colorful List Accent 3"/>
+    <w:lsdException w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:name="Light Shading Accent 4"/>
+    <w:lsdException w:name="Light List Accent 4"/>
+    <w:lsdException w:name="Light Grid Accent 4"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:name="Dark List Accent 4"/>
+    <w:lsdException w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:name="Colorful List Accent 4"/>
+    <w:lsdException w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:name="Light Shading Accent 5"/>
+    <w:lsdException w:name="Light List Accent 5"/>
+    <w:lsdException w:name="Light Grid Accent 5"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:name="Dark List Accent 5"/>
+    <w:lsdException w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:name="Colorful List Accent 5"/>
+    <w:lsdException w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:name="Light Shading Accent 6"/>
+    <w:lsdException w:name="Light List Accent 6"/>
+    <w:lsdException w:name="Light Grid Accent 6"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:name="Dark List Accent 6"/>
+    <w:lsdException w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:name="Colorful List Accent 6"/>
+    <w:lsdException w:name="Colorful Grid Accent 6"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -2880,591 +5283,655 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E0209E"/>
+    <w:rsid w:val="004A3277"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="List Paragraph"/>
-    <w:aliases w:val="без абзаца"/>
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
-    <w:uiPriority w:val="34"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F85BC5"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a5">
-[...36 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Заголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...48 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="0095143F"/>
+    <w:rsid w:val="00D1197D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...1 lines deleted...]
-      <w:iCs/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
-    <w:name w:val="Strong"/>
+    <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="22"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0095143F"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ac">
-[...3 lines deleted...]
-    <w:rsid w:val="00754066"/>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...8 lines deleted...]
-    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007109C0"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
+    <w:name w:val="DocDefaults"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...18 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1402</Characters>
+  <Pages>4</Pages>
+  <Words>716</Words>
+  <Characters>4085</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Reanimator Extreme Edition</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1644</CharactersWithSpaces>
+  <CharactersWithSpaces>4792</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>УМЦ</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>