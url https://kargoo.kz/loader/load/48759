--- v0 (2025-10-12)
+++ v1 (2025-11-21)
@@ -180,51 +180,51 @@
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15987" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="115" d="100"/>
           <a:sy n="115" d="100"/>
         </p:scale>
-        <p:origin x="372" y="138"/>
+        <p:origin x="372" y="114"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -3535,98 +3535,85 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B1C7AF0-0A9E-45CF-9DA2-7BBF9339E2D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="2001837"/>
-            <a:ext cx="12192000" cy="2561774"/>
+            <a:ext cx="12119956" cy="2561774"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ПОДГОТОВКА </a:t>
+              <a:t>ҚОРЫТЫНДЫ АТТЕСТАТТАУҒА ДАЙЫНДЫҚ</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>К ИТОГОВОЙ АТТЕСТАЦИИ</a:t>
-[...1 lines deleted...]
-            <a:br>
+              <a:t>2022-2023 </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="kk-KZ" b="1" dirty="0" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-            </a:br>
-[...12 lines deleted...]
-              <a:t>учебный год</a:t>
+              <a:t>оқу жылы</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="29" name="Рисунок 28">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59DFB906-AE82-4BDD-BA63-6E8F79E28DB4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
@@ -3731,55 +3718,118 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B1C7AF0-0A9E-45CF-9DA2-7BBF9339E2D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1714149" y="135806"/>
             <a:ext cx="9144000" cy="1134611"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қорытынды</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" altLang="ru-RU" sz="4400" b="1" dirty="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Итоговая аттестация проводиться в следующих формах:</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аттестаттау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>келесі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нысандарда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өткізіледі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="4400" b="1" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="29" name="Рисунок 28">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59DFB906-AE82-4BDD-BA63-6E8F79E28DB4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
@@ -3810,188 +3860,313 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F9B92B1-A4F9-4AA3-90F6-A14C231AD6DB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="722403" y="5716842"/>
             <a:ext cx="11344275" cy="954107"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2800" b="1" i="0" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
-                <a:effectLst/>
-[...3 lines deleted...]
-              <a:t>Итоговые экзамены 9 -х классов проходят в период </a:t>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>9-сыныптың </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қорытынды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>емтихандары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>келесі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кезеңде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өтеді</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>02 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>маусымда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 13 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>маусымға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>дейін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" i="0" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>с </a:t>
-[...43 lines deleted...]
-              <a:t>июня. </a:t>
+              <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="9" name="Объект 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EA22B05-C942-4DB1-8D94-64BE8C218AF3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="52055072"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2001206397"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="835208" y="1400678"/>
-          <a:ext cx="11118667" cy="4388483"/>
+          <a:ext cx="11118667" cy="4129114"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr/>
               <a:tblGrid>
                 <a:gridCol w="488615">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1084860666"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="10630052">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2184627509"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="388429">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>№</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="34005" marR="27204" marT="27204" marB="20403" anchor="ctr">
                     <a:lnL w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
@@ -4003,58 +4178,58 @@
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="07F7E4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
-[...6 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="1800" dirty="0">
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>ЕМТИХАН</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="34005" marR="27204" marT="27204" marB="20403" anchor="ctr">
                     <a:lnL w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
@@ -4073,51 +4248,51 @@
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="07F7E4"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1880595957"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="982668">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>1.</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="34005" marR="27204" marT="27204" marB="20403">
                     <a:lnL w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -4144,167 +4319,426 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
-[...12 lines deleted...]
-                        <a:t> язык в классах с государственным языком обучения</a:t>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Мемлекеттік</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>тілде</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>оқытатын</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>сыныптардағы</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>қазақ</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>тілі</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> - </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>жазбаша</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>емтихан</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> эссе, </a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
-[...4 lines deleted...]
-                        <a:t>Русский язык в классах с русским языком обучения </a:t>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Орыс</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>тілінде</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>оқытатын</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>сыныптардағы</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>қазақ</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>тілі-тестілеу</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>,</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" baseline="0" dirty="0" smtClean="0">
-[...42 lines deleted...]
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>емтиханның</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>ұзақтығы</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> 2 </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>астрономиялық</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>сағат</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> 09.00-ден 11.00-ге </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>дейін</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>. </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>02 июня 2023г</a:t>
-[...2 lines deleted...]
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:t>02 </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>маусым</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> 2023ж</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>.</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="34005" marR="27204" marT="27204" marB="20403">
                     <a:lnL w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
@@ -4317,59 +4751,59 @@
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="335468503"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="659875">
+              <a:tr h="1050405">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>2.</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="34005" marR="27204" marT="27204" marB="20403">
                     <a:lnL w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -4396,114 +4830,410 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
-[...22 lines deleted...]
-                      </a:endParaRPr>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Мемлекеттік</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>тілде</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>оқытатын</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>сыныптардағы</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>орыс</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>тілі-тестілеу</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>, </a:t>
+                      </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" smtClean="0">
-[...7 lines deleted...]
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Орыс</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>тілінде</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>оқытатын</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>сыныптардағы</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>орыс</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>тілі-жазбаша</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>емтихан</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> эссе,</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>емтиханның</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>ұзақтығы</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> 2 </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>астрономиялық</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>сағат</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> 09.00-ден 11.00-ге </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>дейін</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>. </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>06 июня 2023г</a:t>
-[...2 lines deleted...]
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:t>06 </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>маусым</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> 2023ж</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>.</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="34005" marR="27204" marT="27204" marB="20403">
                     <a:lnL w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
@@ -4524,51 +5254,51 @@
                     <a:lnB w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3338420712"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="599031">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>3.</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="34005" marR="27204" marT="27204" marB="20403">
                     <a:lnL w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -4595,203 +5325,256 @@
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
-[...16 lines deleted...]
-                          <a:effectLst/>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Математика (алгебра) - </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>жазбаша</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
-                    </a:p>
-[...54 lines deleted...]
-                        <a:effectLst/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>емтихан</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>, </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>бақылау</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>жұмысы</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                         <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr marL="0" marR="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="0" dirty="0" smtClean="0">
-[...7 lines deleted...]
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>емтиханның</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>ұзақтығы</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> 3 </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>астрономиялық</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>сағат</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> 09.00-ден 12.00-ге </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>дейін</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>. </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
-                          <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>09 </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...6 lines deleted...]
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>маусым</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
-                          <a:effectLst/>
-[...6 lines deleted...]
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
-                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>2023ж</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>.</a:t>
                       </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="FF0000"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="34005" marR="27204" marT="27204" marB="20403">
                     <a:lnL w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
@@ -4803,51 +5586,51 @@
                     <a:lnB w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2579979507"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="1050405">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>4.</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="34005" marR="27204" marT="27204" marB="20403">
                     <a:lnL w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
@@ -4858,134 +5641,385 @@
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="just"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
-[...31 lines deleted...]
-                        <a:rPr lang="ru-RU" sz="1800" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Таңдау</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>пәні</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>бойынша</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>жазбаша</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>емтихан</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>(Физика, Химия, Биология, География, Геометрия, </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Қазақстан</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>тарихы</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>, </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Дүниежүзі</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>тарихы</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>, </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Әдебиет</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>оқыту</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>тілі</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>бойынша</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>), </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>шет</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>тілі</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>ағылшын</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>/ француз/</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>неміс</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="0" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>), Информатика). </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <a:t>13 </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" err="1" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>июня </a:t>
-[...2 lines deleted...]
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:t>маусым</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
-                        <a:t>2023г</a:t>
-[...2 lines deleted...]
-                        <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:effectLst/>
                           <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                           <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         </a:rPr>
+                        <a:t>2023ж</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="2000" b="1" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
                         <a:t>.</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="2000" b="1" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="FF0000"/>
                         </a:solidFill>
                         <a:effectLst/>
                         <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="34005" marR="27204" marT="27204" marB="20403">
                     <a:lnL w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
@@ -5113,276 +6147,1727 @@
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="603308" y="339793"/>
             <a:ext cx="10515600" cy="4117427"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2400" b="1" i="0" dirty="0">
-[...5 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қорытынды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аттестаттаудан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>босатылады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бітіру</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мемлекеттік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>емтихандары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2400" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
             <a:endParaRPr lang="ru-RU" sz="2400" b="1" i="0" dirty="0" smtClean="0">
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" b="1" i="0" dirty="0" smtClean="0">
-[...27 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>9-оқушы </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қорытынды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аттестаттаудан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>басқармалары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>басшыларының</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бұйрықтарымен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Республикалық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мектептерде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқитындар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қазақстан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Республикасы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ғылым</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>министрінің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бұйрығымен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мынадай</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жағдайларда</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>босатылады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
           </a:p>
           <a:p>
-            <a:pPr algn="l">
+            <a:pPr marL="0" indent="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
-              <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="arabicPeriod"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" b="0" i="0" dirty="0">
-[...7 lines deleted...]
-              <a:t>по состоянию здоровья;</a:t>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>денсаулық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жағдайы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бойынша</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr algn="l">
+            <a:pPr marL="0" indent="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
-              <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="arabicPeriod"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" b="0" i="0" dirty="0">
-[...7 lines deleted...]
-              <a:t>инвалиды І-II группы, инвалиды детства, дети-инвалиды;</a:t>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2. І-ІІ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>топтағы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мүгедектер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, бала </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кезінен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мүгедектер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мүгедек</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>балалар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr algn="l">
+            <a:pPr marL="0" indent="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
-              <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="arabicPeriod"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" b="0" i="0" dirty="0">
-[...7 lines deleted...]
-              <a:t>участники летних учебно-тренировочных сборов, кандидаты в сборную команду Республики Казахстан для участия в международных олимпиадах (соревнованиях);</a:t>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>3. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жазғы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқу-жаттығу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жиындарына</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қатысушылар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>халықаралық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>олимпиадаларға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жарыстарға</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қатысу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үшін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қазақстан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Республикасының</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>құрама</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>командасына</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кандидаттар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr algn="l">
+            <a:pPr marL="0" indent="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
-              <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="arabicPeriod"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" b="0" i="0" dirty="0">
-[...7 lines deleted...]
-              <a:t>смерти близких родственников (родители, дети, усыновители, усыновлённые полнородные и неполнородные братья и сестры, дедушка, бабушка);</a:t>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>4. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жақын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>туыстарының</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қайтыс</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>болуы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ата-аналары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>балалары</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>асырап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алушылар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>асырап</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алынған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ата-анасы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бір</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ата-анасы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бөлек</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аға-інілері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>апа-сіңлілері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>атасы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>әжесі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>);</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr algn="l">
+            <a:pPr marL="0" indent="0" algn="just">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
-              <a:buFont typeface="+mj-lt"/>
-              <a:buAutoNum type="arabicPeriod"/>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1700" b="0" i="0" dirty="0">
-[...18 lines deleted...]
-            </a:pPr>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>5. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>әлеуметтік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>табиғи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>және</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>техногендік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сипаттағы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>төтенше</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жағдайлар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кез</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>інде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1700" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
             <a:endParaRPr lang="ru-RU" sz="1700" b="0" i="0" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Rectangle 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A444F21F-5AF4-4852-903E-28825F49BA27}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="520181" y="3974599"/>
-            <a:ext cx="10793441" cy="2616101"/>
+            <a:off x="520181" y="4113098"/>
+            <a:ext cx="10793441" cy="2339102"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
@@ -5513,315 +7998,1372 @@
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
+            <a:pPr lvl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...9 lines deleted...]
-              <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Егер</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 9-сынып </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқушысы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бітіру</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>емтиханы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кезінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ауырып</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қалса</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ол</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сауыққаннан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>кейін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өткізіп</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>емтихандарын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тапсырады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Емтихан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өткізілетін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>күндері</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>COVID-19-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мен </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ауырған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> 9-сынып </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқушыларын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қорытынды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аттестаттаудан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>босату</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>туралы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бұйрықтар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>мынадай</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>құжаттар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>негізінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>шығарылады</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>1)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>полимеразды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тізбекті</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> реакция (ПТР) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>әдісімен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>COVID-19 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>тестінің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оң</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нәтижесі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> бар </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>анықтама</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>2) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>№ ҚР </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ДСМ 175/2020 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бұйрығымен</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бекітілген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>№ 027/е </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нысанына</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сәйкес</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>медициналық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ұйым</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>берген</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>анықтама</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қорытынды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аттестаттаудан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>босатылған</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алушылар</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үшін</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қорытынды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аттестаттау</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ағымдағы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқу</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жылының</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>жылдық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бағасы</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>негізінде</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>өткізіледі</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:srgbClr val="000000"/>
+                  <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...2 lines deleted...]
-              <a:t>Если учащийся 9 класса заболел в период выпускного экзамена – он сдает пропущенные экзамены после выздоровления.</a:t>
+              </a:rPr>
+              <a:t/>
             </a:r>
             <a:br>
-              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+              <a:rPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
-                  <a:srgbClr val="000000"/>
+                  <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:effectLst/>
-                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
             </a:br>
-            <a:r>
-[...158 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1600" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
+            <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="1800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst/>
-              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
-[...53 lines deleted...]
-              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4196647094"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -5873,115 +9415,120 @@
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Объект 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7698A169-681B-451C-95B8-9C70040FCCC4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1224049306"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1081566105"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="780011" y="1764736"/>
-          <a:ext cx="10515600" cy="3625215"/>
+          <a:ext cx="10515600" cy="3350895"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr/>
               <a:tblGrid>
                 <a:gridCol w="2103120">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1963941575"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2103120">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="359488207"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2103120">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2773311555"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2103120">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="89727869"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2103120">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3929166046"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" b="1" dirty="0">
-[...5 lines deleted...]
-                      </a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Бағалау</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="47625" marR="38100" marT="38100" marB="28575" anchor="ctr">
                     <a:lnL w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
@@ -5989,57 +9536,142 @@
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="54ACD2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" b="1" dirty="0">
-[...5 lines deleted...]
-                      </a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Ең</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>жоғары</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> балл 20 </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>болатын</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>пәндер</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>үшін</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>балдар</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="47625" marR="38100" marT="38100" marB="28575" anchor="ctr">
                     <a:lnL w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
@@ -6047,57 +9679,142 @@
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="54ACD2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" b="1" dirty="0">
-[...5 lines deleted...]
-                      </a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Ең</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>жоғары</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> балл 30 </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>болатын</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>пәндер</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>үшін</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>балдар</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="47625" marR="38100" marT="38100" marB="28575" anchor="ctr">
                     <a:lnL w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
@@ -6105,57 +9822,142 @@
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="54ACD2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" b="1" dirty="0">
-[...5 lines deleted...]
-                      </a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Ең</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>жоғары</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> балл 40 </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>болатын</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>пәндер</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>үшін</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>балдар</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="47625" marR="38100" marT="38100" marB="28575" anchor="ctr">
                     <a:lnL w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
@@ -6163,57 +9965,142 @@
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:solidFill>
                       <a:srgbClr val="54ACD2"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" b="1" dirty="0">
-[...5 lines deleted...]
-                      </a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>Ең</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>жоғары</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> балл 50 </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>болатын</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>пәндер</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>үшін</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" b="1" dirty="0" err="1" smtClean="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                          <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <a:t>балдар</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" b="1" dirty="0">
+                        <a:effectLst/>
+                        <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                        <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="47625" marR="38100" marT="38100" marB="28575" anchor="ctr">
                     <a:lnL w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:srgbClr val="AAAAAA"/>
                       </a:solidFill>
@@ -7784,179 +11671,492 @@
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
-[...57 lines deleted...]
-              <a:t>оценки</a:t>
+            <a:pPr lvl="0" algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>9-сынып </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>білім</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>алушыларының</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>емтихан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>балдарын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>емтихан</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>бағаларына</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ауыстыру</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="2800" b="1" dirty="0" err="1">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>шкаласы</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="ru-RU" altLang="ru-RU" sz="2800" b="1" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="780011" y="5639441"/>
+            <a:off x="780011" y="5402040"/>
             <a:ext cx="10515600" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0" algn="just" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Толығырақ</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Подробнее можете прочитать на сайте нормативных правовых актов Республики Казахстан - Типовые правила итоговой аттестации (</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Қазақстан</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="0000FF"/>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Республикасының</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>нормативтік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>құқықтық</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>актілерінің</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>сайтында</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қорытынды</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аттестаттаудың</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>үлгілік</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>қағидаларын</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>оқи</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>аласыз</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> .</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>http://adilet.zan.kz/rus/docs/V080005191_#z17</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" altLang="ru-RU" sz="1600" b="1" dirty="0">
+              <a:rPr lang="en-US" altLang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="kk-KZ" altLang="ru-RU" sz="1600" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="4000" b="1" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2136798801"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
@@ -8232,86 +12432,86 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>376</Words>
+  <Words>399</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Широкоэкранный</PresentationFormat>
-  <Paragraphs>58</Paragraphs>
+  <Paragraphs>55</Paragraphs>
   <Slides>4</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Тема Office</vt:lpstr>
-      <vt:lpstr>ПОДГОТОВКА  К ИТОГОВОЙ АТТЕСТАЦИИ 2022-2023 учебный год</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Если учащийся 9 класса заболел в период выпускного экзамена – он сдает пропущенные экзамены после выздоровления. Приказы об освобождении от итоговой аттестации обучающихся 9 классов, заболевшие COVID-19  в дни проведения экзаменов, издается на основании следующих документов: 1) справка с положительным результатом теста на COVID-19 методом полимеразной цепной реакций (ПЦР); 2) справка выданная медицинской организацией, согласно форме № 027/у, утвержденной приказом № ҚР ДСМ-175/2020. Итоговая аттестация для обучающихся освобожденных от итоговой аттестации, проводится на основании годовой оценки текущего учебного года.  </vt:lpstr>
+      <vt:lpstr>ҚОРЫТЫНДЫ АТТЕСТАТТАУҒА ДАЙЫНДЫҚ 2022-2023 оқу жылы</vt:lpstr>
+      <vt:lpstr>Қорытынды аттестаттау келесі нысандарда өткізіледі:</vt:lpstr>
+      <vt:lpstr>Егер 9-сынып оқушысы бітіру емтиханы кезінде ауырып қалса, ол сауыққаннан кейін өткізіп алған емтихандарын тапсырады. Емтихан өткізілетін күндері COVID-19-мен ауырған 9-сынып оқушыларын қорытынды аттестаттаудан босату туралы бұйрықтар мынадай құжаттар негізінде шығарылады: 1)полимеразды тізбекті реакция (ПТР) әдісімен COVID-19 тестінің оң нәтижесі бар анықтама; 2) № ҚР ДСМ 175/2020 бұйрығымен бекітілген, № 027/е нысанына сәйкес медициналық ұйым берген анықтама. Қорытынды аттестаттаудан босатылған білім алушылар үшін қорытынды аттестаттау ағымдағы оқу жылының жылдық бағасы негізінде өткізіледі. </vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Подготовка к итоговой аттестации</dc:title>
   <dc:creator>учитель</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>