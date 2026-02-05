--- v0 (2025-10-18)
+++ v1 (2026-02-05)
@@ -1,182 +1,182 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00C854B7" w:rsidRDefault="00D03A26">
+    <w:p w:rsidR="00CE184E" w:rsidRDefault="00E311B9">
       <w:r>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:467.55pt;height:643.55pt">
             <v:imagedata r:id="rId4" o:title="1"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00167A0E" w:rsidRDefault="00D03A26">
+    <w:p w:rsidR="00001CA5" w:rsidRDefault="00E311B9">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:pict>
           <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:467.55pt;height:643.55pt">
             <v:imagedata r:id="rId5" o:title="2"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00167A0E" w:rsidRDefault="00167A0E"/>
-    <w:p w:rsidR="00167A0E" w:rsidRDefault="00B01CBB">
+    <w:p w:rsidR="00001CA5" w:rsidRDefault="00001CA5"/>
+    <w:p w:rsidR="00001CA5" w:rsidRDefault="00A30E64">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:pict>
           <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:467.55pt;height:643.55pt">
             <v:imagedata r:id="rId6" o:title="3"/>
           </v:shape>
         </w:pict>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00167A0E" w:rsidRDefault="00B01CBB">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:pict>
           <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:467.55pt;height:643.55pt">
             <v:imagedata r:id="rId7" o:title="4"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00167A0E" w:rsidRDefault="00B01CBB">
+    <w:p w:rsidR="00001CA5" w:rsidRDefault="00001CA5"/>
+    <w:p w:rsidR="00001CA5" w:rsidRDefault="00001CA5"/>
+    <w:p w:rsidR="00001CA5" w:rsidRDefault="00A30E64">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:pict>
           <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:467.55pt;height:643.55pt">
             <v:imagedata r:id="rId8" o:title="5"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00167A0E" w:rsidRDefault="00167A0E"/>
-    <w:p w:rsidR="00167A0E" w:rsidRDefault="00B01CBB">
+    <w:p w:rsidR="00001CA5" w:rsidRDefault="00001CA5"/>
+    <w:p w:rsidR="00001CA5" w:rsidRDefault="00001CA5">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00001CA5" w:rsidRDefault="00A30E64">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:pict>
           <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:467.55pt;height:643.55pt">
             <v:imagedata r:id="rId9" o:title="6"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00167A0E" w:rsidSect="00D03A26">
+    <w:sectPr w:rsidR="00001CA5" w:rsidSect="00E311B9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="84"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="004F2B5E"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00D03A26"/>
+    <w:rsidRoot w:val="00001CA5"/>
+    <w:rsid w:val="00001CA5"/>
+    <w:rsid w:val="00A30E64"/>
+    <w:rsid w:val="00CE184E"/>
+    <w:rsid w:val="00E311B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -319,51 +319,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D03A26"/>
+    <w:rsid w:val="00E311B9"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -844,49 +844,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>2</Words>
-  <Characters>12</Characters>
+  <Characters>14</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>*</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13</CharactersWithSpaces>
+  <CharactersWithSpaces>15</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Buh-2</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>