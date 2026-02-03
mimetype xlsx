--- v0 (2025-12-25)
+++ v1 (2026-02-03)
@@ -23,50 +23,53 @@
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8808"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1756" uniqueCount="570">
   <si>
     <t>Дата и время выгрузки годового плана: 2021-10-21 17:08:23</t>
   </si>
   <si>
     <t>Статус выгружаемого годового плана: Утвержден</t>
   </si>
   <si>
+    <t>План государственных закупок №182 от 2021-10-13</t>
+  </si>
+  <si>
     <t>Общие сведения</t>
   </si>
   <si>
     <t>БИН заказчика</t>
   </si>
   <si>
     <t>Для государственных учреждений</t>
   </si>
   <si>
     <t>Наименование заказчика (на казахском языке)</t>
   </si>
   <si>
     <t>Наименование заказчика (на русском языке)</t>
   </si>
   <si>
     <t>Финансовый год</t>
   </si>
   <si>
     <t>Код ГУ</t>
   </si>
   <si>
     <t>990140004034</t>
   </si>
   <si>
     <t/>
@@ -1722,53 +1725,50 @@
     <t>Видеобақылау жүйелерін және ұқсас жабдықтарды жөндеу/жаңғырту бойынша жұмыстар</t>
   </si>
   <si>
     <t>Работы по ремонту/модернизации системы видеонаблюдения и аналогичного оборудования</t>
   </si>
   <si>
     <t>Видеобақылау жүйелерін және ұқсас құрылғыларды жөндеу/жаңғырту жұмыстары</t>
   </si>
   <si>
     <t>Карагандинская область, г.Караганда, Октябрьский район Архитектурная, 42;</t>
   </si>
   <si>
     <t>161091.000.000002</t>
   </si>
   <si>
     <t>Ағашты оттан қорғау бойынша қызметтер</t>
   </si>
   <si>
     <t>Услуги по огнезащитному предохранению древесины</t>
   </si>
   <si>
     <t>Оттан өңдеу арқылы ағаштан алдын алу бойынша қызметтер</t>
   </si>
   <si>
     <t>Услуги по предохранению древесины путем обработки огнезащитным составом</t>
-  </si>
-[...1 lines deleted...]
-    <t>182 күнгі №2021-10-13 мемлекеттік сатып алу жоспары</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
@@ -2692,272 +2692,270 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AI100"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.44140625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
   <sheetData>
     <row r="1" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="1" t="s">
-        <v>569</v>
+        <v>2</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="3" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D6" s="3" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="4"/>
       <c r="B7" s="2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
     </row>
     <row r="8" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="2">
         <v>1</v>
       </c>
       <c r="B8" s="2">
         <v>2</v>
       </c>
       <c r="C8" s="2">
         <v>3</v>
       </c>
       <c r="D8" s="2">
         <v>4</v>
       </c>
       <c r="E8" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="7"/>
       <c r="I11" s="3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="J11" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K11" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L11" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M11" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="N11" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="O11" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="P11" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Q11" s="3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="R11" s="3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="S11" s="3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="T11" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U11" s="3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="V11" s="3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="W11" s="3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="X11" s="3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="Y11" s="3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="Z11" s="3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="AA11" s="3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="AB11" s="3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AC11" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AD11" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AE11" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AF11" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="AG11" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="AH11" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="AI11" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="12" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="4"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I12" s="4"/>
       <c r="J12" s="4"/>
       <c r="K12" s="4"/>
       <c r="L12" s="4"/>
       <c r="M12" s="4"/>
       <c r="N12" s="4"/>
       <c r="O12" s="4"/>
       <c r="P12" s="4"/>
       <c r="Q12" s="4"/>
       <c r="R12" s="4"/>
       <c r="S12" s="4"/>
       <c r="T12" s="4"/>
       <c r="U12" s="4"/>
       <c r="V12" s="4"/>
       <c r="W12" s="4"/>
       <c r="X12" s="4"/>
       <c r="Y12" s="4"/>
       <c r="Z12" s="4"/>
       <c r="AA12" s="4"/>
       <c r="AB12" s="4"/>
       <c r="AC12" s="4"/>
       <c r="AD12" s="4"/>
       <c r="AE12" s="4"/>
       <c r="AF12" s="4"/>
@@ -2996,51 +2994,51 @@
       <c r="J13" s="2">
         <v>10</v>
       </c>
       <c r="K13" s="2">
         <v>11</v>
       </c>
       <c r="L13" s="2">
         <v>12</v>
       </c>
       <c r="M13" s="2">
         <v>13</v>
       </c>
       <c r="N13" s="2">
         <v>14</v>
       </c>
       <c r="O13" s="2">
         <v>15</v>
       </c>
       <c r="P13" s="2">
         <v>16</v>
       </c>
       <c r="Q13" s="2">
         <v>17</v>
       </c>
       <c r="R13" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S13" s="2">
         <v>18</v>
       </c>
       <c r="T13" s="2">
         <v>19</v>
       </c>
       <c r="U13" s="2">
         <v>20</v>
       </c>
       <c r="V13" s="2">
         <v>21</v>
       </c>
       <c r="W13" s="2">
         <v>22</v>
       </c>
       <c r="X13" s="2">
         <v>23</v>
       </c>
       <c r="Y13" s="2">
         <v>24</v>
       </c>
       <c r="Z13" s="2">
         <v>25</v>
       </c>
@@ -3058,6889 +3056,6889 @@
       </c>
       <c r="AE13" s="2">
         <v>30</v>
       </c>
       <c r="AF13" s="2">
         <v>31</v>
       </c>
       <c r="AG13" s="2">
         <v>32</v>
       </c>
       <c r="AH13" s="2">
         <v>33</v>
       </c>
       <c r="AI13" s="2">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14">
         <v>39149465</v>
       </c>
       <c r="B14">
         <v>39149465</v>
       </c>
       <c r="C14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J14" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K14" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L14" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M14" t="s">
+        <v>57</v>
+      </c>
+      <c r="N14" t="s">
         <v>56</v>
       </c>
-      <c r="N14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O14" t="s">
+        <v>57</v>
+      </c>
+      <c r="P14" t="s">
         <v>56</v>
       </c>
-      <c r="P14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="S14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="T14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U14">
         <v>1</v>
       </c>
       <c r="V14">
         <v>178571.43</v>
       </c>
       <c r="W14">
         <v>178571.43</v>
       </c>
       <c r="X14">
         <v>178571.43</v>
       </c>
       <c r="AA14" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="AB14" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="AC14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="AD14" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI14" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15">
         <v>39299035</v>
       </c>
       <c r="B15">
         <v>39299035</v>
       </c>
       <c r="C15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M15" t="s">
+        <v>70</v>
+      </c>
+      <c r="N15" t="s">
         <v>69</v>
       </c>
-      <c r="N15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="Q15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U15">
         <v>1</v>
       </c>
       <c r="V15">
         <v>8928.57</v>
       </c>
       <c r="W15">
         <v>8928.57</v>
       </c>
       <c r="X15">
         <v>8928.57</v>
       </c>
       <c r="AA15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="AB15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AC15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AD15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AF15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AI15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="16" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16">
         <v>39985075</v>
       </c>
       <c r="B16">
         <v>39985075</v>
       </c>
       <c r="C16" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I16" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J16" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K16" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L16" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M16" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N16" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="O16" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P16" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Q16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R16" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="S16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T16" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U16">
         <v>1</v>
       </c>
       <c r="V16">
         <v>52089.29</v>
       </c>
       <c r="W16">
         <v>52089.29</v>
       </c>
       <c r="X16">
         <v>52089.29</v>
       </c>
       <c r="AA16" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB16" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC16" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD16" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE16" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF16" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI16" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="17" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17">
         <v>39986874</v>
       </c>
       <c r="B17">
         <v>39986874</v>
       </c>
       <c r="C17" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I17" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J17" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="K17" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M17" t="s">
+        <v>90</v>
+      </c>
+      <c r="N17" t="s">
         <v>89</v>
       </c>
-      <c r="N17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O17" t="s">
+        <v>90</v>
+      </c>
+      <c r="P17" t="s">
         <v>89</v>
       </c>
-      <c r="P17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S17" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T17" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U17">
         <v>1</v>
       </c>
       <c r="V17">
         <v>22321.43</v>
       </c>
       <c r="W17">
         <v>22321.43</v>
       </c>
       <c r="X17">
         <v>22321.43</v>
       </c>
       <c r="AA17" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB17" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC17" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD17" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE17" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF17" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI17" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18">
         <v>39987609</v>
       </c>
       <c r="B18">
         <v>39987609</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I18" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J18" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="K18" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="L18" t="s">
+        <v>94</v>
+      </c>
+      <c r="M18" t="s">
+        <v>95</v>
+      </c>
+      <c r="N18" t="s">
+        <v>96</v>
+      </c>
+      <c r="O18" t="s">
         <v>93</v>
       </c>
-      <c r="M18" t="s">
+      <c r="P18" t="s">
         <v>94</v>
       </c>
-      <c r="N18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q18" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R18" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="S18" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T18" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="U18">
         <v>108.5</v>
       </c>
       <c r="V18">
         <v>9713.83</v>
       </c>
       <c r="W18">
         <v>1053950.56</v>
       </c>
       <c r="X18">
         <v>1053950.56</v>
       </c>
       <c r="AA18" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB18" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC18" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF18" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI18" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="19" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19">
         <v>39989059</v>
       </c>
       <c r="B19">
         <v>39989059</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I19" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J19" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K19" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L19" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M19" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N19" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="O19" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P19" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="Q19" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R19" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="S19" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T19" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U19">
         <v>1</v>
       </c>
       <c r="V19">
         <v>294642.84999999998</v>
       </c>
       <c r="W19">
         <v>294642.84999999998</v>
       </c>
       <c r="X19">
         <v>294642.84999999998</v>
       </c>
       <c r="AA19" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB19" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC19" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD19" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE19" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF19" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI19" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="20" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20">
         <v>39989161</v>
       </c>
       <c r="B20">
         <v>39989161</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I20" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J20" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K20" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L20" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M20" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N20" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="O20" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="P20" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="Q20" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R20" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="S20" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U20">
         <v>1</v>
       </c>
       <c r="V20">
         <v>312500</v>
       </c>
       <c r="W20">
         <v>312500</v>
       </c>
       <c r="X20">
         <v>312500</v>
       </c>
       <c r="AA20" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB20" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC20" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD20" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE20" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF20" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI20" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="21" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21">
         <v>39989631</v>
       </c>
       <c r="B21">
         <v>39989631</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J21" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L21" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M21" t="s">
+        <v>57</v>
+      </c>
+      <c r="N21" t="s">
         <v>56</v>
       </c>
-      <c r="N21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O21" t="s">
+        <v>57</v>
+      </c>
+      <c r="P21" t="s">
         <v>56</v>
       </c>
-      <c r="P21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q21" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="S21" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="T21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U21">
         <v>1</v>
       </c>
       <c r="V21">
         <v>892857.14</v>
       </c>
       <c r="W21">
         <v>892857.14</v>
       </c>
       <c r="X21">
         <v>892857.14</v>
       </c>
       <c r="AA21" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB21" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="AC21" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="AD21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE21" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF21" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI21" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="22" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22">
         <v>39989713</v>
       </c>
       <c r="B22">
         <v>39989713</v>
       </c>
       <c r="C22" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I22" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J22" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="K22" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L22" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="M22" t="s">
+        <v>112</v>
+      </c>
+      <c r="N22" t="s">
         <v>111</v>
       </c>
-      <c r="N22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O22" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P22" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="Q22" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R22" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S22" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T22" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U22">
         <v>1</v>
       </c>
       <c r="V22">
         <v>107880</v>
       </c>
       <c r="W22">
         <v>107880</v>
       </c>
       <c r="X22">
         <v>107880</v>
       </c>
       <c r="AA22" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB22" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC22" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23">
         <v>39990331</v>
       </c>
       <c r="B23">
         <v>39990331</v>
       </c>
       <c r="C23" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I23" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J23" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K23" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="L23" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M23" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N23" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="O23" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P23" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="Q23" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R23" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S23" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U23">
         <v>1</v>
       </c>
       <c r="V23">
         <v>10714.29</v>
       </c>
       <c r="W23">
         <v>10714.29</v>
       </c>
       <c r="X23">
         <v>10714.29</v>
       </c>
       <c r="AA23" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB23" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC23" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD23" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24">
         <v>39990424</v>
       </c>
       <c r="B24">
         <v>39990424</v>
       </c>
       <c r="C24" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I24" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J24" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K24" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="L24" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M24" t="s">
+        <v>123</v>
+      </c>
+      <c r="N24" t="s">
         <v>122</v>
       </c>
-      <c r="N24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O24" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P24" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="Q24" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R24" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="S24" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T24" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U24">
         <v>1</v>
       </c>
       <c r="V24">
         <v>72000</v>
       </c>
       <c r="W24">
         <v>72000</v>
       </c>
       <c r="X24">
         <v>72000</v>
       </c>
       <c r="AA24" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB24" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AC24" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AD24" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE24" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF24" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI24" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="25" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25">
         <v>39990475</v>
       </c>
       <c r="B25">
         <v>39990475</v>
       </c>
       <c r="C25" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I25" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J25" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="K25" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="L25" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M25" t="s">
+        <v>132</v>
+      </c>
+      <c r="N25" t="s">
         <v>131</v>
       </c>
-      <c r="N25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O25" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P25" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="Q25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T25" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U25">
         <v>1</v>
       </c>
       <c r="V25">
         <v>20400</v>
       </c>
       <c r="W25">
         <v>20400</v>
       </c>
       <c r="X25">
         <v>20400</v>
       </c>
       <c r="AA25" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB25" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC25" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD25" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF25" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI25" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="26" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26">
         <v>39991295</v>
       </c>
       <c r="B26">
         <v>41472705</v>
       </c>
       <c r="C26" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I26" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J26" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="K26" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="L26" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="M26" t="s">
+        <v>137</v>
+      </c>
+      <c r="N26" t="s">
         <v>136</v>
       </c>
-      <c r="N26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O26" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="P26" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="Q26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R26" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="S26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T26" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U26">
         <v>1</v>
       </c>
       <c r="V26">
         <v>107000</v>
       </c>
       <c r="W26">
         <v>107000</v>
       </c>
       <c r="X26">
         <v>107000</v>
       </c>
       <c r="AA26" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB26" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AC26" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AD26" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE26" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF26" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI26" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="27" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27">
         <v>39990519</v>
       </c>
       <c r="B27">
         <v>41480229</v>
       </c>
       <c r="C27" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I27" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J27" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="K27" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L27" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M27" t="s">
+        <v>143</v>
+      </c>
+      <c r="N27" t="s">
         <v>142</v>
       </c>
-      <c r="N27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O27" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P27" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="Q27" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R27" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S27" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T27" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U27">
         <v>1</v>
       </c>
       <c r="V27">
         <v>180000</v>
       </c>
       <c r="W27">
         <v>180000</v>
       </c>
       <c r="X27">
         <v>180000</v>
       </c>
       <c r="AA27" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB27" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC27" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD27" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE27" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF27" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI27" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="28" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28">
         <v>41480483</v>
       </c>
       <c r="B28">
         <v>41480483</v>
       </c>
       <c r="C28" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I28" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J28" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="K28" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="L28" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="M28" t="s">
+        <v>123</v>
+      </c>
+      <c r="N28" t="s">
         <v>122</v>
       </c>
-      <c r="N28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O28" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P28" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="Q28" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="S28" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U28">
         <v>1</v>
       </c>
       <c r="V28">
         <v>108000</v>
       </c>
       <c r="W28">
         <v>108000</v>
       </c>
       <c r="X28">
         <v>108000</v>
       </c>
       <c r="AA28" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB28" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AC28" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AD28" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE28" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF28" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI28" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="29" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29">
         <v>39983641</v>
       </c>
       <c r="B29">
         <v>41480547</v>
       </c>
       <c r="C29" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I29" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J29" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="K29" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="L29" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="M29" t="s">
+        <v>150</v>
+      </c>
+      <c r="N29" t="s">
         <v>149</v>
       </c>
-      <c r="N29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O29" t="s">
+        <v>150</v>
+      </c>
+      <c r="P29" t="s">
         <v>149</v>
       </c>
-      <c r="P29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q29" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R29" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S29" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T29" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U29">
         <v>1</v>
       </c>
       <c r="V29">
         <v>73392.86</v>
       </c>
       <c r="W29">
         <v>73392.86</v>
       </c>
       <c r="X29">
         <v>73392.86</v>
       </c>
       <c r="AA29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE29" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF29" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI29" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="30" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30">
         <v>41480766</v>
       </c>
       <c r="B30">
         <v>41480766</v>
       </c>
       <c r="C30" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I30" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J30" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="K30" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="L30" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="M30" t="s">
+        <v>154</v>
+      </c>
+      <c r="N30" t="s">
         <v>153</v>
       </c>
-      <c r="N30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O30" t="s">
+        <v>154</v>
+      </c>
+      <c r="P30" t="s">
         <v>153</v>
       </c>
-      <c r="P30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q30" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R30" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S30" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T30" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U30">
         <v>1</v>
       </c>
       <c r="V30">
         <v>62500</v>
       </c>
       <c r="W30">
         <v>62500</v>
       </c>
       <c r="X30">
         <v>62500</v>
       </c>
       <c r="AA30" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB30" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD30" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF30" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI30" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="31" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31">
         <v>39990574</v>
       </c>
       <c r="B31">
         <v>41484598</v>
       </c>
       <c r="C31" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I31" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J31" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="K31" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L31" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="M31" t="s">
+        <v>158</v>
+      </c>
+      <c r="N31" t="s">
         <v>157</v>
       </c>
-      <c r="N31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O31" t="s">
+        <v>158</v>
+      </c>
+      <c r="P31" t="s">
         <v>157</v>
       </c>
-      <c r="P31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q31" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R31" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S31" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T31" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U31">
         <v>1</v>
       </c>
       <c r="V31">
         <v>22000</v>
       </c>
       <c r="W31">
         <v>22000</v>
       </c>
       <c r="X31">
         <v>22000</v>
       </c>
       <c r="AA31" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB31" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC31" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD31" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE31" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="32" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32">
         <v>41484711</v>
       </c>
       <c r="B32">
         <v>41484711</v>
       </c>
       <c r="C32" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I32" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J32" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K32" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="L32" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M32" t="s">
+        <v>162</v>
+      </c>
+      <c r="N32" t="s">
         <v>161</v>
       </c>
-      <c r="N32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O32" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P32" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="Q32" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R32" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S32" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T32" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U32">
         <v>1</v>
       </c>
       <c r="V32">
         <v>43750</v>
       </c>
       <c r="W32">
         <v>43750</v>
       </c>
       <c r="X32">
         <v>43750</v>
       </c>
       <c r="AA32" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB32" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC32" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD32" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE32" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF32" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI32" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33">
         <v>39989239</v>
       </c>
       <c r="B33">
         <v>41485127</v>
       </c>
       <c r="C33" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I33" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J33" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K33" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="L33" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M33" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="N33" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="O33" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="P33" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="Q33" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R33" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S33" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T33" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U33">
         <v>1</v>
       </c>
       <c r="V33">
         <v>42857.14</v>
       </c>
       <c r="W33">
         <v>42857.14</v>
       </c>
       <c r="X33">
         <v>42857.14</v>
       </c>
       <c r="AA33" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB33" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC33" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD33" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE33" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF33" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI33" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="34" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34">
         <v>41487259</v>
       </c>
       <c r="B34">
         <v>41487259</v>
       </c>
       <c r="C34" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I34" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J34" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="K34" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="L34" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="M34" t="s">
+        <v>168</v>
+      </c>
+      <c r="N34" t="s">
         <v>167</v>
       </c>
-      <c r="N34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O34" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="P34" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="Q34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R34" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S34" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T34" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U34">
         <v>1</v>
       </c>
       <c r="V34">
         <v>42500</v>
       </c>
       <c r="W34">
         <v>42500</v>
       </c>
       <c r="X34">
         <v>42500</v>
       </c>
       <c r="AA34" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB34" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC34" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD34" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE34" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF34" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI34" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="35" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35">
         <v>41500905</v>
       </c>
       <c r="B35">
         <v>41500905</v>
       </c>
       <c r="C35" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I35" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J35" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="K35" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="L35" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="M35" t="s">
+        <v>174</v>
+      </c>
+      <c r="N35" t="s">
         <v>173</v>
       </c>
-      <c r="N35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O35" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P35" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="Q35" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S35" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T35" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U35">
         <v>1</v>
       </c>
       <c r="V35">
         <v>101000</v>
       </c>
       <c r="W35">
         <v>101000</v>
       </c>
       <c r="X35">
         <v>101000</v>
       </c>
       <c r="AA35" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="AB35" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="AC35" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="AD35" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE35" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF35" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI35" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="36" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36">
         <v>41484806</v>
       </c>
       <c r="B36">
         <v>41924901</v>
       </c>
       <c r="C36" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I36" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J36" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="K36" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="L36" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M36" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="N36" t="s">
+        <v>184</v>
+      </c>
+      <c r="O36" t="s">
         <v>183</v>
       </c>
-      <c r="O36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P36" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="Q36" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R36" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S36" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T36" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U36">
         <v>1</v>
       </c>
       <c r="V36">
         <v>20000</v>
       </c>
       <c r="W36">
         <v>20000</v>
       </c>
       <c r="X36">
         <v>20000</v>
       </c>
       <c r="AA36" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB36" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="AC36" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="AD36" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE36" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF36" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI36" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="37" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37">
         <v>41924983</v>
       </c>
       <c r="B37">
         <v>41924983</v>
       </c>
       <c r="C37" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I37" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J37" t="s">
+        <v>189</v>
+      </c>
+      <c r="K37" t="s">
+        <v>190</v>
+      </c>
+      <c r="L37" t="s">
+        <v>191</v>
+      </c>
+      <c r="M37" t="s">
+        <v>192</v>
+      </c>
+      <c r="N37" t="s">
+        <v>193</v>
+      </c>
+      <c r="O37" t="s">
+        <v>194</v>
+      </c>
+      <c r="P37" t="s">
+        <v>195</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>73</v>
+      </c>
+      <c r="R37" t="s">
+        <v>74</v>
+      </c>
+      <c r="S37" t="s">
+        <v>73</v>
+      </c>
+      <c r="T37" t="s">
         <v>188</v>
-      </c>
-[...28 lines deleted...]
-        <v>187</v>
       </c>
       <c r="U37">
         <v>1</v>
       </c>
       <c r="V37">
         <v>29000</v>
       </c>
       <c r="W37">
         <v>29000</v>
       </c>
       <c r="X37">
         <v>29000</v>
       </c>
       <c r="AA37" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB37" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="AC37" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="AD37" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE37" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF37" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI37" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="38" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38">
         <v>41925035</v>
       </c>
       <c r="B38">
         <v>41925035</v>
       </c>
       <c r="C38" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I38" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J38" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="K38" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="L38" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M38" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="N38" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="O38" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="P38" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="Q38" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R38" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S38" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T38" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="U38">
         <v>1</v>
       </c>
       <c r="V38">
         <v>10714.29</v>
       </c>
       <c r="W38">
         <v>10714.29</v>
       </c>
       <c r="X38">
         <v>10714.29</v>
       </c>
       <c r="AA38" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB38" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="AC38" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="AD38" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE38" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF38" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI38" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="39" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39">
         <v>41927205</v>
       </c>
       <c r="B39">
         <v>41927205</v>
       </c>
       <c r="C39" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I39" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J39" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="K39" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="L39" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="M39" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="N39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="O39" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="P39" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="Q39" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S39" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T39" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="U39">
         <v>4</v>
       </c>
       <c r="V39">
         <v>11450.89</v>
       </c>
       <c r="W39">
         <v>45803.56</v>
       </c>
       <c r="X39">
         <v>45803.56</v>
       </c>
       <c r="AA39" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB39" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="AC39" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="AD39" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE39" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="AF39" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="AI39" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="40" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40">
         <v>41927587</v>
       </c>
       <c r="B40">
         <v>41927587</v>
       </c>
       <c r="C40" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I40" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J40" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="K40" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="L40" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M40" t="s">
+        <v>218</v>
+      </c>
+      <c r="N40" t="s">
         <v>217</v>
       </c>
-      <c r="N40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O40" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P40" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="Q40" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R40" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S40" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T40" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U40">
         <v>1</v>
       </c>
       <c r="V40">
         <v>160000</v>
       </c>
       <c r="W40">
         <v>160000</v>
       </c>
       <c r="X40">
         <v>160000</v>
       </c>
       <c r="AA40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB40" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="AC40" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD40" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE40" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF40" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI40" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="41" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41">
         <v>41927855</v>
       </c>
       <c r="B41">
         <v>41927855</v>
       </c>
       <c r="C41" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I41" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J41" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="K41" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="L41" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="M41" t="s">
+        <v>225</v>
+      </c>
+      <c r="N41" t="s">
         <v>224</v>
       </c>
-      <c r="N41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O41" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P41" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="Q41" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R41" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S41" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T41" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="U41">
         <v>1</v>
       </c>
       <c r="V41">
         <v>110000</v>
       </c>
       <c r="W41">
         <v>110000</v>
       </c>
       <c r="X41">
         <v>110000</v>
       </c>
       <c r="AA41" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB41" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="AC41" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD41" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE41" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF41" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI41" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="42" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42">
         <v>39988452</v>
       </c>
       <c r="B42">
         <v>42037622</v>
       </c>
       <c r="C42" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I42" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J42" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="K42" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="L42" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="M42" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="N42" t="s">
+        <v>232</v>
+      </c>
+      <c r="O42" t="s">
         <v>231</v>
       </c>
-      <c r="O42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P42" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="Q42" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R42" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="S42" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T42" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="U42">
         <v>363.14</v>
       </c>
       <c r="V42">
         <v>123.18</v>
       </c>
       <c r="W42">
         <v>44731.59</v>
       </c>
       <c r="X42">
         <v>44731.59</v>
       </c>
       <c r="AA42" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB42" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC42" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD42" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE42" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF42" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI42" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="43" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43">
         <v>39988992</v>
       </c>
       <c r="B43">
         <v>42096804</v>
       </c>
       <c r="C43" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J43" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="K43" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="L43" t="s">
+        <v>236</v>
+      </c>
+      <c r="M43" t="s">
+        <v>237</v>
+      </c>
+      <c r="N43" t="s">
+        <v>238</v>
+      </c>
+      <c r="O43" t="s">
         <v>235</v>
       </c>
-      <c r="M43" t="s">
+      <c r="P43" t="s">
         <v>236</v>
       </c>
-      <c r="N43" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q43" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R43" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="S43" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T43" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="U43">
         <v>32917.15</v>
       </c>
       <c r="V43">
         <v>32.909999999999997</v>
       </c>
       <c r="W43">
         <v>1083303.4099999999</v>
       </c>
       <c r="X43">
         <v>1083303.4099999999</v>
       </c>
       <c r="AA43" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB43" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC43" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD43" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE43" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF43" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI43" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="44" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44">
         <v>39987065</v>
       </c>
       <c r="B44">
         <v>42152375</v>
       </c>
       <c r="C44" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I44" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J44" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="K44" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="L44" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="M44" t="s">
+        <v>243</v>
+      </c>
+      <c r="N44" t="s">
         <v>242</v>
       </c>
-      <c r="N44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O44" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P44" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="Q44" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R44" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S44" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T44" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U44">
         <v>1</v>
       </c>
       <c r="V44">
         <v>100720</v>
       </c>
       <c r="W44">
         <v>100720</v>
       </c>
       <c r="X44">
         <v>100720</v>
       </c>
       <c r="AA44" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB44" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC44" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD44" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE44" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF44" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI44" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="45" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45">
         <v>42455544</v>
       </c>
       <c r="B45">
         <v>42455544</v>
       </c>
       <c r="C45" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I45" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J45" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="K45" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L45" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M45" t="s">
+        <v>90</v>
+      </c>
+      <c r="N45" t="s">
         <v>89</v>
       </c>
-      <c r="N45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O45" t="s">
+        <v>90</v>
+      </c>
+      <c r="P45" t="s">
         <v>89</v>
       </c>
-      <c r="P45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q45" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R45" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S45" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T45" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U45">
         <v>1</v>
       </c>
       <c r="V45">
         <v>2878.49</v>
       </c>
       <c r="W45">
         <v>2878.49</v>
       </c>
       <c r="X45">
         <v>2878.49</v>
       </c>
       <c r="AA45" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB45" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AC45" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AD45" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE45" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF45" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI45" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="46" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46">
         <v>41480587</v>
       </c>
       <c r="B46">
         <v>42643687</v>
       </c>
       <c r="C46" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I46" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J46" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="K46" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="L46" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="M46" t="s">
+        <v>150</v>
+      </c>
+      <c r="N46" t="s">
         <v>149</v>
       </c>
-      <c r="N46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O46" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P46" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="Q46" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R46" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S46" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T46" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U46">
         <v>1</v>
       </c>
       <c r="V46">
         <v>180000</v>
       </c>
       <c r="W46">
         <v>180000</v>
       </c>
       <c r="X46">
         <v>180000</v>
       </c>
       <c r="AA46" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AB46" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="AC46" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="AD46" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE46" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF46" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI46" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47">
         <v>43525338</v>
       </c>
       <c r="B47">
         <v>43525338</v>
       </c>
       <c r="C47" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I47" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J47" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="K47" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="L47" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="M47" t="s">
+        <v>253</v>
+      </c>
+      <c r="N47" t="s">
         <v>252</v>
       </c>
-      <c r="N47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O47" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="P47" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="Q47" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R47" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S47" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T47" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="U47">
         <v>1</v>
       </c>
       <c r="V47">
         <v>230000</v>
       </c>
       <c r="W47">
         <v>230000</v>
       </c>
       <c r="X47">
         <v>230000</v>
       </c>
       <c r="AA47" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="AB47" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="AC47" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="AD47" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE47" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF47" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI47" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="48" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48">
         <v>43525340</v>
       </c>
       <c r="B48">
         <v>43525340</v>
       </c>
       <c r="C48" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I48" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J48" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="K48" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L48" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="M48" t="s">
+        <v>158</v>
+      </c>
+      <c r="N48" t="s">
         <v>157</v>
       </c>
-      <c r="N48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O48" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="P48" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="Q48" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R48" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S48" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T48" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U48">
         <v>1</v>
       </c>
       <c r="V48">
         <v>108000</v>
       </c>
       <c r="W48">
         <v>108000</v>
       </c>
       <c r="X48">
         <v>108000</v>
       </c>
       <c r="AA48" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="AB48" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="AC48" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="AD48" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE48" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF48" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI48" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="49" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49">
         <v>43525348</v>
       </c>
       <c r="B49">
         <v>43525348</v>
       </c>
       <c r="C49" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I49" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J49" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="K49" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="L49" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="M49" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N49" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="O49" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="P49" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="Q49" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R49" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S49" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T49" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="U49">
         <v>1</v>
       </c>
       <c r="V49">
         <v>2000</v>
       </c>
       <c r="W49">
         <v>2000</v>
       </c>
       <c r="X49">
         <v>2000</v>
       </c>
       <c r="AA49" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="AB49" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="AC49" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="AD49" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE49" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF49" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI49" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="50" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50">
         <v>43525351</v>
       </c>
       <c r="B50">
         <v>43525351</v>
       </c>
       <c r="C50" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I50" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J50" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="K50" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="L50" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="M50" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N50" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="O50" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="P50" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="Q50" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R50" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S50" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T50" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="U50">
         <v>1</v>
       </c>
       <c r="V50">
         <v>48000</v>
       </c>
       <c r="W50">
         <v>48000</v>
       </c>
       <c r="X50">
         <v>48000</v>
       </c>
       <c r="AA50" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="AB50" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="AC50" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="AD50" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE50" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF50" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI50" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="51" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51">
         <v>43557458</v>
       </c>
       <c r="B51">
         <v>43557458</v>
       </c>
       <c r="C51" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I51" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J51" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="K51" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="L51" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="M51" t="s">
+        <v>273</v>
+      </c>
+      <c r="N51" t="s">
         <v>272</v>
       </c>
-      <c r="N51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O51" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="P51" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="Q51" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R51" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S51" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T51" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="U51">
         <v>1</v>
       </c>
       <c r="V51">
         <v>118870</v>
       </c>
       <c r="W51">
         <v>118870</v>
       </c>
       <c r="X51">
         <v>118870</v>
       </c>
       <c r="AA51" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="AB51" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="AC51" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="AD51" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE51" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF51" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI51" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="52" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52">
         <v>43562276</v>
       </c>
       <c r="B52">
         <v>43562276</v>
       </c>
       <c r="C52" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I52" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J52" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="K52" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="L52" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="M52" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N52" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="O52" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="P52" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="Q52" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S52" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="T52" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="U52">
         <v>2</v>
       </c>
       <c r="V52">
         <v>4950</v>
       </c>
       <c r="W52">
         <v>9900</v>
       </c>
       <c r="X52">
         <v>9900</v>
       </c>
       <c r="AA52" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="AB52" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="AC52" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="AD52" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE52" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF52" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI52" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="53" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53">
         <v>43562686</v>
       </c>
       <c r="B53">
         <v>43562686</v>
       </c>
       <c r="C53" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I53" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J53" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="K53" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="L53" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="M53" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="N53" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="O53" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="P53" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="Q53" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S53" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T53" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="U53">
         <v>1</v>
       </c>
       <c r="V53">
         <v>40000</v>
       </c>
       <c r="W53">
         <v>40000</v>
       </c>
       <c r="X53">
         <v>40000</v>
       </c>
       <c r="AA53" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="AB53" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="AC53" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="AD53" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE53" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF53" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI53" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="54" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54">
         <v>43562935</v>
       </c>
       <c r="B54">
         <v>43562935</v>
       </c>
       <c r="C54" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I54" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J54" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="K54" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="L54" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="M54" t="s">
+        <v>295</v>
+      </c>
+      <c r="N54" t="s">
         <v>294</v>
       </c>
-      <c r="N54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O54" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="P54" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="Q54" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R54" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S54" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T54" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U54">
         <v>1</v>
       </c>
       <c r="V54">
         <v>20000</v>
       </c>
       <c r="W54">
         <v>20000</v>
       </c>
       <c r="X54">
         <v>20000</v>
       </c>
       <c r="AA54" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="AB54" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="AC54" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="AD54" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE54" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AF54" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AI54" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="55" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55">
         <v>44546401</v>
       </c>
       <c r="B55">
         <v>44546401</v>
       </c>
       <c r="C55" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I55" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J55" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="K55" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="L55" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="M55" t="s">
+        <v>301</v>
+      </c>
+      <c r="N55" t="s">
         <v>300</v>
       </c>
-      <c r="N55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O55" t="s">
+        <v>301</v>
+      </c>
+      <c r="P55" t="s">
         <v>300</v>
       </c>
-      <c r="P55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q55" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R55" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S55" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T55" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U55">
         <v>1</v>
       </c>
       <c r="V55">
         <v>300000</v>
       </c>
       <c r="W55">
         <v>300000</v>
       </c>
       <c r="X55">
         <v>300000</v>
       </c>
       <c r="AA55" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB55" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC55" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD55" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE55" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="AF55" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="AI55" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="56" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56">
         <v>44571361</v>
       </c>
       <c r="B56">
         <v>44571361</v>
       </c>
       <c r="C56" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I56" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J56" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="K56" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L56" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M56" t="s">
+        <v>90</v>
+      </c>
+      <c r="N56" t="s">
         <v>89</v>
       </c>
-      <c r="N56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P56" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="Q56" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R56" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S56" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T56" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U56">
         <v>1</v>
       </c>
       <c r="V56">
         <v>44025</v>
       </c>
       <c r="W56">
         <v>44025</v>
       </c>
       <c r="X56">
         <v>44025</v>
       </c>
       <c r="AA56" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB56" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC56" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD56" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE56" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF56" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI56" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="57" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57">
         <v>44571699</v>
       </c>
       <c r="B57">
         <v>44571699</v>
       </c>
       <c r="C57" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I57" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J57" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="K57" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="L57" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="M57" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="N57" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="O57" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="P57" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="Q57" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R57" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S57" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T57" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="U57">
         <v>220</v>
       </c>
       <c r="V57">
         <v>60</v>
       </c>
       <c r="W57">
         <v>13200</v>
       </c>
       <c r="X57">
         <v>13200</v>
       </c>
       <c r="AA57" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB57" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC57" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD57" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE57" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF57" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="AI57" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="58" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58">
         <v>44572017</v>
       </c>
       <c r="B58">
         <v>44572017</v>
       </c>
       <c r="C58" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I58" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J58" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K58" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="L58" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="M58" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="N58" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="O58" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="P58" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="Q58" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S58" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T58" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="U58">
         <v>100</v>
       </c>
       <c r="V58">
         <v>200</v>
       </c>
       <c r="W58">
         <v>20000</v>
       </c>
       <c r="X58">
         <v>20000</v>
       </c>
       <c r="AA58" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB58" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC58" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD58" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE58" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF58" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="AI58" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="59" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59">
         <v>44572363</v>
       </c>
       <c r="B59">
         <v>44572363</v>
       </c>
       <c r="C59" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I59" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J59" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="K59" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="L59" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="M59" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="N59" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="O59" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="P59" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="Q59" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R59" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S59" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T59" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="U59">
         <v>5</v>
       </c>
       <c r="V59">
         <v>1421</v>
       </c>
       <c r="W59">
         <v>7105</v>
       </c>
       <c r="X59">
         <v>7105</v>
       </c>
       <c r="AA59" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB59" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC59" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD59" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE59" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF59" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="AI59" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="60" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60">
         <v>44573712</v>
       </c>
       <c r="B60">
         <v>44573712</v>
       </c>
       <c r="C60" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I60" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J60" t="s">
+        <v>335</v>
+      </c>
+      <c r="K60" t="s">
+        <v>336</v>
+      </c>
+      <c r="L60" t="s">
+        <v>337</v>
+      </c>
+      <c r="M60" t="s">
+        <v>338</v>
+      </c>
+      <c r="N60" t="s">
+        <v>339</v>
+      </c>
+      <c r="O60" t="s">
+        <v>340</v>
+      </c>
+      <c r="P60" t="s">
+        <v>341</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>209</v>
+      </c>
+      <c r="S60" t="s">
+        <v>209</v>
+      </c>
+      <c r="T60" t="s">
         <v>334</v>
-      </c>
-[...25 lines deleted...]
-        <v>333</v>
       </c>
       <c r="U60">
         <v>100</v>
       </c>
       <c r="V60">
         <v>500</v>
       </c>
       <c r="W60">
         <v>50000</v>
       </c>
       <c r="X60">
         <v>50000</v>
       </c>
       <c r="AA60" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB60" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC60" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD60" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE60" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF60" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="AI60" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="61" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61">
         <v>44573898</v>
       </c>
       <c r="B61">
         <v>44573898</v>
       </c>
       <c r="C61" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I61" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J61" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="K61" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="L61" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="M61" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="N61" t="s">
+        <v>346</v>
+      </c>
+      <c r="O61" t="s">
         <v>345</v>
       </c>
-      <c r="O61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P61" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="Q61" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S61" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T61" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="U61">
         <v>6</v>
       </c>
       <c r="V61">
         <v>680</v>
       </c>
       <c r="W61">
         <v>4080</v>
       </c>
       <c r="X61">
         <v>4080</v>
       </c>
       <c r="AA61" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB61" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC61" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD61" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE61" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF61" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI61" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="62" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62">
         <v>44573929</v>
       </c>
       <c r="B62">
         <v>44573929</v>
       </c>
       <c r="C62" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I62" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J62" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="K62" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="L62" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="M62" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="N62" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="O62" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="P62" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="Q62" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S62" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T62" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="U62">
         <v>42</v>
       </c>
       <c r="V62">
         <v>450</v>
       </c>
       <c r="W62">
         <v>18900</v>
       </c>
       <c r="X62">
         <v>18900</v>
       </c>
       <c r="AA62" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB62" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC62" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD62" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE62" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF62" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="AI62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="63" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63">
         <v>44574083</v>
       </c>
       <c r="B63">
         <v>44574083</v>
       </c>
       <c r="C63" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I63" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J63" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="K63" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="L63" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="M63" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="N63" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="O63" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="P63" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="Q63" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S63" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T63" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="U63">
         <v>67</v>
       </c>
       <c r="V63">
         <v>230</v>
       </c>
       <c r="W63">
         <v>15410</v>
       </c>
       <c r="X63">
         <v>15410</v>
       </c>
       <c r="AA63" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB63" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC63" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD63" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE63" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF63" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI63" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="64" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64">
         <v>44574197</v>
       </c>
       <c r="B64">
         <v>44574197</v>
       </c>
       <c r="C64" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I64" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J64" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K64" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="L64" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="M64" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="N64" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="O64" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P64" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="Q64" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S64" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T64" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="U64">
         <v>5</v>
       </c>
       <c r="V64">
         <v>600</v>
       </c>
       <c r="W64">
         <v>3000</v>
       </c>
       <c r="X64">
         <v>3000</v>
       </c>
       <c r="AA64" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB64" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC64" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD64" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE64" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF64" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI64" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="65" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65">
         <v>44574271</v>
       </c>
       <c r="B65">
         <v>44574271</v>
       </c>
       <c r="C65" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I65" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J65" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="K65" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="L65" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="M65" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="N65" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="O65" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="P65" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="Q65" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S65" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T65" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="U65">
         <v>72</v>
       </c>
       <c r="V65">
         <v>100</v>
       </c>
       <c r="W65">
         <v>7200</v>
       </c>
       <c r="X65">
         <v>7200</v>
       </c>
       <c r="AA65" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB65" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC65" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD65" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE65" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF65" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI65" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="66" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66">
         <v>44574332</v>
       </c>
       <c r="B66">
         <v>44574332</v>
       </c>
       <c r="C66" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I66" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J66" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="K66" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="L66" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="M66" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="N66" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="O66" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="P66" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="Q66" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S66" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T66" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="U66">
         <v>120</v>
       </c>
       <c r="V66">
         <v>210</v>
       </c>
       <c r="W66">
         <v>25200</v>
       </c>
       <c r="X66">
         <v>25200</v>
       </c>
       <c r="AA66" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB66" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC66" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD66" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE66" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF66" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI66" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="67" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67">
         <v>44574649</v>
       </c>
       <c r="B67">
         <v>44574649</v>
       </c>
       <c r="C67" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I67" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J67" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="K67" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="L67" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="M67" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="N67" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="O67" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="P67" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="Q67" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S67" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T67" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="U67">
         <v>25</v>
       </c>
       <c r="V67">
         <v>350</v>
       </c>
       <c r="W67">
         <v>8750</v>
       </c>
       <c r="X67">
         <v>8750</v>
       </c>
       <c r="AA67" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB67" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC67" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD67" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE67" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF67" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI67" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="68" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A68">
         <v>44574794</v>
       </c>
       <c r="B68">
         <v>44574794</v>
       </c>
       <c r="C68" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I68" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J68" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="K68" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="L68" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="M68" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="N68" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="O68" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="P68" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="Q68" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S68" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T68" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="U68">
         <v>12</v>
       </c>
       <c r="V68">
         <v>1500</v>
       </c>
       <c r="W68">
         <v>18000</v>
       </c>
       <c r="X68">
         <v>18000</v>
       </c>
       <c r="AA68" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB68" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC68" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD68" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE68" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF68" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI68" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="69" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69">
         <v>44574866</v>
       </c>
       <c r="B69">
         <v>44574866</v>
       </c>
       <c r="C69" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I69" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J69" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K69" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="L69" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="M69" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="N69" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="O69" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="P69" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="Q69" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S69" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T69" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="U69">
         <v>60</v>
       </c>
       <c r="V69">
         <v>350</v>
       </c>
       <c r="W69">
         <v>21000</v>
       </c>
       <c r="X69">
         <v>21000</v>
       </c>
       <c r="AA69" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB69" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC69" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD69" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE69" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF69" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI69" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="70" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A70">
         <v>44575100</v>
       </c>
       <c r="B70">
         <v>44575100</v>
       </c>
       <c r="C70" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I70" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J70" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="K70" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="L70" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="M70" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="N70" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="O70" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="P70" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="Q70" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S70" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T70" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="U70">
         <v>70</v>
       </c>
       <c r="V70">
         <v>135</v>
       </c>
       <c r="W70">
         <v>9450</v>
       </c>
       <c r="X70">
         <v>9450</v>
       </c>
       <c r="AA70" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB70" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC70" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD70" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE70" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF70" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI70" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="71" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A71">
         <v>44576488</v>
       </c>
       <c r="B71">
         <v>44576488</v>
       </c>
       <c r="C71" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I71" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J71" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="K71" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="L71" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="M71" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="N71" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="O71" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="P71" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="Q71" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R71" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S71" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T71" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="U71">
         <v>100</v>
       </c>
       <c r="V71">
         <v>240</v>
       </c>
       <c r="W71">
         <v>24000</v>
       </c>
       <c r="X71">
         <v>24000</v>
       </c>
       <c r="AA71" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB71" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC71" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD71" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE71" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF71" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI71" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="72" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72">
         <v>44577712</v>
       </c>
       <c r="B72">
         <v>44577712</v>
       </c>
       <c r="C72" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I72" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J72" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="K72" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="L72" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="M72" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="N72" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="O72" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="P72" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="Q72" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R72" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S72" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T72" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="U72">
         <v>5</v>
       </c>
       <c r="V72">
         <v>8482.15</v>
       </c>
       <c r="W72">
         <v>42410.75</v>
       </c>
       <c r="X72">
         <v>42410.75</v>
       </c>
       <c r="AA72" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB72" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC72" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD72" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE72" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF72" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI72" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="73" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A73">
         <v>44577967</v>
       </c>
       <c r="B73">
         <v>44577967</v>
       </c>
       <c r="C73" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I73" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J73" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="K73" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="L73" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="M73" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="N73" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="O73" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="P73" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Q73" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S73" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T73" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="U73">
         <v>12</v>
       </c>
       <c r="V73">
         <v>600</v>
       </c>
       <c r="W73">
         <v>7200</v>
       </c>
       <c r="X73">
         <v>7200</v>
       </c>
       <c r="AA73" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB73" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC73" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD73" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE73" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF73" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI73" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="74" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74">
         <v>44578771</v>
       </c>
       <c r="B74">
         <v>44578771</v>
       </c>
       <c r="C74" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I74" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J74" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="K74" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="L74" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="M74" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="N74" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="O74" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="P74" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="Q74" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S74" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T74" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="U74">
         <v>4</v>
       </c>
       <c r="V74">
         <v>600</v>
       </c>
       <c r="W74">
         <v>2400</v>
       </c>
       <c r="X74">
         <v>2400</v>
       </c>
       <c r="AA74" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB74" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC74" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD74" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE74" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF74" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI74" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="75" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A75">
         <v>44578951</v>
       </c>
       <c r="B75">
         <v>44578951</v>
       </c>
       <c r="C75" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I75" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J75" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="K75" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="L75" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="M75" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="N75" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="O75" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="P75" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="Q75" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S75" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T75" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="U75">
         <v>150</v>
       </c>
       <c r="V75">
         <v>130</v>
       </c>
       <c r="W75">
         <v>19500</v>
       </c>
       <c r="X75">
         <v>19500</v>
       </c>
       <c r="AA75" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB75" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC75" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD75" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE75" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF75" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI75" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="76" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A76">
         <v>44579218</v>
       </c>
       <c r="B76">
         <v>44579218</v>
       </c>
       <c r="C76" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I76" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J76" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="K76" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="L76" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="M76" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="N76" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="O76" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="P76" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="Q76" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S76" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T76" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="U76">
         <v>2000</v>
       </c>
       <c r="V76">
         <v>15</v>
       </c>
       <c r="W76">
         <v>30000</v>
       </c>
       <c r="X76">
         <v>30000</v>
       </c>
       <c r="AA76" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB76" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC76" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD76" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE76" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF76" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI76" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="77" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A77">
         <v>44581325</v>
       </c>
       <c r="B77">
         <v>44581325</v>
       </c>
       <c r="C77" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I77" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J77" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="K77" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="L77" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="M77" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="N77" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="O77" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="P77" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="Q77" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S77" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T77" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="U77">
         <v>250</v>
       </c>
       <c r="V77">
         <v>1500</v>
       </c>
       <c r="W77">
         <v>375000</v>
       </c>
       <c r="X77">
         <v>375000</v>
       </c>
       <c r="AA77" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB77" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC77" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD77" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE77" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF77" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI77" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="78" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A78">
         <v>44581644</v>
       </c>
       <c r="B78">
         <v>44581644</v>
       </c>
       <c r="C78" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I78" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J78" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="K78" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="L78" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="M78" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="N78" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="O78" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="P78" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="Q78" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S78" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T78" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="U78">
         <v>100</v>
       </c>
       <c r="V78">
         <v>55</v>
       </c>
       <c r="W78">
         <v>5500</v>
       </c>
       <c r="X78">
         <v>5500</v>
       </c>
       <c r="AA78" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB78" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC78" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD78" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE78" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF78" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI78" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="79" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A79">
         <v>44585049</v>
       </c>
       <c r="B79">
         <v>44585049</v>
       </c>
       <c r="C79" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I79" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J79" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="K79" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="L79" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="M79" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="N79" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="O79" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="P79" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="Q79" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S79" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T79" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="U79">
         <v>100</v>
       </c>
       <c r="V79">
         <v>650</v>
       </c>
       <c r="W79">
         <v>65000</v>
       </c>
       <c r="X79">
         <v>65000</v>
       </c>
       <c r="AA79" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB79" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="AC79" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD79" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE79" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF79" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI79" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="80" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A80">
         <v>44585092</v>
       </c>
       <c r="B80">
         <v>44585092</v>
       </c>
       <c r="C80" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I80" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J80" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="K80" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="L80" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="M80" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="N80" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="O80" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="P80" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="Q80" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S80" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="T80" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="U80">
         <v>10</v>
       </c>
       <c r="V80">
         <v>2000</v>
       </c>
       <c r="W80">
         <v>20000</v>
       </c>
       <c r="X80">
         <v>20000</v>
       </c>
       <c r="AA80" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="AB80" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="AC80" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD80" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE80" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF80" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI80" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="81" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81">
         <v>44585124</v>
       </c>
       <c r="B81">
         <v>44585124</v>
       </c>
       <c r="C81" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I81" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J81" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="K81" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="L81" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="M81" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="N81" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O81" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="P81" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="Q81" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S81" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="T81" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="U81">
         <v>5</v>
       </c>
       <c r="V81">
         <v>180</v>
       </c>
       <c r="W81">
         <v>900</v>
       </c>
       <c r="X81">
         <v>900</v>
       </c>
       <c r="AA81" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="AB81" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="AC81" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD81" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE81" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF81" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI81" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="82" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A82">
         <v>44585160</v>
       </c>
       <c r="B82">
         <v>44585160</v>
       </c>
       <c r="C82" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I82" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J82" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K82" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="L82" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="M82" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="N82" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="O82" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="P82" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="Q82" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S82" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="T82" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="U82">
         <v>10</v>
       </c>
       <c r="V82">
         <v>80</v>
       </c>
       <c r="W82">
         <v>800</v>
       </c>
       <c r="X82">
         <v>800</v>
       </c>
       <c r="AA82" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="AB82" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="AC82" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD82" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE82" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF82" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI82" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="83" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A83">
         <v>44585206</v>
       </c>
       <c r="B83">
         <v>44585206</v>
       </c>
       <c r="C83" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I83" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J83" t="s">
+        <v>482</v>
+      </c>
+      <c r="K83" t="s">
+        <v>483</v>
+      </c>
+      <c r="L83" t="s">
+        <v>483</v>
+      </c>
+      <c r="M83" t="s">
+        <v>484</v>
+      </c>
+      <c r="N83" t="s">
+        <v>485</v>
+      </c>
+      <c r="O83" t="s">
+        <v>486</v>
+      </c>
+      <c r="P83" t="s">
+        <v>487</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>209</v>
+      </c>
+      <c r="S83" t="s">
+        <v>209</v>
+      </c>
+      <c r="T83" t="s">
         <v>481</v>
-      </c>
-[...25 lines deleted...]
-        <v>480</v>
       </c>
       <c r="U83">
         <v>10</v>
       </c>
       <c r="V83">
         <v>530</v>
       </c>
       <c r="W83">
         <v>5300</v>
       </c>
       <c r="X83">
         <v>5300</v>
       </c>
       <c r="AA83" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="AB83" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="AC83" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD83" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE83" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF83" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI83" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="84" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A84">
         <v>44585244</v>
       </c>
       <c r="B84">
         <v>44585244</v>
       </c>
       <c r="C84" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I84" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J84" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="K84" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="L84" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="M84" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="N84" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O84" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="P84" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="Q84" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S84" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="T84" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="U84">
         <v>5</v>
       </c>
       <c r="V84">
         <v>190</v>
       </c>
       <c r="W84">
         <v>950</v>
       </c>
       <c r="X84">
         <v>950</v>
       </c>
       <c r="AA84" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="AB84" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="AC84" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD84" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE84" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF84" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI84" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="85" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A85">
         <v>44585290</v>
       </c>
       <c r="B85">
         <v>44585290</v>
       </c>
       <c r="C85" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I85" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J85" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="K85" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="L85" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="M85" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="N85" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="O85" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="P85" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="Q85" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S85" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="T85" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="U85">
         <v>5</v>
       </c>
       <c r="V85">
         <v>650</v>
       </c>
       <c r="W85">
         <v>3250</v>
       </c>
       <c r="X85">
         <v>3250</v>
       </c>
       <c r="AA85" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="AB85" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="AC85" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD85" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE85" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF85" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI85" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="86" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A86">
         <v>44585341</v>
       </c>
       <c r="B86">
         <v>44585341</v>
       </c>
       <c r="C86" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I86" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J86" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="K86" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="L86" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="M86" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="N86" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="P86" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="Q86" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S86" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="T86" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="U86">
         <v>100</v>
       </c>
       <c r="V86">
         <v>15</v>
       </c>
       <c r="W86">
         <v>1500</v>
       </c>
       <c r="X86">
         <v>1500</v>
       </c>
       <c r="AA86" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="AB86" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="AC86" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD86" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE86" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF86" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI86" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="87" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A87">
         <v>44585443</v>
       </c>
       <c r="B87">
         <v>44585443</v>
       </c>
       <c r="C87" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I87" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J87" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="K87" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="L87" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="M87" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="N87" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="O87" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="P87" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="Q87" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S87" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T87" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="U87">
         <v>5</v>
       </c>
       <c r="V87">
         <v>830</v>
       </c>
       <c r="W87">
         <v>4150</v>
       </c>
       <c r="X87">
         <v>4150</v>
       </c>
       <c r="AA87" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="AB87" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="AC87" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD87" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE87" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="AF87" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI87" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="88" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A88">
         <v>44588734</v>
       </c>
       <c r="B88">
         <v>44588734</v>
       </c>
       <c r="C88" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I88" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J88" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="K88" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="L88" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="M88" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="N88" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="O88" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="P88" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="Q88" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S88" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T88" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="U88">
         <v>75</v>
       </c>
       <c r="V88">
         <v>200</v>
       </c>
       <c r="W88">
         <v>15000</v>
       </c>
       <c r="X88">
         <v>15000</v>
       </c>
       <c r="AA88" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB88" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC88" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD88" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="AE88" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="AF88" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="AI88" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="89" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A89">
         <v>44589515</v>
       </c>
       <c r="B89">
         <v>44589515</v>
       </c>
       <c r="C89" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I89" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J89" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="K89" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="L89" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="M89" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="N89" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="O89" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="P89" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="Q89" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S89" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="T89" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="U89">
         <v>6</v>
       </c>
       <c r="V89">
         <v>1000</v>
       </c>
       <c r="W89">
         <v>6000</v>
       </c>
       <c r="X89">
         <v>6000</v>
       </c>
       <c r="AA89" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB89" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC89" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD89" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="AE89" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="AF89" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="AI89" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="90" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A90">
         <v>44589877</v>
       </c>
       <c r="B90">
         <v>44589877</v>
       </c>
       <c r="C90" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I90" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J90" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="K90" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="L90" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="M90" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="N90" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="O90" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="P90" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="Q90" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="S90" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="T90" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="U90">
         <v>110</v>
       </c>
       <c r="V90">
         <v>300</v>
       </c>
       <c r="W90">
         <v>33000</v>
       </c>
       <c r="X90">
         <v>33000</v>
       </c>
       <c r="AA90" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB90" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="AC90" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD90" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE90" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="AF90" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="AI90" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="91" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A91">
         <v>44597188</v>
       </c>
       <c r="B91">
         <v>44597188</v>
       </c>
       <c r="C91" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I91" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J91" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="K91" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="L91" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="M91" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="N91" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="O91" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="P91" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="Q91" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R91" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S91" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T91" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="U91">
         <v>1</v>
       </c>
       <c r="V91">
         <v>403585</v>
       </c>
       <c r="W91">
         <v>403585</v>
       </c>
       <c r="X91">
         <v>403585</v>
       </c>
       <c r="AA91" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="AB91" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="AC91" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="AD91" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE91" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="AF91" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="AI91" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="92" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A92">
         <v>45184132</v>
       </c>
       <c r="B92">
         <v>45184132</v>
       </c>
       <c r="C92" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I92" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="J92" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="K92" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="L92" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="M92" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="N92" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="O92" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="P92" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="Q92" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R92" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S92" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T92" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U92">
         <v>1</v>
       </c>
       <c r="V92">
         <v>200640</v>
       </c>
       <c r="W92">
         <v>200640</v>
       </c>
       <c r="X92">
         <v>200640</v>
       </c>
       <c r="AA92" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="AB92" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="AC92" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="AD92" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE92" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="AF92" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="AI92" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="93" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A93">
         <v>45184168</v>
       </c>
       <c r="B93">
         <v>45184168</v>
       </c>
       <c r="C93" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I93" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J93" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="K93" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="L93" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="M93" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="N93" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="O93" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="P93" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="Q93" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R93" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S93" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T93" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U93">
         <v>1</v>
       </c>
       <c r="V93">
         <v>902411</v>
       </c>
       <c r="W93">
         <v>902411</v>
       </c>
       <c r="X93">
         <v>902411</v>
       </c>
       <c r="AA93" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="AB93" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="AC93" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD93" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE93" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="AF93" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="AI93" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="94" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A94">
         <v>45184142</v>
       </c>
       <c r="B94">
         <v>45184739</v>
       </c>
       <c r="C94" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I94" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J94" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="K94" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="L94" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="M94" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="N94" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="O94" t="s">
+        <v>553</v>
+      </c>
+      <c r="P94" t="s">
         <v>552</v>
       </c>
-      <c r="P94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q94" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R94" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S94" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T94" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="U94">
         <v>1</v>
       </c>
       <c r="V94">
         <v>483928.57</v>
       </c>
       <c r="W94">
         <v>483928.57</v>
       </c>
       <c r="X94">
         <v>483928.57</v>
       </c>
       <c r="AA94" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="AB94" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="AC94" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="AD94" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE94" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="AF94" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="AI94" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="95" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A95">
         <v>45184168</v>
       </c>
       <c r="B95">
         <v>46168395</v>
       </c>
       <c r="C95" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I95" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J95" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="K95" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="L95" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="M95" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="N95" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="O95" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="P95" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="Q95" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R95" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S95" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T95" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U95">
         <v>1</v>
       </c>
       <c r="V95">
         <v>902411</v>
       </c>
       <c r="W95">
         <v>902411</v>
       </c>
       <c r="X95">
         <v>902411</v>
       </c>
       <c r="AA95" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="AB95" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="AC95" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD95" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE95" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="AF95" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="AI95" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="96" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A96">
         <v>46172451</v>
       </c>
       <c r="B96">
         <v>46172451</v>
       </c>
       <c r="C96" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I96" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J96" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="K96" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="L96" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="M96" t="s">
+        <v>174</v>
+      </c>
+      <c r="N96" t="s">
         <v>173</v>
       </c>
-      <c r="N96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O96" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="P96" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="Q96" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R96" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S96" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T96" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U96">
         <v>1</v>
       </c>
       <c r="V96">
         <v>34680</v>
       </c>
       <c r="W96">
         <v>34680</v>
       </c>
       <c r="X96">
         <v>34680</v>
       </c>
       <c r="AA96" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="AB96" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="AC96" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD96" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE96" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="AF96" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AI96" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="97" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A97">
         <v>46172486</v>
       </c>
       <c r="B97">
         <v>46172486</v>
       </c>
       <c r="C97" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I97" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J97" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="K97" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L97" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="M97" t="s">
+        <v>158</v>
+      </c>
+      <c r="N97" t="s">
         <v>157</v>
       </c>
-      <c r="N97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O97" t="s">
+        <v>158</v>
+      </c>
+      <c r="P97" t="s">
         <v>157</v>
       </c>
-      <c r="P97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q97" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R97" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S97" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T97" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U97">
         <v>1</v>
       </c>
       <c r="V97">
         <v>30000</v>
       </c>
       <c r="W97">
         <v>30000</v>
       </c>
       <c r="X97">
         <v>30000</v>
       </c>
       <c r="AA97" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="AB97" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="AC97" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD97" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE97" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="AF97" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AI97" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="98" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A98">
         <v>46172508</v>
       </c>
       <c r="B98">
         <v>46172508</v>
       </c>
       <c r="C98" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I98" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J98" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="K98" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="L98" t="s">
+        <v>562</v>
+      </c>
+      <c r="M98" t="s">
+        <v>563</v>
+      </c>
+      <c r="N98" t="s">
+        <v>562</v>
+      </c>
+      <c r="O98" t="s">
         <v>561</v>
       </c>
-      <c r="M98" t="s">
+      <c r="P98" t="s">
         <v>562</v>
       </c>
-      <c r="N98" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Q98" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R98" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S98" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T98" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="U98">
         <v>1</v>
       </c>
       <c r="V98">
         <v>280000</v>
       </c>
       <c r="W98">
         <v>280000</v>
       </c>
       <c r="X98">
         <v>280000</v>
       </c>
       <c r="AA98" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="AB98" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="AC98" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD98" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE98" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="AF98" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="AI98" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="99" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A99">
         <v>46172565</v>
       </c>
       <c r="B99">
         <v>46172565</v>
       </c>
       <c r="C99" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I99" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J99" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="K99" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="L99" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="M99" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="N99" t="s">
+        <v>569</v>
+      </c>
+      <c r="O99" t="s">
         <v>568</v>
       </c>
-      <c r="O99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P99" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="Q99" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R99" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S99" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T99" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="U99">
         <v>1</v>
       </c>
       <c r="V99">
         <v>120000</v>
       </c>
       <c r="W99">
         <v>120000</v>
       </c>
       <c r="X99">
         <v>120000</v>
       </c>
       <c r="AA99" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="AB99" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="AC99" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD99" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE99" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="AF99" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="AI99" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="100" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A100">
         <v>46172657</v>
       </c>
       <c r="B100">
         <v>46172657</v>
       </c>
       <c r="C100" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I100" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J100" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="K100" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="L100" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="M100" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N100" t="s">
+        <v>266</v>
+      </c>
+      <c r="O100" t="s">
         <v>265</v>
       </c>
-      <c r="O100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P100" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="Q100" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R100" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S100" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T100" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="U100">
         <v>1</v>
       </c>
       <c r="V100">
         <v>15900</v>
       </c>
       <c r="W100">
         <v>15900</v>
       </c>
       <c r="X100">
         <v>15900</v>
       </c>
       <c r="AA100" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="AB100" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="AC100" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="AD100" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="AE100" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="AF100" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="AI100" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="36">
     <mergeCell ref="AH11:AH12"/>
     <mergeCell ref="AI11:AI12"/>
     <mergeCell ref="AB11:AB12"/>
     <mergeCell ref="AC11:AC12"/>
     <mergeCell ref="AD11:AD12"/>
     <mergeCell ref="AE11:AE12"/>
     <mergeCell ref="AF11:AF12"/>
     <mergeCell ref="AG11:AG12"/>
     <mergeCell ref="V11:V12"/>
     <mergeCell ref="W11:W12"/>
     <mergeCell ref="X11:X12"/>
     <mergeCell ref="Y11:Y12"/>
     <mergeCell ref="Z11:Z12"/>
     <mergeCell ref="AA11:AA12"/>
     <mergeCell ref="P11:P12"/>
     <mergeCell ref="Q11:Q12"/>
     <mergeCell ref="R11:R12"/>
     <mergeCell ref="S11:S12"/>
     <mergeCell ref="T11:T12"/>
     <mergeCell ref="U11:U12"/>
     <mergeCell ref="J11:J12"/>