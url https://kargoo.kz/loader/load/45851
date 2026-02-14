--- v0 (2025-11-27)
+++ v1 (2026-02-14)
@@ -1,6929 +1,9227 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="004A22C5" w:rsidRDefault="004A22C5">
+    <w:p w:rsidR="00EA3C13" w:rsidRDefault="00EA3C13">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="00EA3C13">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z102"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="364"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="19"/>
+        <w:gridCol w:w="234"/>
+        <w:gridCol w:w="5440"/>
+        <w:gridCol w:w="979"/>
+        <w:gridCol w:w="3063"/>
+        <w:gridCol w:w="61"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004A22C5">
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:bookmarkEnd w:id="0"/>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...65 lines deleted...]
-              <w:t>қосымша</w:t>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министра образования и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>науки Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 24 июня 2020 года № 264</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A22C5">
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...119 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Типовым  правилам приема на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучение в организации образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>реализующие общеобразовательные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>учебные программы начального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>основного среднего и общего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>среднего образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C7686" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A22C5" w:rsidTr="00146E50">
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C" w:rsidTr="004345E6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00146E50">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Стандарт государственной услуги: "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызметті көрсету стандарты</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучения по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> общеобразовательным программам начального, основного среднего, общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A22C5" w:rsidTr="00146E50">
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C" w:rsidTr="004345E6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименованиеуслугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10897" w:type="dxa"/>
+            <w:tcW w:w="10644" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...13 lines deleted...]
-              <w:t>тілетін қызметті беруші)</w:t>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации начального, основного среднего, общего среднего образования (далее – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A22C5" w:rsidTr="00146E50">
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C" w:rsidTr="004345E6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Способыпредоставлениягосударственнойуслуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10897" w:type="dxa"/>
+            <w:tcW w:w="10644" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...20 lines deleted...]
-              <w:t>2) көрсетілетін қызметті беруші арқылы жүзеге асырылады.</w:t>
+            <w:bookmarkStart w:id="1" w:name="z105"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее – портал);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="1"/>
       </w:tr>
-      <w:tr w:rsidR="004A22C5" w:rsidTr="00146E50">
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C" w:rsidTr="004345E6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...14 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Срококазаниягосударственнойуслуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10897" w:type="dxa"/>
+            <w:tcW w:w="10644" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...68 lines deleted...]
-              <w:t>1-сыныпқа – 1 сәуірден 1 тамыз аралығында.</w:t>
+            <w:bookmarkStart w:id="2" w:name="z106"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С момента сдачи пакета документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, а также при обращении через портал – один рабочий день.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Для зачисления в организацию образования начального, основного среднего, общего среднего образования:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на очную и вечернюю форму обучения – не позднее 30 августа;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в первый класс – с 1 апреля по 1 августа текущего года.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="2"/>
       </w:tr>
-      <w:tr w:rsidR="004A22C5" w:rsidTr="00146E50">
+      <w:tr w:rsidR="00EA3C13" w:rsidTr="004345E6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Формаоказаниягосударственнойуслуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10897" w:type="dxa"/>
+            <w:tcW w:w="10644" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бумажная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A22C5" w:rsidTr="00146E50">
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C" w:rsidTr="004345E6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...15 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Результатоказаниягосударственнойуслуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10897" w:type="dxa"/>
+            <w:tcW w:w="10644" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:bookmarkStart w:id="3" w:name="z109"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выдача расписки о приеме документов и уведомления о зачислении в организацию среднего образования по форме согласно приложению </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>настоящемуСтандарту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C16D5C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении через портал в "личный кабинет" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приходит уведомление о зачислении в организацию образования в форме электронного документа, подписанного электронной цифровой подписью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(далее - ЭЦП) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>уполномоченноголицауслугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C16D5C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при зачислении направляет уведомление о зачислении с 1 сентября текущего года первым троим подавшим заявление </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателям</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> из территории обслуживания, затем - о зачислении с 1 сентября текущего года 1 (одному) претенденту не из территории </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Құжаттарды қабылдау туралы қолхат беру жән</w:t>
-[...100 lines deleted...]
-              <w:t>Көрсетілетін қызметті берушіге мемлекеттік қызмет көрсету нәтижесі үшін қағаз жеткізгіште жүгінген кезде нәтиже қағаз жеткізгіште ресімделеді.</w:t>
+              <w:t>обслуживания, из числа тех, кто зарегистрировался первым.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При отказе в оказании государственной услуги </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> направляет </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мотивированный ответ с указанием причин отказа.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за результатом оказания государственной услуги на бумажном носителе результат оформляется на бумажном носителе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="3"/>
       </w:tr>
-      <w:tr w:rsidR="004A22C5" w:rsidTr="00146E50">
+      <w:tr w:rsidR="00EA3C13" w:rsidTr="004345E6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері </w:t>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10897" w:type="dxa"/>
+            <w:tcW w:w="10644" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A22C5" w:rsidTr="00146E50">
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C" w:rsidTr="004345E6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Графикработы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10897" w:type="dxa"/>
+            <w:tcW w:w="10644" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:bookmarkStart w:id="4" w:name="z113"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно Трудовому кодексу Республики Казахстан от 23 ноября 2015 года (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обращенииуслугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен, белгіленген жұмыс кестесіне сәйкес сағат 9.00-ден </w:t>
-[...85 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсеуслугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...13 lines deleted...]
-              <w:t>2) www.egov.kz порталында орналасқан.</w:t>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) портале </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="4"/>
       </w:tr>
-      <w:tr w:rsidR="004A22C5" w:rsidTr="00146E50">
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C" w:rsidTr="004345E6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">ік қызмет көрсету үшін қажетті құжаттардың тізбесі </w:t>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10897" w:type="dxa"/>
+            <w:tcW w:w="10644" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...110 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:bookmarkStart w:id="5" w:name="z117"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление согласно приложению 2 к настоящему Стандарту;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) оригинал документа, удостоверяющего личность (требуется для идентификации),</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) справка о состоянии здоровья (форма № 063/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 6697) и форма № 026/у-3, утвержденная приказом Министра здравоохранения Республики Казахстан от 24</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> июня 2003 года № 469 "Об утверждении Инструкции по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">білім беру ұйымдарына </w:t>
-[...196 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 2423));</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) фотографии ребенка размером 3х4 см в количестве 2 штук.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Для приема на обучение в организации образования детей с особыми образовательными потребностями дополнительно представляется заключение </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагого-медико-психологической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> комиссии при согласии законных представителей.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатели-иностранцы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и лица без гражданства также представляют один из следующих документов, определяющих их статус, с отметкой о регистрации по месту проживания:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) иностранец - вид на жительство иностранца в Республике Казахстан;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) лицо без гражданства - удостоверение лица без гражданства;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) беженец - удостоверение беженца;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) лицо, ищущее убежище - свидетельство лица, ищущего убежище;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оралман</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - удостоверение </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>тіркеу тізілімінде № 2423 болып тіркелген)) электрондық нұсқасы;</w:t>
-[...83 lines deleted...]
-              <w:t>беруші өтінішті қабылдаудан бас тартады.</w:t>
+              <w:t>оралмана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>На портал:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление одного из родителей (или иных законных представителей) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в форме электронного документа, подписанного ЭЦП его представителя, с указанием фактического места жительства </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) электронные документы о состоянии здоровья формы № 063/у, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 6697), формы № 026/у-3, утвержденной приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об утвержденииИнструкции</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>под № 2423));</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) цифровая фотография ребенка размером 3х4 см.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сведения о документе, удостоверяющего личность </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, свидетельство о рождении ребенка, адресную справку </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении через портал </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в "личный кабинет" направляется уведомление-отчет о принятии запроса для оказания государственной услуги в форме электронного документа, удостоверенного ЭЦП.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В случаях представления </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> неполного пакета документов согласно перечню, предусмотренному настоящим пунктом стандарта государственной услуги, и (или) документов с истекшим сроком действия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отказывает в приеме заявления.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="5"/>
       </w:tr>
-      <w:tr w:rsidR="004A22C5" w:rsidTr="00146E50">
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C" w:rsidTr="004345E6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...20 lines deleted...]
-              <w:t>мемлекеттік қызметтер көрсетуден бас тартуы</w:t>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10897" w:type="dxa"/>
+            <w:tcW w:w="10644" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...59 lines deleted...]
-              <w:t>3) сынып-жинақталымының шамадан тыс толуы.</w:t>
+            <w:bookmarkStart w:id="6" w:name="z135"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">установление недостоверности документов, представленных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">несоответствие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">представленных документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, необходимых для оказания государственной услуги, требованиям, установленным Типовыми правилами приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования, утвержденными приказом Министра образования и науки Республики Казахстан от 12 октября 2018 года №546 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17553);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) переполненность </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>класс-комплектов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="6"/>
       </w:tr>
-      <w:tr w:rsidR="004A22C5" w:rsidTr="00146E50">
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C" w:rsidTr="004345E6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...14 lines deleted...]
-              <w:t>ішінде электрондық нысанда және Мемлекеттік корпорация арқылы ұсыну ерекшеліктерін ескеретін өзге де талаптары</w:t>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10897" w:type="dxa"/>
+            <w:tcW w:w="10644" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="004345E6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:bookmarkStart w:id="7" w:name="z137"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) максимально допустимое время ожидания для сдачи пакета документов – 15 минут;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) максимально допустимое время обслуживания – 15 минут.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП родителей (законных представителей).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Құжаттар топтамасын тапсыру </w:t>
-[...84 lines deleted...]
-              <w:t>Үшінші тұлғалардың қызмет алу шарттары</w:t>
+              <w:t xml:space="preserve">оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, а также Единого </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00146E50">
-[...5 lines deleted...]
-              <w:t>:</w:t>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00146E50">
-[...20 lines deleted...]
-              <w:t>сы.</w:t>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "1414", 8-800-080-7777.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Условия получения услуги третьими лицами:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="7"/>
       </w:tr>
-      <w:tr w:rsidR="004A22C5">
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-            <w:r>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 1 к Стандарту </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-            <w:r>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...60 lines deleted...]
-              <w:t>1-қосымша</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов и </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A22C5">
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-              <w:t>Нысан</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">зачисление в организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования, независимо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от ведомственной подчиненности, для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучения по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программам начального, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A22C5">
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-            <w:r>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основного среднего, общего </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...37 lines deleted...]
-              <w:t>Аты-жөні (толық)</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...1008 lines deleted...]
-      <w:tr w:rsidR="004A22C5" w:rsidRPr="00146E50">
+      <w:tr w:rsidR="00EA3C13">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00146E50">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146E50" w:rsidRPr="00146E50" w:rsidRDefault="00146E50" w:rsidP="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="center"/>
             </w:pPr>
-          </w:p>
-[...156 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A22C5" w:rsidTr="00146E50">
-[...1813 lines deleted...]
-      <w:tr w:rsidR="004A22C5">
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Руководителю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-            <w:r>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-            <w:r>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-            <w:r>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_______________________/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...89 lines deleted...]
-              <w:t xml:space="preserve">Нысан </w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О. (при наличии) полностью</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+    <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z84"/>
+      <w:bookmarkStart w:id="8" w:name="z147"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Есептен шығару талонының нысаны</w:t>
+        <w:t>                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Расписка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+    <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686" w:rsidP="006C7686">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z148"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о получении документов у </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации образования  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Тегі _________________________________________________________ </w:t>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:t>          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (полное наименование организации образования)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________________________________________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Аты ______________________________________________________ </w:t>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:t>          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование населенного пункта, района, города и области)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Расписка о приеме документов № _________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Получены </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________ следующие документы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       Әкесінің аты __________________________________________________ </w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">                                                 " ___" ________</w:t>
+        <w:t>          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Ф.И.О. (при наличии) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Заявление  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Другие _______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата приема заявления ________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. (при наличии) (ответственного лица, принявшего документы) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(подпись)  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Телефон _____________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Получил: Ф.И.О. (при наличии)/подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"___" _________ 20__ года</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5770"/>
         <w:gridCol w:w="4007"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004A22C5">
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:bookmarkEnd w:id="9"/>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-            <w:r>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 2 к Стандарту </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-            <w:r>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...47 lines deleted...]
-              <w:t>2-қосымша</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов и </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A22C5">
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">зачисление в организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования, независимо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от ведомственной подчиненности, для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучения по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программам начального, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основного среднего, общего </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>среднего образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA3C13">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Руководителю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:t>_______________________</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-            <w:r>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-            <w:r>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-              </w:rPr>
-[...10 lines deleted...]
-              <w:t>Т.А.Ә. (болған жағдайда)</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О. (при наличии) полностью/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+    <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z154"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z155"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу зачислить моего сына/дочь (Ф.И.О. (при наличии) ребенка)  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________________________________________  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________________________________________  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>для обучения в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________ класс __________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (полное наименование организации образования)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проживающего по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>адресу __________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование населенного пункта, района, города и области)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________ "___" ________ 20__ г. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C16D5C" w:rsidRDefault="00C16D5C" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C16D5C" w:rsidRDefault="00C16D5C" w:rsidP="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C7686" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="00C16D5C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение к приказу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Министра образования и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>науки Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от 24 июня 2020 года № 264</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="316"/>
+        <w:gridCol w:w="2534"/>
+        <w:gridCol w:w="2415"/>
+        <w:gridCol w:w="4458"/>
+        <w:gridCol w:w="54"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C" w:rsidTr="00C16D5C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="54" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5265" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="00C16D5C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4458" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="00C16D5C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к Типовым правилам приема на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение в организации </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования, реализующие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">общеобразовательные учебные </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программы начального, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основного среднего и общего </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">среднего образования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C" w:rsidTr="00C16D5C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9777" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Стандарт государственной услуги: "Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C" w:rsidTr="00C16D5C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6927" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организации начального, основного среднего, общего среднего образования (далее - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C" w:rsidTr="00C16D5C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Способы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>предоставления</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6927" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="z157"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>веб-портал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "электронного правительства" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее – портал);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="13"/>
+      </w:tr>
+      <w:tr w:rsidR="00EA3C13" w:rsidTr="00C16D5C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6927" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Срококазания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>минут</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA3C13" w:rsidTr="00C16D5C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6927" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Электронная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бумажная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C" w:rsidTr="00C16D5C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6927" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="14" w:name="z158"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выдача расписки </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о приеме документов на перевод из одной организации среднего образования в другую по форме</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> согласно приложению </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>настоящемуСтандарту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C16D5C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении через портал в "личный кабинет" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приходит уведомление о зачислении в организацию образования или о мотивированном отказе с указанием причин отказа в форме электронного документа, подписанного электронной цифровой подписью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(далее - ЭЦП) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>уполномоченноголицауслугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C16D5C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за результатом оказания государственной услуги на бумажном носителе результат оформляется на бумажном носителе.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При не обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за результатом государственной услуги в указанный срок, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обеспечивает их хранение по месту приема до получения </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="14"/>
+      </w:tr>
+      <w:tr w:rsidR="00EA3C13" w:rsidTr="00C16D5C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6927" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бесплатно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C" w:rsidTr="00C16D5C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>График</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C16D5C">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6927" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="15" w:name="z161"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно Трудовому кодексу Республики Казахстан от 23 ноября 2015 года (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обращенииуслугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адреса мест оказания государственной услуги размещены на: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсеуслугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">2) портале </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="15"/>
+      </w:tr>
+      <w:tr w:rsidR="00EA3C13" w:rsidTr="00C16D5C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Перечень документов необходимых для оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6927" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="16" w:name="z165"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление на имя руководителя организации образования, согласно приложению 2 к настоящему Стандарту;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность (для идентификации),</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) открепительный талон</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ч</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ерез портал:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление, удостоверенное ЭЦП </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, по форме, согласно приложению </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>настоящемуСтандарту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>электроннаякопияоткрепительноготалона</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="16"/>
+      </w:tr>
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C" w:rsidTr="00C16D5C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6927" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="17" w:name="z171"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">установление недостоверности документов, представленных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) несоответствие представленных документов </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, необходимых для оказания государственной услуги, требованиям, установленным Типовыми правилами приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования, утвержденными приказом Министра образования и науки Республики Казахстан от 12 октября 2018 года №546 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17553);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) переполненность </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>класс-комплектов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="17"/>
+      </w:tr>
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C" w:rsidTr="00C16D5C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="316" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2534" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Государственную корпорацию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6927" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="006C7686" w:rsidRDefault="006C7686" w:rsidP="006C7686">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="18" w:name="z173"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1) максимально допустимое время ожидания для сдачи пакета документов -15 минут.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>максимальнодопустимоевремяобслуживанияуслугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>минут</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, а также Единого </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006C7686">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "1414", 8-800-080-7777.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkEnd w:id="18"/>
+      </w:tr>
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C" w:rsidTr="00C16D5C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="54" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5265" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4458" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 1 к Стандарту </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов для </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>перевода детей между организациями</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>начального, основного среднего,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общего среднего образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA3C13" w:rsidTr="00C16D5C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="54" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5265" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4458" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z86"/>
+      <w:bookmarkStart w:id="19" w:name="z178"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Өтініш </w:t>
-      </w:r>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Формаоткрепительноготалона</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+    <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z179"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Фамилия __________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Имя ____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Отчество ________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата рождения ___________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Класс ___________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Школа __________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Менің ұлымды / қызымды (баланың Т. А. Ә. (болған жағдайда)) </w:t>
-      </w:r>
+        <w:t>               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование организации образования)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Директор школы __________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. полностью</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">М.П.  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"___" ___________ 20__ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>год</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5758"/>
+        <w:gridCol w:w="4019"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p w:rsidR="00EA3C13" w:rsidRDefault="006C7686">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 2 к Стандарту </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственной услуги:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов для </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>перевода детей между организациями</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>начального, основного среднего,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общего среднего образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA3C13" w:rsidRPr="00C16D5C">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Руководителю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>_______________________/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004345E6">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Ф.И.О. (при наличии) полностью/</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z182"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z183"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       ______________________________________________________________ </w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу зачислить моего сына/дочь (Ф.И.О. (при наличии) ребенка)  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для обучения в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>класс ______________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (полное наименование организации образования)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>проживающего по адресу _____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование населенного пункта, района, города и области)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласен на использования сведений, составляющих охраняемую законом тайну, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">содержащихся в информационных системах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________ "___" ________ 20__ года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> __________________________________________________ </w:t>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
-[...206 lines deleted...]
-    <w:p w:rsidR="004A22C5" w:rsidRDefault="00146E50">
+    <w:p w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidRDefault="006C7686">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-        <w:t>икасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК</w:t>
+      <w:r w:rsidRPr="004345E6">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="004A22C5">
+    <w:sectPr w:rsidR="00EA3C13" w:rsidRPr="004345E6" w:rsidSect="00012EB0">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="004A22C5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004A22C5"/>
+    <w:rsidRoot w:val="00EA3C13"/>
+    <w:rsid w:val="00012EB0"/>
+    <w:rsid w:val="004345E6"/>
+    <w:rsid w:val="006C7686"/>
+    <w:rsid w:val="00C16D5C"/>
+    <w:rsid w:val="00EA3C13"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -6989,50 +9287,51 @@
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:tabs>
@@ -7145,126 +9444,137 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00012EB0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00012EB0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
+    <w:rsid w:val="00012EB0"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
+    <w:rsid w:val="00012EB0"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00146E50"/>
+    <w:rsid w:val="004345E6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00146E50"/>
+    <w:rsid w:val="004345E6"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -7421,55 +9731,58 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7715,52 +10028,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>15171</Characters>
+  <Pages>1</Pages>
+  <Words>2588</Words>
+  <Characters>14757</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>126</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17797</CharactersWithSpaces>
+  <CharactersWithSpaces>17311</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>