--- v0 (2025-10-18)
+++ v1 (2026-02-21)
@@ -1,3625 +1,5698 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00F71604" w:rsidRDefault="00F71604">
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="z9"/>
+    <w:p w:rsidR="00DA5C14" w:rsidRDefault="00DA5C14">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5885"/>
-        <w:gridCol w:w="3892"/>
+        <w:gridCol w:w="5917"/>
+        <w:gridCol w:w="3860"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F71604" w:rsidRPr="00CF03E2">
+      <w:tr w:rsidR="00DA5C14" w:rsidRPr="00B60EDB">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="0"/>
-          <w:p w:rsidR="00F71604" w:rsidRPr="00CF03E2" w:rsidRDefault="00CF03E2">
+          <w:p w:rsidR="00DA5C14" w:rsidRDefault="0018660C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 22 января 2016 года</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>№ 68</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к приказу Министра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 8 апреля 2015 года</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B60EDB">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>№ 179</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C" w:rsidP="00B60EDB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z37"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Стандарт государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Выдача дубликатов документов об основном среднем, общем среднем образовании"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z38"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Государственная услуга "Выдача дубликатов документов об основном среднем, общем среднем образовании" (далее - государственная услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z39"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Стандарт государственной услуги разработан Министерством образования и науки Республики Казахстан (далее - Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z40"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Государственная услуга оказывается организ</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ациями основного среднего и общего среднего образования Республики Казахстан (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием заявления и выдача результата оказания государственной услуги осуществляется </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>через</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z41"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Порядок оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z42"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Срок оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) с момента сдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов при обращении к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или в Государственную корпорацию - 15 рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) максимально допустимое время ожидания в очереди для сдачи пакета документов - 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) максимально допустимое время обслуживания - 15 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z43"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Форма оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z44"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Результатом оказания государственной услуги является выдача дубликата свидетельства об основном среднем образовании, дубликата аттестата об общем среднем образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z45"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Государственная услуга оказывается бесплатно физическим лицам (далее - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z46"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. График работы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: с понедельника по пятницу включительно, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан, в соответствии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> установленным графиком работы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 9.00 до 18.30 часов, с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием заявления и выдача результатов осуществляется с 9.00 до 18.30 часов, с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) Государственной корпорации: с понедельника по субботу включительно, за исключением воскресенья и праздничных дней согласно трудовому законодательству Республики Казахстан, в соответствии с установленным графиком работы с 9.00 до 20.00 часов, без перерыва на обед.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием осуществляется в порядке "электронной" очереди по выбору </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без ускоренного обслуживания, также посредством "бронирования" электронной очереди на веб-портале "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z47"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Перечень документов, необходимых для оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при обращении к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, утерявшего документ, на имя руководителя организации образования по форме согласно приложению 1 к настоящему стандарту государственной услуги, в котором излагаются обстоятельства утери документа или другие причины;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) копия свидетельства о рождении (в случае рождения до 2008 года) с документом, удостоверяющим личность (паспорта) родителя (законного представителя) несовершеннолетнего ребенка, или документом, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>удостоверяющий</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сведения о документах, удостоверяющих личность, свидетельстве о рождении, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>произведенным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на территории Республики Казахстан после 2008 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">года, сотрудник </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При обращении в Государственную корпорацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по форме согласно приложению 1 к настоящему стандарту государственной услуги, в котором излагаются обстоятельства утери документа или другие причины;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) копия свидетельства о рождении (в случае рождения до 2008 года) с документом, удостоверяющим личность (паспорта) родителя (законного представителя) несовершеннолетнего ребенка, или документом, удостоверяющим личность </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (требуется для идентификации личности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сведения о документах, удостоверяющих личность, свидетельстве о рождении, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>произведенным</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на территории Республики Казахстан после 2008 года, содержащиеся в государственных информационных системах, сотрудник </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получает из соответствующих государственных информационных систем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и работник Государственной корпорации получает согласие </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При приеме документов через Государственную корпорацию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выдается расписка о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В Государственной корпорации выдача готовых документов осуществляется на основании расписки о приеме соответствующих документов, при предъявлении документа, удостоверяющего личность (либо его представителя по нотариально заверенной доверенности). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственная корпорация обеспечивает хранение результата в течение одного месяца, после чего передает их </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для дальнейшего хранения. При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по истечении одного месяца по запросу Государственной корпорации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в течение одного рабочего дня направляет готовые документы в Государственную корпорацию для выдачи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z48"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. В случае предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> неполного пакета документов согласно пункту 9 настоящего стандарта государственной услуги работник Государственной корпорации отказывает в приеме заявления и выдает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>расписку об отказе в приеме документов по форме согласно приложению 2 к настоящему стандарту государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z49"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Порядок обжалования решений, действий (бездействия)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц, Государственной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>корпорации и (или) их работников по вопросам оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z50"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Для обжалования решений, действий (бездействий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подается жалоба в письменном виде на имя руководителя местного исполнительного органа города республиканского значения и столицы, района (города областного значения) на адрес, который размещен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в разделе "Государственные услуги";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> местных исполнительных органов города республиканского значения и столицы, района (города областного значения) с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Подтверждением принятия жалобы является ее регистрация (штамп, входящий номер и дата) в канцелярии местного исполнительного органа города республиканского значения и столицы, района (города областного значения), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием фамилии и инициалов лица, принявшего жалобу, срока и места получения ответа на поданную жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба на действия (бездействия) работника Государственной корпорации направляется руководителю Государственной корпорации по адресам и телефонам, указанным на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственной корпорации: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг, поступившая в адрес местного исполнительного органа города республиканского значения и столицы, района (города областного значения), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, Государственной корпорации подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае несогласия с результатами оказанной государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> может обратиться с жалобой в уполномоченный орган по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контролю за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение пятнадцати рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Информация о порядке обжалования предоставляется посредством единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В жалобе физического лица указываются его фамилия, имя, отчество (при наличии), почтовый адрес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z51"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. В случае несогласия с результатами оказания государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет право обратиться в суд в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z52"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Иные требования с учетом особенностей оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной услуги, в том числе оказываемой через</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственную корпорацию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z53"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучателям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеющим нарушение здоровья со стойким расстройством функций организма ограничивающее его жизнедеятельность, в случае необходимости прием документов, для оказания государственной услуги, производится работником Государственной корпорацией с выездом по месту жительства посредством обращения через Единый контак</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>т-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> центр 1414, 8 800 080 7777.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z54"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Адреса мест оказания государственной услуги размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>: местных исполнительных органов города республиканского значения и столицы, района (города областного значения);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) Государственной корпорации: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>con</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z55"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. При обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через портал требуется наличие ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z56"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством справочных служб </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, единого </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>контакт-центра</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z57"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. Контактные телефоны справочных служб размещены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>edu</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в разделе "Государственные услуги". </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Единый</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контакт-центр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вопросам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказания</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услуг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: 8-800-080-7777, 1414.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5826"/>
+        <w:gridCol w:w="3951"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DA5C14" w:rsidRPr="00B60EDB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="21"/>
+          <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F71604" w:rsidRPr="00CF03E2" w:rsidRDefault="00CF03E2">
+          <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>к стандарту государственной услуги</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2016 жылғы 22 қаңтардағы</w:t>
+              <w:t>"Выдача дубликатов документов об</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>№ 68 бұйрығына</w:t>
+              <w:t>основном среднем, общем среднем</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>образовании"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F71604" w:rsidRPr="00CF03E2">
+    </w:tbl>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                (наименование учебного заведения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             от ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              (Ф. И. О. (при наличии) полностью и ИИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            (год окончания)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   наименование и адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учебного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    заведения, в случае изменения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу Вас выдать мне дубликат аттестата (свидетельства) в связи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с (нужный документ необходимо подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________ (указать причину)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Согласен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на использование сведений, составляющих охраняемою</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________ "___" _______ 20___ г</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5826"/>
+        <w:gridCol w:w="3951"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DA5C14" w:rsidRPr="00B60EDB">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F71604" w:rsidRPr="00CF03E2" w:rsidRDefault="00CF03E2">
+          <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F71604" w:rsidRPr="00CF03E2" w:rsidRDefault="00CF03E2">
+          <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>к стандарту государственной услуги</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>2015 жылғы 8 сәуірдегі</w:t>
+              <w:t>"Выдача дубликатов документов об</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>№ 179 бұйрығына</w:t>
+              <w:t>основном среднем, общем среднем</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00CF03E2">
+            <w:r w:rsidRPr="00B60EDB">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>образовании"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F71604" w:rsidRPr="00CF03E2" w:rsidRDefault="00CF03E2" w:rsidP="00E54969">
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                       </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CF03E2">
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(Фамилия, имя, отчество (при</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                        наличии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>далее- Ф.И.О.), либо</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             наименование организации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Форма      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Расписка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00CF03E2">
+      <w:r w:rsidRPr="00B60EDB">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>1.</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руководствуясь подпунктом 2 статьи 20 Закона Республики от 15</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апреля 2013 года "О государственных услугах", отдел № _____ филиала</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственной корпорации "Правительство для граждан" (указать</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CF03E2">
-[...103 lines deleted...]
-        <w:t xml:space="preserve">      1) </w:t>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адрес) отказывает в приеме документов на оказание </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CF03E2">
-[...5 lines deleted...]
-        <w:t>көрсетілетін</w:t>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственной</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CF03E2">
-[...23 lines deleted...]
-        <w:t xml:space="preserve">       </w:t>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CF03E2">
-[...5 lines deleted...]
-        <w:t>2) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация) арқылы жүзеге асырылады.</w:t>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услуги (указать наименование государственной услуги в соответствии со</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CF03E2">
-[...63 lines deleted...]
-        <w:t xml:space="preserve">      1) </w:t>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стандартом государственной услуги) ввиду представления Вами неполного</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пакета документов согласно перечню, предусмотренному стандартом</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наименование отсутствующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.___________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. __________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) …</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Настоящая расписка составлена в 2-х экземплярах по одному </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CF03E2">
-[...5 lines deleted...]
-        <w:t>көрсетілетін</w:t>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>для</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CF03E2">
-[...23 lines deleted...]
-        <w:t xml:space="preserve">      2) </w:t>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> каждой стороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф. И. О. (при его наличии) работника </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CF03E2">
-[...5 lines deleted...]
-        <w:t>құжаттар</w:t>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственной</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CF03E2">
-[...1174 lines deleted...]
-      <w:r w:rsidRPr="00CF03E2">
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорации)       ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Исполнитель: Ф. И. О.___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Телефон ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Получил: Ф.И.О. / подпись </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B60EDB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CF03E2">
-[...1721 lines deleted...]
-          <w:szCs w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "___" ______________________ 20___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00CF03E2">
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F71604" w:rsidRPr="00CF03E2" w:rsidRDefault="00CF03E2">
+    <w:p w:rsidR="00DA5C14" w:rsidRPr="00B60EDB" w:rsidRDefault="0018660C">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...20 lines deleted...]
-    <w:sectPr w:rsidR="00F71604" w:rsidRPr="00CF03E2">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B60EDB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00DA5C14" w:rsidRPr="00B60EDB">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F71604"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F71604"/>
+    <w:rsidRoot w:val="00DA5C14"/>
+    <w:rsid w:val="0018660C"/>
+    <w:rsid w:val="00B60EDB"/>
+    <w:rsid w:val="00DA5C14"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3929,67 +6002,67 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CF03E2"/>
+    <w:rsid w:val="0018660C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CF03E2"/>
+    <w:rsid w:val="0018660C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4443,49 +6516,49 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2022</Words>
-  <Characters>11529</Characters>
+  <Words>2017</Words>
+  <Characters>11498</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>95</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13524</CharactersWithSpaces>
+  <CharactersWithSpaces>13489</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>