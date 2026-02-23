--- v0 (2025-12-23)
+++ v1 (2026-02-23)
@@ -1,19484 +1,4324 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00E543CA" w:rsidRDefault="00E543CA">
+    <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="009D080B">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E543CA" w:rsidRDefault="00E543CA">
+    <w:p w:rsidR="009D080B" w:rsidRDefault="009D080B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z390"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="491"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="113"/>
+        <w:gridCol w:w="566"/>
+        <w:gridCol w:w="3419"/>
+        <w:gridCol w:w="1650"/>
+        <w:gridCol w:w="5100"/>
+        <w:gridCol w:w="68"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidTr="000A0CDD">
+      <w:tr w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidTr="006F6923">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:wAfter w:w="21" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5226" w:type="dxa"/>
+            <w:tcW w:w="5268" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:bookmarkEnd w:id="0"/>
+          <w:p w:rsidR="009D080B" w:rsidRDefault="006F6923">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="000A0CDD">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4516" w:type="dxa"/>
+            <w:tcW w:w="4488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 7 к Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и условиям проведения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>аттестации педагогов,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заним</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ающих должности в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>реализующих</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>общеобразовательные учебные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программы дошкольного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>воспитания и обучения,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>начального, основного среднего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...66 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и общего среднего образования,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовательные программы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>технического и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессионального,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...29 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>после</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>среднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дополнительного,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специализированного и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специального образования, и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...65 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>иных гражданских служащих в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...31 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>области образования и науки</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+          <w:p w:rsidR="006F6923" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...175 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приказ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 14 мая 2020 года № 202.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidTr="000A0CDD">
+      <w:tr w:rsidR="009D080B" w:rsidTr="006F6923">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:wAfter w:w="21" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5226" w:type="dxa"/>
+            <w:tcW w:w="5268" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A0CDD">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4516" w:type="dxa"/>
+            <w:tcW w:w="4488" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRDefault="006F6923">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...12 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...358 lines deleted...]
-              <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidTr="000A0CDD">
-[...68 lines deleted...]
-      <w:tr w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidTr="000A0CDD">
+      <w:tr w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidTr="006F6923">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Стандарт государственной услуги "Прием документов для прохождения аттестации на присвоение (подтверждение) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационных категорий педагогам организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-[...733 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidTr="000A0CDD">
+      <w:tr w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidTr="006F6923">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2424" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...44 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>услугодате</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ля</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6834" w:type="dxa"/>
+            <w:tcW w:w="6672" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...574 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Местные исполнительные органы областей, городов республиканского значения и столицы, районов и городов областного значения, организациями дошкольного, начального, основного среднего, общего среднего, технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> обра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidTr="000A0CDD">
+      <w:tr w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidTr="006F6923">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2424" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Способы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>предоставления</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6834" w:type="dxa"/>
+            <w:tcW w:w="6672" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A0CDD">
-[...77 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:bookmarkStart w:id="2" w:name="z393"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) канцелярию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
-            <w:r w:rsidRPr="000A0CDD">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="000A0CDD">
-[...239 lines deleted...]
-              <w:t>).</w:t>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация).</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="2"/>
       </w:tr>
-      <w:tr w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidTr="000A0CDD">
+      <w:tr w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidTr="006F6923">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2424" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Срок</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...5 lines deleted...]
-              <w:t>мерзімі</w:t>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6834" w:type="dxa"/>
+            <w:tcW w:w="6672" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:bookmarkStart w:id="3" w:name="z394"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сроки оказания государственной услуги:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) при обращении через </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 20 минут;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) в Государственную корпорацию по месту нахождения </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 (три) рабочих дня;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) в Государственную корпорацию не по месту нахождения </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 7 (с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>емь) рабочих дней.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">При обращении в Государственную корпорацию день приема не входит в срок оказания государственной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Мемлекеттік</w:t>
-[...67 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:t>услуги.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="000A0CDD">
-[...119 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) максимально допустимое время ожидания для сдачи пакета документов в Государственную корпорацию – 20 (двадцать) минут;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="000A0CDD">
-[...1155 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) максимал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ьно допустимое время обслуживания </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в Государственной корпорации – 20 (двадцать) минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="3"/>
       </w:tr>
-      <w:tr w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidTr="000A0CDD">
+      <w:tr w:rsidR="009D080B" w:rsidTr="006F6923">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2424" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...5 lines deleted...]
-              <w:t>нысаны</w:t>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6834" w:type="dxa"/>
+            <w:tcW w:w="6672" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...31 lines deleted...]
-              <w:t>үрінде</w:t>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бумажная</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidTr="000A0CDD">
+      <w:tr w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidTr="006F6923">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2424" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Результат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оказания</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>государственной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...5 lines deleted...]
-              <w:t>нәтижесі</w:t>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>услуги</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6834" w:type="dxa"/>
+            <w:tcW w:w="6672" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
+            <w:bookmarkStart w:id="4" w:name="z400"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>выдача расписки о приеме заявления для присвоения (подтверж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дения) квалификационной категории педагогам, по форме согласно приложению 10 к настоящим Правилам, либо мотивированный отказ в оказании государственной услуги.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>В Государственной корпорации выдача готовых документов осуществляется на основании расписки о пр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>иеме соответствующих документов, при предъявлении документа удостоверяющий личность (либо его представителя по нотариально удостоверенной доверенности).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Документы, не выданные в срок из-за отсутствия обращения заявителя (представителя), в течение одного ме</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сяца хранятся в Государственной корпорации, после истечения данного срока возвращаются </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> как невостребованные</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
+            </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...1924 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ри обращении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по истечении одного месяца, по запросу Государственной корпорации </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в течение одного рабочего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дня направляет готовые документы в Государственную корпорацию для выдачи </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="4"/>
       </w:tr>
-      <w:tr w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidTr="000A0CDD">
+      <w:tr w:rsidR="009D080B" w:rsidTr="006F6923">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A0CDD">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2424" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...332 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Размер оплаты, взимаемой с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Казахстан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6834" w:type="dxa"/>
+            <w:tcW w:w="6672" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бесплатно</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...7 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>физическим</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лицам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidTr="000A0CDD">
+      <w:tr w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidTr="006F6923">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2424" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>График</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...5 lines deleted...]
-              <w:t>кестесі</w:t>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>работы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6834" w:type="dxa"/>
+            <w:tcW w:w="6672" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A0CDD">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:bookmarkStart w:id="5" w:name="z402"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...389 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - с понедельника по пятницу с 9.00 до 18.30 часов, перерыв на обед с 13.00 до 14.30 часов, кроме выходных и праздничных дней, в соответствии с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>трудовым законодательством Республики Каз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ахстан.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...352 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги у </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...236 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственная услуга оказывается в порядке очереди, без предварительной запи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>си и ускоренного обслуживания;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="000A0CDD">
-[...460 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) Государственной корпорации – с понедельника по субботу включительно, в соответствии с установленным графиком работы с 9.00 часов до 20.00 часов без перерыва на обед, за исключением воскресенья и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовому законодательству Республики Казахстан.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...447 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием осуществляется в порядке "электронной" очереди, по выбору </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала "электронного правительства" (дале</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>е – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="5"/>
       </w:tr>
-      <w:tr w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidTr="000A0CDD">
+      <w:tr w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidTr="006F6923">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2424" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...116 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Перечень документов необходимых для оказания государственной услуги</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6834" w:type="dxa"/>
+            <w:tcW w:w="6672" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...103 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:bookmarkStart w:id="6" w:name="z406"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо Государственную корпорацию: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) заявление;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) документ, удостоверяющий личность (требуется для идентификации личности) (возвращается владельцу); </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) ди</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>плом об образовании;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) документ о прохождении курсов переподготовки (при наличии);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5) документ, подтверждающий трудовую деятельность работника;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) удостоверение и приказ о присвоенной квалификационной категории (для лиц, ранее имевших квалификационную </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорию);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7) сертификат о прохождении курсов повышения квалификации по программам, согласованным с уполномоченным органом в области образования;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8) документ о прохождении национального квалификационного тестирования, заверенный подписью сотрудника и печа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>тью организации, определяемой уполномоченным органом в области образования, ответственной за проведение национального квалификационного тестирования;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) документы, подтверждающие достижения обучающихся/воспитанников (за исключением </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">методистов методических </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>кабинетов (центров), педагогов ПМПК);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10) документы, подтверждающие профессиональные достижения и обобщение опыта;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>11) листы наблюдения уроков/занятий (за исключением педагогов ПМПК);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Документы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> перечисленные в пунктах 3)-11) предоставляются подлинниках и к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>опиях, после сверки которых подлинники возвращаются заявителю.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дополнительно </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>предоставляются следующие документы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="000A0CDD">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="000A0CDD">
-[...28 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для методистов методических кабинетов (центров) – документы, подтверждающие публикации, участие в проектах, инновационной, экспериментальной д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>еятельности, разработанные методические материалы;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="000A0CDD">
-[...226 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Для педагогов организаций общего среднего, технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования - показатели качества знаний обучающихся за период между присвоениями квалификационных категорий, вклю</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>чающий результаты внешней оценки учебных достижений и (или) текущей и (или) итоговой аттестации, заверенные печатью и подписью руководителя организации образования;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="000A0CDD">
-[...64 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Для педагогов организаций дошкольного воспитания и обучения – показатели </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сформированности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> у</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>мений и навыков, заверенные печатью и подписью руководителя организации образования;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="000A0CDD">
-[...154 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для педагогов организаций дополнительного образования – показатели освоения выбранной образовательной программы обучающимися, воспитанниками, заверенные печатью и подписью</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> руководителя организации образования;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="000A0CDD">
-[...100 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для педагогов специальных организаций образования, специальных классов (групп) в организациях образования (за исключением педагогов ПМПК) – показатели результативности деятельности специалиста по реализации индивидуал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ьной развивающей программы;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="000A0CDD">
-[...2046 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и работник Государственной корпорации получает согласие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>растайтын</w:t>
-[...2712 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">оказании государственных услуг, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>если иное не предусмотрено законами Республики Казахстан.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="6"/>
       </w:tr>
-      <w:tr w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidTr="000A0CDD">
+      <w:tr w:rsidR="009D080B" w:rsidTr="006F6923">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2424" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...189 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6834" w:type="dxa"/>
+            <w:tcW w:w="6672" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:bookmarkStart w:id="7" w:name="z425"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в случаях: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) установлени</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">я недостоверности документов, представленных </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) несоответствия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и (или) представленных материалов, данных и сведений, необходимых для ока</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>зания государственной услуги, требованиям.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">В случае предоставления </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугополучателем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> неполного пакета документов согласно перечню, предусмотренному пунктом 8 Стандарта, и (или) документов с истекшим сроком действия </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> выдает расписку об отказе в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">приеме документов по форме согласно приложению </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>настоящих</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...1584 lines deleted...]
-            <w:r w:rsidRPr="000A0CDD">
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Правил</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="7"/>
       </w:tr>
-      <w:tr w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidTr="000A0CDD">
+      <w:tr w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidTr="006F6923">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A0CDD">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2424" w:type="dxa"/>
+            <w:tcW w:w="2597" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...314 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6834" w:type="dxa"/>
+            <w:tcW w:w="6672" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="000A0CDD" w:rsidP="000A0CDD">
+          <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="006F6923" w:rsidP="006F6923">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...607 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:bookmarkStart w:id="8" w:name="z428"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучателям</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, имеющим </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>нарушение здоровья со стойким расстройством функций организма, ограничивающее его жизнедеятельность, в случае необходимости прием документов, для оказания государственной услуги, производится работником Государственной корпорацией с выездом по месту житель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ства посредством обращения через Единый контакт-центр 1414; 8 800 080 7777.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="000A0CDD">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...88 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Государственной корпорации: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>чатель</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала при условии наличия ЭЦП, а также Единого </w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...5 lines deleted...]
-              <w:t>:</w:t>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>контакт-центра</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="000A0CDD">
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>: 1414, 8 800 080 77777.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="000A0CDD">
-[...647 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефоны справочных служб </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по вопросам оказания государственной услуги размещены на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>интернет-ресурсе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерства: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="000A0CDD">
-[...299 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F6923">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="8"/>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E543CA" w:rsidRPr="000A0CDD" w:rsidRDefault="00E543CA" w:rsidP="000A0CDD">
+    <w:p w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidRDefault="009D080B" w:rsidP="006F6923">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00E543CA" w:rsidRPr="000A0CDD">
+    <w:sectPr w:rsidR="009D080B" w:rsidRPr="006F6923" w:rsidSect="006F6923">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="567" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E543CA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E543CA"/>
+    <w:rsidRoot w:val="009D080B"/>
+    <w:rsid w:val="006F6923"/>
+    <w:rsid w:val="009D080B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -19788,67 +4628,67 @@
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000A0CDD"/>
+    <w:rsid w:val="006F6923"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="000A0CDD"/>
+    <w:rsid w:val="006F6923"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -20301,50 +5141,50 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>7737</Characters>
+  <Pages>5</Pages>
+  <Words>1342</Words>
+  <Characters>7651</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>63</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9076</CharactersWithSpaces>
+  <CharactersWithSpaces>8976</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>