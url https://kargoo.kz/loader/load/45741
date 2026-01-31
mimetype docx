--- v0 (2025-10-17)
+++ v1 (2026-01-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2af6969" w14:textId="2af6969">
+    <w:p w14:paraId="50f204a" w14:textId="50f204a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,1090 +76,1114 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 12 қазандағы № 564 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 12 октября 2018 года № 564 "Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 24 июня 2020 года № 264. Зарегистрирован в Министерстве юстиции Республики Казахстан 25 июня 2020 года № 20899</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      В соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 12 қазандағы № 564 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17553 болып тіркелген, 2018 жылғы 26 қазанда "Қазақстан Республикасының нормативтік құқықтық актілерінің электрондық түрдегі эталондық бақылау банкі" АЖ-де электронды түрде жарияланған) мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 12 октября 2018 года №564 "Об утверждении Типовых правил приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17553, опубликован в ИС "Эталонный контрольный банк НПА РК в электронном виде" от 26 октября 2018 года) следующие изменения и дополнения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
-[...158 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-тармақ</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+        <w:t>преамбулу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "1. Осы Бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарына оқуға қабылдаудың үлгілік қағидалары (бұдан әрі – Үлгілік қағидалар) "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="5"/>
+      "В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 11)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" и подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовых правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>7-тармақ</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
+        <w:t>пункт 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "1. Настоящие Типовые правила приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования (далее –Типовые правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 11)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" (далее – Закон) и подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", которые определяют порядок приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего, общего среднего образования, (далее – организации образования) независимо от форм их собственности и ведомственной подчиненности, а также порядок оказания государственных услуг "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования" и "Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования".";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>9-тармақ</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+        <w:t>пункт 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "9. Бастауыш білімнің жалпы оқу бағдарламаларын іске асыратын білім беру ұйымдары дайындық деңгейіне қарамастан, білім беру ұйымы қызмет көрсететін аумақта тұратын барлық балалардың қолжетімділігін қамтамасыз ете отырып, алты жастағы және күнтізбелік жылда алты жасқа толатын балаларды бірінші сыныпқа қабылдауды қамтамасыз етеді.".</w:t>
-[...196 lines deleted...]
-    </w:p>
+      "7. Родители или иные законные представители ребенка или обучающегося выбирают организации образования с учетом желания, индивидуальных склонностей и особенностей ребенка или обучающегося и в соответствии с условиями приема.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>10-тармақ</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+        <w:t>пункт 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "10. Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арасында балаларды ауыстыру үшін құжаттарды қабылдау осы Қағидаларға 2-қосымшаға сәйкес "Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары арасында балаларды ауыстыру үшін құжаттарды қабылдау" мемлекеттік көрсетілетін қызмет стандартына сәйкес портал арқылы немесе көрсетілетін қызметті беруші арқылы қағаз жеткізгіште жүзеге асырылады;</w:t>
+       "9. Организации образования, реализующие общеобразовательные учебные программы начального образования, обеспечивают прием в первый класс детей шести лет и детей, которым в текущем календарном году исполняется шесть лет, с обеспечением доступа всех детей, проживающих на территории обслуживания организации образования, независимо от уровня подготовки.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дополнить пунктами 9-1, 9-2, 9-3, 9-4, 9-5 и 9-6 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z16" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9-1. Прием документов и выдача результатов оказания государственной услуги осуществляются посредством веб-портала "электронного правительства" (далее – портал) и на бумажном носителе через организации начального, основного среднего, общего среднего образования ( далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для получения государственной услуги родители или иные законные представители ребенка (далее - услугополучатель) предоставляют услугодателю перечень документов согласно в приложению 1 к Типовым правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-2. Прием документов от родителей или иных законных представителей ребенка, поступающих в первый класс организаций образования, реализующих общеобразовательные учебные программы начального образования, производится с 1 апреля по 1 августа текущего календарного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-3. Услугополучателю, обратившемуся посредством портала в "личный кабинет", направляется уведомление о принятии запроса для оказания государственной услуги с указанием даты и времени получения результата государственной услуги (прием документов либо мотивированный отказ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-4. При обращении через портал в "личный кабинет" услугополучателя в течение одного рабочего дня поступает уведомление о зачислении ребенка с 1 сентября текущего года в организацию образования, в форме электронного документа, подписанного электронной цифровой подписью (далее - ЭЦП) уполномоченного лица услугодателя либо мотивированный отказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-5. Услугодатель при зачислении направляет уведомление о зачислении с 1 сентября текущего года первым троим подавшим заявление услугополучателям с территории обслуживания организации образования, затем - о зачислении с 1 сентября текущего года 1 (одному) претенденту не из территории обслуживания организации образования, из числа тех, кто зарегистрировался первым.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-6. При подаче заявки на бумажном носителе через услугодателя работник услугодателя регистрирует документы и в течение одного рабочего дня выдает услугополучателю расписку по форме, согласно приложению 1 к Типовым правилам, о том, что ребенок будет принят с 1 сентября текущего года или о мотивированном отказе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае подачи заявки на бумажном носителе, услугодатель при зачислении ребенка направляет уведомление о зачислении с 1 сентября текущего года первым троим подавшим заявление услугополучателям с территории обслуживания организации образования, затем - о зачислении с 1 сентября текущего года 1 (одному) претенденту не из территории обслуживания организации образования, из числа тех, кто зарегистрировался первым.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мынадай мазмұндағы 10-1, 10-2, 10-3, 10-4, 10-5, 10-6 және 10-7- тармақтармен толықтырылсын:</w:t>
+      Приказ о зачислении в первый класс издается организацией образования не ранее 25 августа текущего года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
-[...176 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>15</w:t>
+        <w:t>пункт 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10. Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования осуществляется в соответствии с государственной услугой "Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования" согласно приложению 2 к Типовым правилам через портал или услугодателя на бумажном носителе";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      дополнить пунктами 10-1, 10-2, 10-3, 10-4, 10-5, 10-6 и 10-7 следующего содержания: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "10-1. Для получения государственной услуги "Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования" услугополучатель подает через портал или на бумажном носителе перечень документов, указанных в стандарте госуслуг в приложении 2 к Типовым правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-2. В случае обращения через портал услугополучателю в "личный кабинет" направляется статус о принятии запроса на государственную услугу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель получает электронный открепительный талон и уведомление о зачислении в организацию образования в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя или мотивированный отказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-3. При приеме от услугополучателя документов на бумажном носителе услугодателем выдается расписка о приеме соответствующих документов и зачислении или мотивированный отказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-4. В случае получения услуги на бумажном носителе выбывающий из организации образования предоставляет талон о прибытии в другую организацию образования, в котором указывается его фамилия, имя, отчество (при наличии), дата рождения, класс обучения, школа с указанием адреса, далее выдается открепительный талон о выбытии с указанием фамилии, имени, отчества (при наличии), даты рождения, класса обучения, школы с указанием адреса и его личное дело.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-5. Открепительный талон о выбытии выдается для предъявления в организацию образования для прибытия обучающегося и сдачи личного дела. Перевод из одной организации среднего образования в другую, реализующей образовательные программы начального, основного среднего, среднего образования производится приказами руководителей организаций образования о зачислении/отчислении на основании подтверждающих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-6. В случае предоставления услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия, установления недостоверности представленных документов услугодатель отказывает в приеме заявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10-7. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункты 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1305,1397 +1329,1433 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, және </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "15. Мамандандырылған білім беру ұйымдарына оқуға қабылдау конкурстық негізде жүргізіледі (бұдан әрі-конкурс). </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
+      "15. Прием на обучение в специализированные организации образования производится на конкурсной основе (далее-конкурс). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Специализированная организация образования на своем интернет-ресурсе размещает квоту, позволяющую осуществить формирование класс-комплектов при проведении конкурсного отбора. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Прием документов для участия в конкурсе от родителей/законных представителей претендентов, поступающих в специализированную организацию образования, производится с 1 марта по 1 апреля текущего календарного года. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мамандандырылған білім беру ұйымы өзінің интернет-ресурсында конкурстық іріктеуді жүргізу кезінде сынып-жинақтарды қалыптастыруды жүзеге асыруға мүмкіндік беретін квотаны орналастырады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+      17. Приказом руководителя специализированной организации образования назначается ответственное лицо для приема документов. Ответственное лицо несет ответственность за создание электронной базы претендентов (наименование специализированной организации образования, ФИО, ИИН, класс, язык обучения, электронный адрес, копии дипломов (при наличии)) на участие в конкурсе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Мамандандырылған білім беру ұйымына түсуге үміткерлердің ата-аналарынан/заңды өкілдерінен конкурсқа қатысу үшін құжаттарды қабылдау ағымдағы күнтізбелік жылдың 1 наурызынан 1 сәуірге дейін жүргізіледі.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+      18. Для участия в конкурсе родитель/законный представитель претендента в установленные сроки проходит регистрацию на интернет-ресурсе специализированной организации образования или предоставляет в специализированную организацию образования ответственному лицу следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Мамандандырылған білім беру ұйымы басшысының бұйрығымен құжаттарды қабылдау үшін жауапты тұлға тағайындалады. Жауапты тұлға конкурсқа қатысуға үміткерлердің электрондық базасын құруға (мамандандырылған білім беру ұйымының атауы, аты-жөні, ЖСН, сыныбы, оқыту тілі, электрондық мекен-жайы, дипломдарының көшірмелері (бар болса) жауапты болады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+      1)   заявление от родителей или иных законных представителей ребенка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Конкурсқа қатысу үшін үміткердің ата-анасы/заңды өкілі белгіленген мерзімде мамандандырылған білім беру ұйымының интернет-ресурсында тіркеуден өтеді немесе мамандандырылған білім беру ұйымына жауапты тұлғаға келесі құжаттарды ұсынады:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
+      2) копия свидетельства о рождении претендента с указанием (приложением) ИИН;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) баланың ата-анасынан немесе өзге де заңды өкілдерінен өтініш;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      3) справка претендента с места учебы с фото, заверенная печатью организации, с указанием электронного адреса претендента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) ЖСН (қосымшада) көрсетілген үміткердің туу туралы куәлігінің көшірмесі;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      4)  фотография претендента размером 3х4 в количестве 2 штук;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) при наличии прилагается копия диплома об участии в республиканских олимпиадах, проводимых Республиканским научно-практическим центром Министерства образования и науки Республики Казахстан "Дарын" (далее-Центр Дарын), областными, городов Нур-Султан, Алматы, Шымкент управлениями образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z47" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) үміткердің электрондық мекен-жайын көрсете отырып, үміткердің оқу орнынан ұйымның мөрімен расталған фотосуреті бар анықтамасы;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      19. Основанием для отказа в приеме документов может являться подача заявления об участии в Конкурсе позже установленных сроков или неполный пакет документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) үміткердің 3х4 көлеміндегі 2 дана фотосуреті;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      20. После завершения приема документов до 3 апреля ответственное лицо каждой специализированной организации образования передает электронную базу претендентов для участия в конкурсе Центру "Дарын" для формирования тестовых материалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бар болса Қазақстан Республикасы Білім және ғылым министрлігінің "Дарын" республикалық ғылыми-практикалық орталығы (бұдан әрі-"Дарын" орталығы), облыстық, Нұр-Сұлтан, Алматы, Шымкент қалаларының білім басқармалары өткізетін республикалық олимпиадаларға қатысқаны туралы дипломның көшірмесі қоса беріледі.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+      21. Приказом руководителя Центра "Дарын" определяется ответственное лицо для работы с электронными базами претендентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z50" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. Для организации и проведения конкурса для приема на обучение Центром "Дарын" создается конкурсная комиссия. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. В состав конкурсной комиссии входят председатель конкурсной комиссии, сотрудники территориальных органов Комитета по обеспечению качества в сфере образования и науки Министерства образования и науки Республики Казахстан, учебно-методического совета Центра "Дарын", специальных мониторинговых групп, представителей общественных организаций в области образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z52" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24. Председатель конкурсной комиссии выбирается из числа членов комиссии. Количество членов комиссии должно составлять нечетное число, но не менее семи человек. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Конкурсқа қатысу туралы өтінішті белгіленген мерзімнен кеш беру немесе құжаттар топтамасын толық ұсынбау құжаттарды қабылдаудан бас тарту үшін негіз бола алады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+      25. Специализированной организацией образования утверждается квота в размере десяти процентов от общего количества принимаемых обучающихся в 7 классы для победителей национальной интеллектуальной олимпиады из сельских школ "Mың бала".";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z54" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      дополнить пунктами 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45 и 46 следующего содержания: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z55" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Құжаттарды қабылдау аяқталғаннан кейін 3 сәуірге дейін әрбір мамандандырылған білім беру ұйымының жауапты тұлғасы конкурсқа қатысу үшін үміткерлердің электрондық базасын "Дарын" орталығына тест материалдарын қалыптастыру үшін тапсырады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+      "26. Конкурсные материалы для проведения отбора в специализированные организации образования разрабатываются и утверждаются учебно-методическим советом Центра "Дарын".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z56" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27. Конкурс проходит в установленные Центром "Дарын" сроки в период с 15 по 30 апреля согласно утвержденному графику. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. "Дарын" орталығы басшысының бұйрығымен үміткерлердің электрондық базасымен жұмыс істеуге жауапты тұлға анықталады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+      28. График проведения конкурного отбора размещается на интернет ресурсах специализированных организаций образования и Центра "Дарын" с 5 по 15 апреля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z58" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. "Дарын" орталығы оқуға қабылдау үшін конкурсты ұйымдастыру және өткізу үшін конкурстық комиссия құрады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+      29. Конкурс проходит в режиме офф-лайн (тестирование).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z59" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Конкурстық комиссияның құрамына конкурстық комиссияның төрағасы, Қазақстан Республикасы Білім және ғылым министрлігі Білім және ғылым саласындағы сапаны қамтамасыз ету комитетінің өңірлік органдарының, "Дарын" орталығының оқу-әдістемелік кеңесінің, арнайы мониторингтік топтар қызметкерлері, білім беру саласындағы қоғамдық ұйымдар өкілдері кіреді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+      30. Тестовые материалы для проведения конкурса доставляются в специализированные организации образования в бумажном варианте, (запломбированные) сотрудниками Центра "Дарын" за день до начала проведения конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z60" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Конкурстық комиссияның төрағасы Комиссия мүшелерінің арасынан сайланады. Комиссия мүшелерінің саны тақ санды құрауы тиіс, бірақ жеті адамнан кем болмауы тиіс.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+      31. Конкурс проходит в каждом регионе на базе специализированной организации образования, заранее определяемой Центром "Дарын" по согласованию с местными исполнительными органами. Конкурс и подведение итогов проводится среди претендентов на зачисление в специализированную организацию образования в разрезе каждой специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z61" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Мамандандырылған білім беру ұйымы "Мың бала" ауыл мектептерінің ұлттық зияткерлік олимпиада жеңімпаздары үшін 7-сыныпқа қабылданатын оқушылардың жалпы санының он пайызы мөлшерінде квотаны бекітеді.";</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+      32. Для обеспечения прозрачности приема обучающихся в специализированной организации образования устанавливаются системы видеонаблюдения и аудиозаписи, используемые для запуска в здание, аудитории и места проведения конкурсного отбора. Специализированная организация образования оснащается техническим оборудованием для проведения Конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z62" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Тестирование для поступающих в 7 класс включает 75 вопросов по следующим предметам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z63" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - математика и логика – 55 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z64" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - грамотность чтения – 10 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z65" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - история Казахстана – 10 вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z66" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестирование для поступающих в 6 класс включает 60 вопросов по следующим предметам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z67" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - математика и логика – 35 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z68" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - грамотность чтения – 15 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z69" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - история Казахстана – 10 вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z70" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестирование для поступающих в 5 класс включает 40 вопросов по следующим предметам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z71" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - математика и логика – 30 вопросов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z72" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - грамотность чтения – 10 вопросов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z73" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Время, отведенное на тестирование в 7 классе составляет 120, в 6 классе – 90 минут, в 5 классе - 60 минут (время на раздачу тестовых материалов, заполнение секторов Листа ответов, а также разъяснительную работу в указанное время не входит).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z74" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. При вычислении итоговых результатов теста количество правильных ответов умножается на коэффициент "4" (четыре), тогда как один неправильный ответ умножается на коэффициент "-1". Таким образом, высчитывается общий итог (4* правильных ответа +(-)* неправильный ответ= общему итоговому баллу).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z75" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Обработка результатов проводится конкурсной комиссией при помощи сканирования листов ответа, получение результатов обеспечивается через единую систему проверки Центра "Дарын". Книжка-вопросник не рассматривается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z76" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Апелляция по результатам конкурсного отбора не проводится.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z77" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Победители и призеры областного этапа диплома об участии в республиканских олимпиадах, проводимых Центром "Дарын", областными, городов Нур-Султан, Алматы, Шымкент управлениями образования при одинаковом количестве набранных баллов имеют преимущество при зачислении в специализированную организацию образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z78" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Конкурсный отбор для претендентов, поступающих в специализированные организации образования, за исключением "Білім-инновация" лицейі", проводится в один тур (тестирование). Конкурсный отбор и прием в Білім-инновация" лицейі" проводится в порядке определенном Международным общественным фондом "Білім-инновация".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z79" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Зачисление претендентов на обучение в специализированную организацию образования происходит от максимального количества баллов в соответствии с вакантными местами в разрезе каждой специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z80" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Итоги конкурсного отбора претендентов оформляются протоколом конкурсной комиссии и размещаются на интернет-ресурсах Центра "Дарын" и специализированной организации образования не позднее следующего дня после проведения конкурсного отбора.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z81" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. По итогам конкурса до 5 мая руководитель специализированной организации образования издает приказ о зачислении в специализированную организацию образования с 1 сентября следующего учебного года и приказ по зачислению в резервный список.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z82" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Конкурсной комиссией формируется резервный список претендентов из числа претендентов конкурса (не более 10-ти претендентов), не вошедших в основные вакансии, по сумме набранных баллов в порядке убывания и размещается на интернет-ресурсе специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z83" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Претенденты, зачисленные в резервный список, могут быть приняты в специализированные организации образования в течение учебного года при наличии вакантных мест. Наличие вакантных мест размещается на интернет-ресурсе специализированной организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z84" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      мынадай мазмұндағы 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45 және 46-тармақтармен толықтырылсын: </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+      45. При высвобождении мест в 8-11 классах специализированная организация образования проводит конкурсный отбор самостоятельно, но не более утвержденного количества учащихся в соответствии с Санитарно-эпидемиологическими требованиями к объектам образования, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 16 августа 2017 года № 611 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 15681).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z85" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "26. Мамандандырылған білім беру ұйымдарына іріктеу жүргізу үшін конкурстық материалдарды "Дарын" орталығының оқу-әдістемелік кеңесі әзірлейді және бекітеді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+      46. Специализированные организации образования, обеспечивающие образование, направленное на углубленное освоение одаренными детьми основ военного дела, спорта, искусства, согласно Уставу школ проводят второй тур претендентов с учетом функциональных профессиональных, психологических и физиологических данных.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z86" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. Конкурс "Дарын" орталығы белгілеген мерзімде бекітілген кестеге сәйкес 15 – 30 сәуір аралығында өтеді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+      дополнить главой 3 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z87" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      28. Конкурстық іріктеуді өткізу кестесі мамандандырылған білім беру ұйымдарының және "Дарын" орталығының интернет-ресурстарында 5 сәуірден бастап 15 сәуірге дейін орналастырылады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+      "Глава 3. Порядок обжалования решений, действий (бездействий) местных исполнительных органов, города республиканского значения и столицы, района (города областного значения) услугодателя и (или) его должностных лиц по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z88" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      29. Конкурс офф-лайн (тестілеу) режимінде өтеді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+       47. Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг, в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z89" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z90" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      30. Конкурсты өткізу үшін тест материалдарын "Дарын" орталығының қызметкерлері конкурс басталғанға дейін бір күн бұрын мамандандырылған білім беру ұйымдарына қағаз түрінде (пломбаланған) жеткізеді.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+      Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z91" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      31. Конкурс әрбір өңірде жергілікті атқарушы органдармен келісім бойынша "Дарын" орталығы алдын ала айқындайтын мамандандырылған білім беру ұйымының базасында өтеді. Үміткерлер арасында конкурс және қорытынды шығару әрбір мамандандырылған білім беру ұйымы бөлінісінде өткізіледі. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+      48. В случаях несогласия с результатами оказания государственной услуги услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.". </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z92" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32. Білім алушыларды мамандандырылған білім беру ұйымдарына қабылдаудың ашықтығын қамтамасыз ету үшін ғимаратқа, аудиторияға және конкурстық іріктеу алаңына енгізу үшін қолданылатын бейнебақылау және дыбыс жазу жүйесі орнатылады. Мамандандырылған білім беру ұйымы конкурсты өткізу үшін техникалық жабдықтармен жарақтандырылады.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+      3. Признать утратившими силу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z93" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункт 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 приказа Министра образования и науки  Республики Казахстан от 8 апреля 2015 года № 179 "Об утверждении стандартов государственных услуг в сфере среднего образования, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 11057, опубликован в информационно-правовой системе нормативных правовых актов Республики Казахстан "Әділет" 22 мая 2015 года);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z94" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 25 января 2018 года № 28 "О внесении изменений и дополнения в приказ Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 179 "Об утверждении стандартов государственных услуг в сфере среднего образования, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативно-правовых актов за № 16749, опубликован 20 апреля 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z95" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      33. 7-сыныпқа түсушілерге арналған тестілеу келесі пәндер бойынша 75 сұрақтан тұрады:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="43"/>
+      4. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z96" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - математика және логика - 55 сұрақ;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z97" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - оқу сауаттылығы - 10 сұрақ;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z98" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - Қазақстан тарихы - 10 сұрақ.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      3) в течение десяти рабочих дней со дня государственной регистрации настоящего приказа направление его в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1), 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z99" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6-сыныпқа түсушілерге арналған тестілеу келесі пәндер бойынша 60 сұрақтан тұрады:</w:t>
-[...1 lines deleted...]
-    </w:p>
+      5. Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки Республики Казахстан Каринову Ш.Т.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z100" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - математика және логика - 35 сұрақ;</w:t>
-[...727 lines deleted...]
-    <w:bookmarkEnd w:id="69"/>
+      6. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7795"/>
         <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
@@ -2710,64 +2770,74 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
-[...2 lines deleted...]
-              <w:br/>
+              <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім және ғылым министрі </w:t>
+              <w:t xml:space="preserve">Министр образования и науки </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2792,158 +2862,135 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z102" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       "КЕЛІСІЛДІ"</w:t>
-[...91 lines deleted...]
-    </w:p>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство цифрового развития,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>инноваций и аэрокосмической промышленности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"____" ______________ 2020 год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2977,103 +3024,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
-[...51 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>Приложение к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>науки Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 24 июня 2020 года № 264</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -3094,1988 +3128,2275 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бастауыш, негізгі орта және</w:t>
-[...90 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к Типовым  правилам приема на</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучение в организации образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующие общеобразовательные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы начального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>основного среднего и общего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="374"/>
-        <w:gridCol w:w="1029"/>
-        <w:gridCol w:w="10897"/>
+        <w:gridCol w:w="1282"/>
+        <w:gridCol w:w="10644"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Бастауыш, негізгі орта, жалпы орта білім берудің жалпы білім беретін бағдарламалары бойынша оқыту үшін ведомстволық бағыныстылығына қарамастан білім беру ұйымдарына құжаттарды қабылдау және оқуға қабылдау" мемлекеттік қызметті көрсету стандарты</w:t>
+Стандарт государственной услуги: "Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+              <w:t xml:space="preserve">
+Наименование услугодателя </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10897" w:type="dxa"/>
+            <w:tcW w:w="10644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
+Организации начального, основного среднего, общего среднего образования (далее – услугодатель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Мемлекеттік көрсетілетін қызметті ұсыну тәсілдері </w:t>
+Способы предоставления государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10897" w:type="dxa"/>
+            <w:tcW w:w="10644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z105" w:id="92"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) веб-портал "электронного правительства" www.egov.kz (далее – портал);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) услугодателя.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="92"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...14 lines deleted...]
-2) көрсетілетін қызметті беруші арқылы жүзеге асырылады.</w:t>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Срок оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z106" w:id="93"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+С момента сдачи пакета документов услугодателю, а также при обращении через портал – один рабочий день.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для зачисления в организацию образования начального, основного среднего, общего среднего образования:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на очную и вечернюю форму обучения – не позднее 30 августа;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в первый класс – с 1 апреля по 1 августа текущего года.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="93"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Форма оказания государственной услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронная/бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік қызметті көрсету мерзімі </w:t>
+              <w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10897" w:type="dxa"/>
+            <w:tcW w:w="10644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z109" w:id="94"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача расписки о приеме документов и уведомления о зачислении в организацию среднего образования по форме согласно приложению 1 к настоящему Стандарту.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении через портал в "личный кабинет" услугополучателя приходит уведомление о зачислении в организацию образования в форме электронного документа, подписанного электронной цифровой подписью (далее - ЭЦП) уполномоченного лица услугодателя.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугодатель при зачислении направляет уведомление о зачислении с 1 сентября текущего года первым троим подавшим заявление услугополучателям из территории обслуживания, затем - о зачислении с 1 сентября текущего года 1 (одному) претенденту не из территории обслуживания, из числа тех, кто зарегистрировался первым.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При отказе в оказании государственной услуги услугодатель направляет услугополучателю мотивированный ответ с указанием причин отказа.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При обращении к услугодателю за результатом оказания государственной услуги на бумажном носителе результат оформляется на бумажном носителе.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="94"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушіге құжаттар топтамасын тапсырған, сондай-ақ портал арқылы жүгінген сәтінен бастап – қолхат алу үшін бір жұмыс күні;</w:t>
-[...41 lines deleted...]
-1-сыныпқа – 1 сәуірден 1 тамыз аралығында.</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1282" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бесплатно </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік қызметті көрсету нысаны </w:t>
+              <w:t>
+График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10897" w:type="dxa"/>
+            <w:tcW w:w="10644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z113" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
- Электронды / қағаз түрінде </w:t>
+1) услугодателя - с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому кодексу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) интернет-ресурсе услугодателя;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портале www.egov.kz.</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="95"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижелері</w:t>
+Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10897" w:type="dxa"/>
+            <w:tcW w:w="10644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z117" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттарды қабылдау туралы қолхат беру және осы орта білім беру ұйымына қабылдау туралы бұйрық шығару Стандарттың 1-қосымшасына сәйкес нысан бойынша жүзеге асырылады.</w:t>
-[...55 lines deleted...]
-Көрсетілетін қызметті берушіге мемлекеттік қызмет көрсету нәтижесі үшін қағаз жеткізгіште жүгінген кезде нәтиже қағаз жеткізгіште ресімделеді.</w:t>
+услугодателю;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление согласно приложению 2 к настоящему Стандарту;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) оригинал документа, удостоверяющего личность (требуется для идентификации),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) справка о состоянии здоровья (форма № 063/у, утвержденная </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 6697) и форма № 026/у-3, утвержденная </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об утверждении Инструкции по заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 2423));</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) фотографии ребенка размером 3х4 см в количестве 2 штук.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для приема на обучение в организации образования детей с особыми образовательными потребностями дополнительно представляется заключение педагого-медико-психологической комиссии при согласии законных представителей.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатели-иностранцы и лица без гражданства также представляют один из следующих документов, определяющих их статус, с отметкой о регистрации по месту проживания:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) иностранец - вид на жительство иностранца в Республике Казахстан;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) лицо без гражданства - удостоверение лица без гражданства;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) беженец - удостоверение беженца;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) лицо, ищущее убежище - свидетельство лица, ищущего убежище;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) оралман - удостоверение оралмана.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>На портал:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление одного из родителей (или иных законных представителей) услугополучателя в форме электронного документа, подписанного ЭЦП его представителя, с указанием фактического места жительства услугополучателя;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) электронные документы о состоянии здоровья формы № 063/у, утвержденной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов Республики Казахстан под № 6697), формы № 026/у-3, утвержденной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 "Об утверждении Инструкции по заполнению и ведению учетной формы 026/у-3 "Паспорта здоровья ребенка" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 2423));</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) цифровая фотография ребенка размером 3х4 см.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сведения о документе, удостоверяющего личность услугополучателя, свидетельство о рождении ребенка, адресную справку услугодатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении через портал услугополучателю в "личный кабинет" направляется уведомление-отчет о принятии запроса для оказания государственной услуги в форме электронного документа, удостоверенного ЭЦП.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В случаях представления услугополучателем неполного пакета документов согласно перечню, предусмотренному настоящим пунктом стандарта государственной услуги, и (или) документов с истекшим сроком действия услугодатель отказывает в приеме заявления.</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="96"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері </w:t>
+              <w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10897" w:type="dxa"/>
+            <w:tcW w:w="10644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z135" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Тегін </w:t>
+              <w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) несоответствие представленных документов услугополучателя, необходимых для оказания государственной услуги, требованиям, установленным </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Типовыми правилами</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования, утвержденными приказом Министра образования и науки Республики Казахстан от 12 октября 2018 года №546 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17553);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) переполненность класс-комплектов.</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="97"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="374" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcW w:w="1282" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10897" w:type="dxa"/>
+            <w:tcW w:w="10644" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z137" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...96 lines deleted...]
- 2) www.egov.kz порталында орналасқан.</w:t>
+              <w:t>
+1) максимально допустимое время ожидания для сдачи пакета документов – 15 минут;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) максимально допустимое время обслуживания – 15 минут.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП родителей (законных представителей).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Условия получения услуги третьими лицами:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронный запрос третьих лиц, при условии согласия лица, в отношении которого запрашиваются сведения, предоставленного из "личного кабинета" на портале.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...781 lines deleted...]
-          </w:p>
+          <w:bookmarkEnd w:id="98"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5112,155 +5433,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Бастауыш, негізгі орта, жалпы </w:t>
-[...103 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t xml:space="preserve">Приложение 1 к Стандарту </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов и </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -5281,51 +5524,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t xml:space="preserve">зачисление в организации </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования, независимо</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от ведомственной подчиненности, для</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучения по общеобразовательным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программам начального, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -5346,468 +5641,536 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">основного среднего, общего </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднего образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководителю</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>_______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу орынының атауы</w:t>
-[...38 lines deleted...]
-              <w:t>Аты-жөні (толық)</w:t>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________/</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф.И.О. (при наличии) полностью</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z79" w:id="70"/>
+    <w:bookmarkStart w:name="z147" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қолхат</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="70"/>
+        <w:t xml:space="preserve">                                      Расписка</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z148" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      білім беру ұйымының көрсетілге н қызметті алушыдан құжаттарды алғаны туралы </w:t>
-[...325 lines deleted...]
-    </w:p>
+      о получении документов у услугополучателя организации образования  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (полное наименование организации образования)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (наименование населенного пункта, района, города и области)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Расписка о приеме документов № _________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Получены от _______________________________________ следующие документы: </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (Ф.И.О. (при наличии) услугополучателя)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Заявление  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Другие _______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата приема заявления ________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. (при наличии) (ответственного лица, принявшего документы) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(подпись)  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон _____________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Получил: Ф.И.О. (при наличии)/подпись услугополучателя</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" _________ 20__ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5841,155 +6204,77 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Бастауыш, негізгі орта, жалпы </w:t>
-[...103 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t xml:space="preserve">Приложение 2 к Стандарту </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов и </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -6010,51 +6295,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t xml:space="preserve">зачисление в организации </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования, независимо</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от ведомственной подчиненности, для</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучения по общеобразовательным</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программам начального, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -6075,342 +6412,419 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">основного среднего, общего </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднего образования"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководителю</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>_______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
-[...12 lines deleted...]
-              <w:t>Басшысына</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Аты-жөні (толық)</w:t>
+              <w:t>Ф.И.О. (при наличии) полностью/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z81" w:id="71"/>
+    <w:bookmarkStart w:name="z154" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Өтініш</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="71"/>
+        <w:t xml:space="preserve">                                Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z155" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Менің ұлымды / қызымды (баланың Т. А. Ә. (болған жағдайда)) </w:t>
-[...199 lines deleted...]
-    </w:p>
+      Прошу зачислить моего сына/дочь (Ф.И.О. (при наличии) ребенка)  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________________________________________  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________________________________________  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для обучения в</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________ класс __________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (полное наименование организации образования)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проживающего по </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>адресу __________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (наименование населенного пункта, района, города и области)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________ "___" ________ 20__ г. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6444,1662 +6858,1784 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бастауыш, негізгі орта және </w:t>
-[...90 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к Типовым правилам приема на </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение в организации </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">образования, реализующие </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">общеобразовательные учебные </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">программы начального, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основного среднего и общего </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">среднего образования </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="523"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9941"/>
+        <w:gridCol w:w="508"/>
+        <w:gridCol w:w="2059"/>
+        <w:gridCol w:w="9733"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Негізгі орта, жалпы орта білім беретін ұйымдар арасында балалар ауыстыру үшін құжаттарды қабылдау" мемлекеттік қызмет көрсету стандарты</w:t>
+Стандарт государственной услуги: "Прием документов для перевода детей между организациями начального, основного среднего, общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+              <w:t xml:space="preserve">
+Наименование услугодателя </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9941" w:type="dxa"/>
+            <w:tcW w:w="9733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бастауыш, негізгі орта, жалпы орта білім беру ұйымдары (бұдан әрі – көрсетілетін қызметті беруші).</w:t>
+Организации начального, основного среднего, общего среднего образования (далее - услугодатель).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+              <w:t xml:space="preserve">
+Способы предоставления государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9941" w:type="dxa"/>
+            <w:tcW w:w="9733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z157" w:id="103"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) веб-портал "электронного правительства" www.egov.kz (далее – портал);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) услугодателя.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="103"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) "электрондық үкіметтің" веб-порталы www.egov.kz (бұдан әрі – портал);</w:t>
-[...13 lines deleted...]
-2) көрсетілетін қызметті беруші арқылы жүзеге асырылады.</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcW w:w="9733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Срок оказания – 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9941" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызмет көрсету мерзімі – 30 минут.</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcW w:w="9733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету нысаны</w:t>
+Электронная/бумажная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9941" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электронды / қағаз түрінде.</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcW w:w="9733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z158" w:id="104"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выдача расписки о приеме документов на перевод из одной организации среднего образования в другую по форме согласно приложению 1 к настоящему Стандарту.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении через портал в "личный кабинет" услугополучателя приходит уведомление о зачислении в организацию образования или о мотивированном отказе с указанием причин отказа в форме электронного документа, подписанного электронной цифровой подписью (далее - ЭЦП) уполномоченного лица услугодателя.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При обращении к услугодателю за результатом оказания государственной услуги на бумажном носителе результат оформляется на бумажном носителе.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При не обращении услугополучателя за результатом государственной услуги в указанный срок, услугодатель обеспечивает их хранение по месту приема до получения услугополучателем.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="104"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9941" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Осы Стандартқа 1-қосымшаға сәйкес нысан бойынша бір орта білім беру ұйымынан екіншісіне ауыстыруға құжаттарды қабылдау туралы қолхат беру.</w:t>
-[...41 lines deleted...]
-Көрсетілетін қызметті алушы көрсетілген мерзімде мемлекеттік көрсетілетін қызметтің нәтижесін алуға өтініш білдірмеген жағдайда, көрсетілетін қызметті беруші оларды көрсетілетін қызметті алушы алғанға дейін қабылдау орны бойынша сақтауды қамтамасыз етеді.</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcW w:w="9733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+Бесплатно</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілген қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9941" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегін</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z161" w:id="105"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) услугодателя - с понедельника по пятницу, в соответствии с установленным графиком работы с 9.00 до 18.30 часов, за исключением выходных и праздничных дней, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому кодексу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан от 23 ноября 2015 года (далее – Кодекс) с перерывом на обед с 13.00 часов до 14.30 часов. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем). </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адреса мест оказания государственной услуги размещены на: </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) интернет-ресурсе услугодателя; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портале www.egov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="105"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс уақыты</w:t>
+Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9941" w:type="dxa"/>
+            <w:tcW w:w="9733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z165" w:id="106"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- услугодателю:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление на имя руководителя организации образования, согласно приложению 2 к настоящему Стандарту;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность (для идентификации),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) открепительный талон.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- через портал:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявление, удостоверенное ЭЦП услугополучателя, по форме, согласно приложению 2 к настоящему Стандарту;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) электронная копия открепительного талона</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="106"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...96 lines deleted...]
-2) www.egov.kz порталында орналастырылған</w:t>
+              <w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcW w:w="9733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z171" w:id="107"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) несоответствие представленных документов услугополучателя, необходимых для оказания государственной услуги, требованиям, установленным </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Типовыми правилами</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> приема на обучение в организации образования, реализующие общеобразовательные учебные программы начального, основного среднего и общего среднего образования, утвержденными приказом Министра образования и науки Республики Казахстан от 12 октября 2018 года №546 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17553);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) переполненность класс-комплектов.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="107"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9941" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- көрсетілетін қызметті беруші үшін;</w:t>
-[...83 lines deleted...]
-2) есептен шығару талонының электрондық нұсқасы.</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="523" w:type="dxa"/>
+            <w:tcW w:w="9733" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z173" w:id="108"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+1) максимально допустимое время ожидания для сдачи пакета документов -15 минут.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) максимально допустимое время обслуживания услугополучателя – 30 минут.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, справочных служб услугодателя, а также Единого контакт-центра "1414", 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...273 lines deleted...]
-          </w:p>
+          <w:bookmarkEnd w:id="108"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8136,129 +8672,116 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Негізгі орта, жалпы орта білім</w:t>
-[...77 lines deleted...]
-              <w:t>1-қосымша</w:t>
+              <w:t xml:space="preserve">Приложение 1 к Стандарту </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов для </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>перевода детей между организациями</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -8279,272 +8802,237 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Нысан </w:t>
+              <w:t xml:space="preserve">Форма </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z84" w:id="72"/>
+    <w:bookmarkStart w:name="z178" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Есептен шығару талонының нысаны</w:t>
-[...128 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">                          Форма открепительного талона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z179" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________________________________________________</w:t>
-[...55 lines deleted...]
-    </w:p>
+      Фамилия __________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Имя ____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Отчество ________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата рождения ___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Класс ___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Школа __________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (наименование организации образования)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Директор школы __________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               Ф.И.О. полностью</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">М.П.  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___" ___________ 20__ год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8578,129 +9066,116 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Негізгі орта, жалпы орта білім</w:t>
-[...77 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t xml:space="preserve">Приложение 2 к Стандарту </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной услуги:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Прием документов для </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>перевода детей между организациями</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>начального, основного среднего,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -8721,379 +9196,339 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Руководителю</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>_______________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
-[...38 lines deleted...]
-              <w:t>Т.А.Ә. (болған жағдайда)</w:t>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________/</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф.И.О. (при наличии) полностью/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z86" w:id="73"/>
+    <w:bookmarkStart w:name="z182" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Өтініш </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="73"/>
+        <w:t xml:space="preserve">                                      Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z183" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Менің ұлымды / қызымды (баланың Т. А. Ә. (болған жағдайда)) </w:t>
-[...199 lines deleted...]
-    </w:p>
+      Прошу зачислить моего сына/дочь (Ф.И.О. (при наличии) ребенка)  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для обучения в </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>класс ______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (полное наименование организации образования)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проживающего по адресу _____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (наименование населенного пункта, района, города и области)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласен на использования сведений, составляющих охраняемую законом тайну, </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">содержащихся в информационных системах </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________ "___" ________ 20__ года </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>