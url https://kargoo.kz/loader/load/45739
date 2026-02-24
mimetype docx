--- v0 (2025-10-17)
+++ v1 (2026-02-24)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d482479" w14:textId="d482479">
+    <w:p w14:paraId="606f03e" w14:textId="606f03e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,1340 +76,1294 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Экстернат нысанында оқыту қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 22 қаңтардағы № 61 бұйрығына өзгерістер мен толықтырулар енгізу туралы</w:t>
+        <w:t>О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 22 января 2016 года № 61 "Об утверждении Правил обучения в форме экстерната"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 29 мамырдағы № 225 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 29 мамырда № 20777 болып тіркелді</w:t>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 29 мая 2020 года № 225. Зарегистрирован в Министерстве юстиции Республики Казахстан 29 мая 2020 года № 20777</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес БҰЙЫРАМЫН: </w:t>
+      В соответствии с подпунктом 1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Экстернат нысанында оқыту қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 22 қаңтардағы № 61 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13110 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылғы 24 ақпанда жарияланған) мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 22 января 2016 года № 61 "Об утверждении Правил обучения в форме экстерната" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13110, опубликован 24 февраля 2016 года в информационно-правовой системе "Әділет") следующие изменения и дополнения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+        <w:t>
+      заголовок приказа изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Экстернат нысанында оқыту және "Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқуға рұқсат беру" мемлекеттік көрсетілетін қызмет қағидаларын бекіту туралы";</w:t>
+      "Об утверждении Правил обучения в форме экстерната и оказания государственной услуги "Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-тармақ</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+        <w:t>пункт 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      "1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения в форме экстерната и оказания государственной услуги "Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения в форме экстерната, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      "1. Қоса берілген Экстернат нысанында оқыту және "Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқуға рұқсат беру" мемлекеттік көрсетілетін қызмет қағидалары бекітілсін.";</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+      заголовок изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...23 lines deleted...]
-    <w:bookmarkEnd w:id="5"/>
+        <w:t>
+      "Правила обучения в форме экстерната и оказания государственной услуги "Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>атауы</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+        <w:t>пункт 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
+        <w:t xml:space="preserve">
+      "1. Настоящие Правила обучения в форме экстерната и оказания государственной услуги "Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования" (далее – Правила) разработаны в соответствии с подпунктом 46-10) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 27 июля 2007 года "Об образовании" (далее - Закон), со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" и определяют порядок обучения в форме экстерната и оказания государственной услуги выдачи разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-тармақ</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+        <w:t>пункт 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...43 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
+        <w:t>
+      "10. Прием заявлений и выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования осуществляется согласно стандарту государственной услуги "Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования", утвержденному согласно приложению 1 к настоящим Правилам (далее – стандарт).".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>10-тармақ</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="8"/>
+        <w:t>пункт 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исключить.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "10. Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқуға өтініштерді қабылдау және оған рұқсат беру осы Қағидаларға 1-қосымшаға сәйкес бекітілген "Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат беру" мемлекеттік көрсетілетін қызмет стандартына (бұдан әрі - Стандарт) сәйкес ресімделеді.</w:t>
-[...7 lines deleted...]
-        <w:jc w:val="left"/>
+      дополнить главой 3 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...1 lines deleted...]
-    </w:p>
+      "Глава 3. Порядок оказания государственной услуги выдачи разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      20. Государственная услуга оказывается местными исполнительными органами городов Нур-Султана, Алматы, Шымкента, районов и городов областного значения (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для получения разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования физическое лицо (далее – услугополучатель) представляет услугодателю через веб-портал "электронного правительства" www.egov.kz, (далее - портал) документы, указанные в пункте 8 приложения 1 к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги изложены согласно приложению 1 к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Канцелярия услугодателя в день поступления документов осуществляет их прием, регистрацию и направляет на рассмотрение услугодателю.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни в соответствии с Трудовым кодексом Республики Казахстан от 23 ноября 2015 года прием запроса и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Услугодатель в течение 2 (двух) рабочих дней с момента регистрации документов, проверяет полноту представленных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При представлении услугополучателем неполного пакета документов услугодатель в указанные сроки направляет в "личный кабинет" услугополучателя на портале мотивированный отказ в дальнейшем рассмотрении заявления согласно приложению 2 к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. В случае предоставления услугополучателем полного пакета документов услугодатель направляет запрос в соответствующую организацию образования и получает ответ о сведениях в отношении услугополучателя – в течение 6 рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После получения сведений от соответствующей организации образования в течение 2 (двух) рабочих дней услугодателем рассматривается содержание представленных документов, готовится и согласовывается с руководителем приказ о выдаче разрешения на экстернатное обучение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Результат оказания государственной услуги направляется на портал и хранится в "личном кабинете" услугополучателя в форме электронного документа, подписанного электронной цифровой подписью (далее – ЭЦП) уполномоченного лица услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+      25. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации, согласно подпункту 11) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона "О государственных услугах"."</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мынадай мазмұндағы 3-тараумен толықтырылсын:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+      дополнить главой 4 следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "3-тарау. Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқуға рұқсат беру мемлекеттік қызметін көрсету тәртібі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+      "Глава 4. Порядок обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Мемлекеттік көрсетілетін қызметті Нұр-Сұлтан, Алматы, Шымкент қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары (бұдан әрі - көрсетілетін қызметті беруші) жүзеге асырылады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="11"/>
+      26. Жалоба на решение, действий (бездействия) услугодателя по вопросам оказания государственных услуг может быть подана на имя руководителя услугодателя в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      27. Жалоба услугополучателя, поступившая в адрес непосредственно оказывающих государственные услуги услугодателя, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқуға рұқсат алу үшін жеке тұлға (бұдан әрі - көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге www.egov.kz "электрондық үкімет" веб-порталы арқылы Қағидаларға 1-қосымшаның 8-тармағында көрсетілген құжаттарды ұсынады.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      28. Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі, оның ішінде процестің сипаттамасы, нысаны, мазмұны және ұсыну нәтижесі, сондай-ақ мемлекеттік қызметті көрсету ерекшеліктері ескерілген өзге де ақпараттар Қағидаларға 1-қосымшаға сәйкес көрсетілген.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+      29. В случаях несогласия с результатами оказания государственной услуги услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      дополнить приложениями 1, 2, 3 и 4 согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Признать утратившими силу некоторые приказы Министерства образования и науки Республики Казахстан согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      21. Көрсетілетін қызметті берушінің кеңсесі құжаттар түскен күні оларды қабылдауды, тіркеуді жүзеге асырады және оны көрсетілетін қызметті берушіге қарауға жолдайды.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="12"/>
+      3. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Көрсетілетін қызметті беруші құжаттарды тіркеген сәттен бастап 2 (екі) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған жағдайда көрсетілетін қызметті беруші аталған мерзімде көрсетілетін қызметті алушының порталдағы "жеке кабинетіне" Қағидаларға 2-қосымшаға сәйкес өтінішті одан әрі қараудан бас тарту туралы дәлелді жауап жолдайды.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Көрсетілетін қызметті алушы құжаттарды толық ұсынған жағдайда көрсетілетін қызметті беруші тиісті білім беру ұйымына сұрату жібереді және көрсетілетін қызметті алушыға қатысты мәліметтер туралы жауап алады - 6 жұмыс күні ішінде.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
+      4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тиісті білім беру ұйымынан мәліметтерді алғаннан кейін көрсетілетін қызметті беруші 2 (екі) жұмыс күні ішінде ұсынылған құжаттардың мазмұнын қарайды, экстернат нысанында оқуға рұқсат беру туралы бұйрықты дайындайды және басшымен келіседі.</w:t>
-[...461 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7795"/>
         <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
@@ -1424,64 +1378,74 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Қазақстан Республикасының</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Министр образования и науки </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1583,103 +1547,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение к приказу 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2020 жылғы 29 мамырдағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 225 бұйрығына</w:t>
-[...12 lines deleted...]
-              <w:t>қосымша 1</w:t>
+              <w:t>от 29 мая 2020 года № 225</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -1700,1497 +1651,1587 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Экстернат нысанында оқыту</w:t>
+              <w:t>Приложение 1 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және "Негізгі орта, жалпы орта</w:t>
+              <w:t xml:space="preserve">обучения в форме экстерната и </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім беру ұйымдарында</w:t>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>экстернат нысанында оқуға</w:t>
+              <w:t xml:space="preserve">"Выдача разрешения на </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>рұқсат беру" мемлекеттік</w:t>
+              <w:t>обучение в форме экстерната в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет</w:t>
+              <w:t>организациях основного среднего,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына 1-қосымша</w:t>
+              <w:t>общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="540"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9864"/>
+        <w:gridCol w:w="592"/>
+        <w:gridCol w:w="2400"/>
+        <w:gridCol w:w="9308"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқуға рұқсат беру" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+Стандарт оказания государственной услуги "Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="592" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1896" w:type="dxa"/>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
+Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9864" w:type="dxa"/>
+            <w:tcW w:w="9308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нұр-Сұлтан, Алматы, Шымкент қалаларының, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары (бұдан әрі - көрсетілетін қызметті беруші)</w:t>
+Местные исполнительные органы городов Нур-Султан, Алматы, Шымкент, районов и городов областного значения (далее – услугодатель).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="592" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1896" w:type="dxa"/>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9864" w:type="dxa"/>
+            <w:tcW w:w="9308" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z48" w:id="37"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прием заявления и выдача результата оказания государственной услуги осуществляется через:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+веб-портал "электронного правительства" www.egov.kz (далее - портал).</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="37"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="592" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтінішті қабылдау және мемлекеттік қызмет көрсету нәтижесін беру www.egov.kz "электрондық үкімет" веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1896" w:type="dxa"/>
+            <w:tcW w:w="9308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+Срок оказания - 10 рабочих дней.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9864" w:type="dxa"/>
+            <w:tcW w:w="592" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қызмет көрсету мерзімі- 10 жұмыс күні.</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1896" w:type="dxa"/>
+            <w:tcW w:w="9308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету нысаны</w:t>
+Электронная (полностью автоматизированная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9864" w:type="dxa"/>
+            <w:tcW w:w="592" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-электрондық (толық автоматтандырылған)</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1896" w:type="dxa"/>
+            <w:tcW w:w="9308" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z49" w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выписка из приказа о разрешении на обучение в форме экстерната в организациях основного среднего, общего среднего образования по форме согласно приложению 3 к настоящим Правилам, либо мотивированный отказ в дальнейшем рассмотрении заявления в случаях и по основаниям, предусмотренным в пункте 9 настоящего стандарта государственной услуги.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+   Форма предоставления результата оказания государственной услуги: электронная.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="38"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="592" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсетудің нәтижесі</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9864" w:type="dxa"/>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қағидаларға 3-қосымшаға сәйкес нысан бойынша негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат беру туралы бұйрықтың көшірмесі болып табылады немесе осы мемлекеттік көрсетілетін қызмет стандартының 9-тармағында көзделген жағдайлар негізінде өтінішті одан әрі қараудан дәлелді бас тарту болып табылады.</w:t>
-[...13 lines deleted...]
-Мемлекеттік қызмет көрсету нәтижесін ұсыну нысаны: электронды.</w:t>
+Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="9308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+Бесплатно</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1896" w:type="dxa"/>
+            <w:tcW w:w="592" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9864" w:type="dxa"/>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегін</w:t>
+График работы</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9308" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z50" w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) услугодателя – с понедельника по пятницу включительно, за исключением выходных и праздничных дней согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы, с перерывом на обед с 13.00 до 14.30 часов.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) портала – круглосуточно, за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно Кодексу, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) интернет-ресурсе услугодателя;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) портале www.egov.kz.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="592" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1896" w:type="dxa"/>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9864" w:type="dxa"/>
+            <w:tcW w:w="9308" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z54" w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление в форме электронного запроса, подписанного ЭЦП услугополучателя согласно приложению 4 к настоящим Правилам;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) электронное заключение врачебно-консультационной комиссии, форма 035-1/у, утвержденная приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 23 ноября 2010 года № 907 "Об утверждении форм первичной медицинской документации организаций здравоохранения" - для обучающихся, не имеющих возможность посещать организации образования по состоянию здоровья;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) электронные табеля успеваемости – для обучающихся, имеющих оценки "4" и "5" по всем изученным предметам на протяжении всего периода обучения;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) электронная справка о временном проживании за рубежом родителей услугополучателя или лиц, их заменяющих, в случае выезда обучающегося с родителями или лиц их заменяющих за рубеж;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) электронный документ на имя услугополучателя, подтверждающий его обучение за рубежом, в случае выезда обучающегося за рубеж без сопровождения родителей или лиц их заменяющих.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="592" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті беруші - Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда дүйсенбіден жұмаға дейін 13.00-ден 14.30-дейінгі түскі үзіліспен белгіленген жұмыс кестесіне сәйкес;</w:t>
-[...41 lines deleted...]
-2) порталда www.egov.kz.</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1896" w:type="dxa"/>
+            <w:tcW w:w="9308" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z58" w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) представление услугополучателем неполного пакета документов;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) установление недостоверности документов услугополучателя.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="592" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін қажетті құжаттардың тізбесі</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9864" w:type="dxa"/>
+            <w:tcW w:w="2400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) осы Қағидаларға 4-қосымшаға сәйкес көрсетілетін қызметті алушының ЭЦҚ-сы қойылған электрондық сұрату нысанындағы өтініші;</w:t>
-[...75 lines deleted...]
-5) білім алушы шетелге ата-анасының немесе оларды алмастыратын адамдардың жетегінсіз шығатын болса, көрсетілетін қызметті алушының шетелде оқитындығын растайтын электронды құжаты.</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcW w:w="9308" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z59" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия ЭЦП.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Услугополучатель имеет возможность получения информации о статусе оказания государственной услуги в режиме удаленного доступа посредством справочных служб услугодателя, Единого контакт-центра.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контактные телефоны справочных служб размещены на интернет-ресурсе www.edu.gov.kz в разделе "Государственные услуги", Единого контакт-центра: 1414, 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...225 lines deleted...]
-          </w:p>
+          <w:bookmarkEnd w:id="42"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3227,103 +3268,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение к приказу 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2020 жылғы 29 мамырдағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 225 бұйрығына</w:t>
-[...12 lines deleted...]
-              <w:t>қосымша 2</w:t>
+              <w:t>от 29 мая 2020 года № 225</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -3344,129 +3372,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Экстернат нысанында оқыту</w:t>
+              <w:t>Приложение 2 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және "Негізгі орта, жалпы орта</w:t>
+              <w:t xml:space="preserve">обучения в форме экстерната и </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім беру ұйымдарында</w:t>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>экстернат нысанында оқуға</w:t>
+              <w:t xml:space="preserve">"Выдача разрешения на </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>рұқсат беру" мемлекеттік</w:t>
+              <w:t>обучение в форме экстерната в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет</w:t>
+              <w:t>организациях основного среднего,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына 2-қосымша</w:t>
+              <w:t>общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -3487,456 +3515,346 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z64" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Өтінішті қараудан бас тарту туралы хабарлама Хабарландырылады</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">                    Уведомление об отказе в рассмотрении заявления</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z65" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      Уведомляется</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z66" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...365 lines deleted...]
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (фамилия, имя, отчество (при наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в том, что при рассмотрении заявления о выдаче разрешения на обучение в форме экстерната</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выявлено  отсутствие и/или недостоверность следующего</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________________________________________________________________ , </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (указать основание)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обязательность которого определена пунктом 9 Стандарта, в связи с чем в рассмотрении</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявления о выдаче  разрешения на обучение в форме экстерната отказано.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наименование и адрес организации, взявшей на себя ответственность за отказ в рассмотрении заявления)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Регистрационный номер и дата решения об отказе рассмотрении заявления о выдаче </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>разрешения на обучение в форме экстерната:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ________________________ от "____" ______________________ 20 __ г.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________ _______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (должность)                               (инициалы, фамилия) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электронная цифровая подпись ответственного лица</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3970,103 +3888,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение к приказу 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2020 жылғы 29 мамырдағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 225 бұйрығына</w:t>
-[...12 lines deleted...]
-              <w:t>қосымша 3</w:t>
+              <w:t>от 29 мая 2020 года № 225</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4087,129 +3992,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Экстернат нысанында оқыту</w:t>
+              <w:t>Приложение 3 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және "Негізгі орта, жалпы орта</w:t>
+              <w:t xml:space="preserve">обучения в форме экстерната и </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім беру ұйымдарында</w:t>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>экстернат нысанында оқуға</w:t>
+              <w:t xml:space="preserve">"Выдача разрешения на </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>рұқсат беру" мемлекеттік</w:t>
+              <w:t>обучение в форме экстерната в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет</w:t>
+              <w:t>организациях основного среднего,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына 3-қосымша</w:t>
+              <w:t>общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4230,362 +4135,320 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z70" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Негізгі орта, жалпы орта білім беру ұйымдарында экстернат нысанында оқытуға рұқсат беру туралы бұйрықтан үзінді</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">              Выписка из приказа о разрешении на обучение в форме экстерната в</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             организациях основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z71" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...2 lines deleted...]
-    </w:p>
+        <w:t>
+      Уникальный номер:___________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z72" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...2 lines deleted...]
-    </w:p>
+        <w:t>
+      Дата и время получения:___________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z73" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    ________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование местного исполнительного органа)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z74" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      ВЫПИСКА</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z75" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      из приказа о разрешении на обучение в форме экстерната в организациях основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z76" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гражданин (-ка): ______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (Ф.И.О. (при его наличии) услугополучателя, индивидуальный идентификационный номер)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z77" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата обращения:_____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z78" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выписка из приказа о разрешении на обучение в форме экстерната в организациях основного среднего, общего среднего образования на основании приказа №___________ от __________ _____ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z79" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (должность, Ф.И.О. (при его наличии) ответственного лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z80" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...44 lines deleted...]
-        </w:rPr>
         <w:t>
-      оқытуға рұқсат беру туралы бұйрықтан</w:t>
-[...173 lines deleted...]
-    </w:p>
+      Электронная цифровая подпись ответственного лица</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4619,103 +4482,90 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение к приказу 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2020 жылғы 29 мамырдағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 225 бұйрығына</w:t>
-[...12 lines deleted...]
-              <w:t>қосымша 4</w:t>
+              <w:t>от 29 мая 2020 года № 225</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4736,129 +4586,129 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Экстернат нысанында оқыту</w:t>
+              <w:t>Приложение 4 к Правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және "Негізгі орта, жалпы орта</w:t>
+              <w:t xml:space="preserve">обучения в форме экстерната и </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>білім беру ұйымдарында</w:t>
+              <w:t xml:space="preserve">оказания государственной услуги </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>экстернат нысанында оқуға</w:t>
+              <w:t xml:space="preserve">"Выдача разрешения на </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>рұқсат беру" мемлекеттік</w:t>
+              <w:t>обучение в форме экстерната в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсетілетін қызмет</w:t>
+              <w:t>организациях основного среднего,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына 4-қосымша</w:t>
+              <w:t>общего среднего образования"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4879,142 +4729,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кімге:______________________</w:t>
-[...90 lines deleted...]
-              <w:t>жеке сәйкестендіру нөмірі/</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -5035,444 +4794,526 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>Кому: Руководителю</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование местного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительного органа</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от: __________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ф.И.О. (при его наличии)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>полностью индивидуальный</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификационный номер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z86" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Экстернат нысанында оқытуға рұқсат беруге өтініш</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">                    Заявление на обучение в форме экстерната</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z87" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 6-бабының </w:t>
-[...1 lines deleted...]
-    </w:p>
+      Прошу выдать разрешение на обучение в форме экстерната в </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (указать наименование организации образования, класс обучения)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z88" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2-тармағы </w:t>
-[...337 lines deleted...]
-    </w:p>
+      в соответствии с подпунктом 24-4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 6 (подпунктом 25-7) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подпунктом 21-3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 6) Закона Республики Казахстан от 27 июля 2007 года </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Об образовании", а также с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 20 Закона Республики Казахстан от 15 апреля</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2013 года "О государственных услугах" на ученика:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________ ________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             Ф. И. О. (при его наличии) ученика,                         дата рождения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласен(а) на использования сведений, составляющих охраняемую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 21 мая 2013 года "О персональных данных и их защите" тайну, содержащихся в информационных системах. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"___" ____________ 20__года </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электронная цифровая подпись услугополучателя</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5506,323 +5347,310 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Приложение к приказу 5</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрінің</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2020 жылғы 29 мамырдағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 225 бұйрығына</w:t>
-[...12 lines deleted...]
-              <w:t>қосымша 5</w:t>
+              <w:t>от 29 мая 2020 года № 225</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="31"/>
+    <w:bookmarkStart w:name="z91" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы Білім және ғылым министрлігінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="32"/>
+        <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министерства образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z92" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) "Орта білім беру саласында жергілікті атқарушы органдармен мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 8 сәуірдегі № 179 бұйрығының 1-тармағының </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="33"/>
+      1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункт 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 приказа Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 179 "Об утверждении стандартов государственных услуг в сфере среднего образования, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 11057, опубликован 22 мая 2015 года в Информационно-правовой системе нормативных правовых актов Республики Казахстан "Әділет");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z93" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) "Орта білім беру саласында жергілікті атқарушы органдармен мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым Министрінің 2015 жылғы 8 сәуірдегі № 179 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 27 қарашадағы № 658 </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="34"/>
+      2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 27 ноября 2015 года № 658 "О внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 179 "Об утверждении стандартов государственных услуг в сфере среднего образования, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 12816, опубликован 18 января 2016 года Информационно-правовой системе нормативных правовых актов Республики Казахстан "Әділет");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z94" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) "Орта білім беру саласында жергілікті атқарушы органдармен мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым Министрінің 2015 жылғы 8 сәуірдегі № 179 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 22 қаңтардағы № 68 бұйрығының 1-тармағының </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="35"/>
+      3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункт 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 приказа Министра образования и науки Республики Казахстан от 22 января 2016 года № 68 "О внесении изменений в приказ Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 179 "Об утверждении стандартов государственных услуг в сфере среднего образования, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13346, опубликован 1 апреля 2016 года Информационно-правовой системе нормативных правовых актов Республики Казахстан "Әділет");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z95" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) "Орта білім беру саласында жергілікті атқарушы органдармен мемлекеттік көрсетілетін қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 8 сәуірдегі № 179 бұйрығына өзгерістер мен толықтыру енгізу туралы Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 25 қаңтардағы № 28 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="35"/>
+      4) абзацы сороковой, сорок первый, сорок второй, сорок третий, сорок четвертый, сорок пятый, сорок шестой, сорок седьмой, сорок восьмой, сорок девятый, пятидесятый, пятьдесят первый, пятьдесят второй, пятьдесят третий, пятьдесят четвертый, пятьдесят пятый, пятьдесят шестой, пятьдесят седьмой, пятьдесят восьмой, пятьдесят девятый, шестидесятый, шестьдесят первый </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 25 января 2018 года № 28 "О внесении изменений и дополнения в приказ Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 179 "Об утверждении стандартов государственных услуг в сфере среднего образования, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 16749, опубликован 20 апреля 2018 года в Информационной системе "Эталонный контрольный банк НПА Республики Казахстан" в электронном виде).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>