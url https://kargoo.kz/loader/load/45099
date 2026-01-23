--- v0 (2025-10-26)
+++ v1 (2026-01-23)
@@ -1,40560 +1,46537 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-[...8 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...9 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="83964e7" w14:textId="83964e7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w15:collapsed w:val="false"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
+      <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Рисунок 1"/>
+            <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+              <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5"/>
+                    <a:blip r:embed="rId3"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...95 lines deleted...]
-        <w:t>сін:</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Мектепке дейінгі тәрбие мен оқытуды, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламаларын және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарын бекіту туралы" Казақстан Республикасы Білім және ғылым министрінің 2016 жылғы 27 қантардағы № 83 бұйрығына өзгерістер енгізу туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 14 мамырдағы № 202 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 15 мамырда № 20636 болып тіркелді</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Еңбек Кодексінің 139-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. "Мектепке дейінгі тәрбие мен оқытуды, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламаларын және арнайы оқу бағдарламаларын іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 27 қаңтардағы № 83 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13317 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылғы 11 наурызда жарияланған) мынадай өзгерістер енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын іске асыратын білім беру ұйымдарында лауазымдарды атқаратын педагогтерді және білім беру мен ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан өткізу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары мен шарттары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...38 lines deleted...]
-        <w:t>Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықты Қазақстан Республикасы Білім және ғылым министрлігінің ресми интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мыналардың күші жойылды деп танылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...63 lines deleted...]
-        <w:t>      3. Мыналардың күші жойылды деп танылсын:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) "Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік білім беру бағдарламаларын іске асыратын білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін аттестаттаудан өту үшін құжаттар қабылдау бойынша Мемлекеттік көрсетілетін қызмет стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 21 желтоқсанда № 632 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12449 болып тіркелген, 2015 жылғы 31 желтоқсанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) "Қазақстан Республикасы Білім және ғылым министрінің кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 11 қаңтардағы № 13 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) "Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік білім беру бағдарламаларын іске асыратын республикалық ведомстволық бағынысты білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттар қабылдау "Мемлекеттік көрсетілетін қызмет регламентін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 15 қаңтардағы № 31 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде 2016 жылғы 15 ақпанда № 13075 болып тіркелген, 2016 жылғы 25 ақпанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...116 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осы бұйрық алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6277"/>
-        <w:gridCol w:w="3500"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7795" w:type="dxa"/>
-            <w:tcMar>
-[...8 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Білім және ғылым министрі</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...55 lines deleted...]
-        <w:t>      аэроғарыш өнеркәсібі министрлігі</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "КЕЛІСІЛДІ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Цифрлық даму, қорғаныс және</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аэроғарыш өнеркәсібі министрлігі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5967"/>
-        <w:gridCol w:w="3810"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы Білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және ғылым министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 жылғы 14 мамырдағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 202 Бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы Білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және ғылым министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2016 жылғы 27 қаңтардағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 83 бұйрығымен </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              <w:t>екітілген</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...5 lines deleted...]
-        <w:rPr>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын іске асыратын білім беру ұйымдарында лауазымдарды атқаратын педагогтерді және білім және ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...11 lines deleted...]
-        <w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын іске асыратын білім беру ұйымдарында лауазымдарды атқаратын педагогтерді және білім және ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттары (бұдан әрі - Қағидалар) 2015 жылғы 23 қарашадағы Қазақстан Республикасының Еңбек кодексінің 139-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасының Заңына, "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім берудің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында лауазымдарды атқаратын педагогтерді аттестаттаудан өткізу тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) апелляция - ақпараттық коммуникациялық технологиялар арқылы берілетін ұлттық біліктілік тестілеу нәтижелерін қайта қарауға педагогтің сұрау салуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аттестаттау комиссиясы - педагогтерді аттестаттау рәсімін жүргізетін уәкілетті алқалы орган (бұдан әрі - комиссия);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) апелляцияларды қарау жөніндегі республикалық комиссия (бұдан әрі – республикалық апелляциялық комиссия) – білім беру саласындағы уәкілетті орган құратын комиссия, ол педагогтер ұлттық біліктілік тестілеудің нәтижелерімен келіспеген жағдайда даулы мәселелер бойынша шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) біліктілік санаты - осы Қағидаларда және Педагогтерге біліктілік санаттарын беру (растау) қағидаларында айқындалатын біліктілік талаптарына сәйкес келетін педагогтердің кәсіптік құзыреттілік деңгейі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) мемлекеттік көрсетілетін қызмет – көрсетілетін қызметті алушылардың өтініші бойынша жеке тәртіппен немесе өтініш жасамай жүзеге асырылатын және олардың құқықтарын, бостандықтары мен заңды мүдделерін іске асыруға, оларға тиісті материалдық немесе материалдық емес игіліктер беруге бағытталған жекелеген мемлекеттік функцияларды іске асыру нысандарының бірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мемлекеттік көрсетілетін қызмет стандарты – мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) педагог - тиісті бейін бойынша педагогикалық немесе өзге де кәсіптік білімі бар және педагогтің білім алушыларды және (немесе) тәрбиеленушілерді оқыту және тәрбиелеу, әдістемелік сүйемелдеу немесе білім беру қызметін ұйымдастыру жөніндегі кәсіптік қызметін жүзеге асыратын, "Педагог лауазымдарының тізбесін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің бұйрығына сәйкес көрсетілген лауазымдарды атқаратын тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Ұлттық біліктілік тестілеу – білім беру саласындағы уәкілетті орган әзірлеген тестілер бойынша педагогтердің кәсіби құзыреттілік деңгейін айқындау мақсатында өткізілетін рәсім.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...66 lines deleted...]
-        <w:t>      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын іске асыратын білім беру ұйымдарында лауазымдарды атқаратын педагогтерді және білім және ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан өткізу тәртібі мен шарттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...166 lines deleted...]
-        <w:rPr>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын іске асыратын білім беру ұйымдарында лауазымдар атқаратын педагогтерді аттестаттау (бұдан әрі – педагог) мынадай кезеңдерді қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      педагогтер үшін: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Ұлттық біліктілік тестілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) біліктілік санатын беру (растау) рәсімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      білім беру ұйымдары басшысының орынбасарлары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) біліктілік бағалау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қызметтің қорытындыларын кешенді талдамалық жинақтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      білім беру ұйымдарының басшылары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Ұлттық біліктілік тестілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) біліктілік бағалау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қызметтің қорытындыларын кешенді талдамалық жинақтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Педагогтерді аттестаттау бес жылда кемінде бір рет, білім беру ұйымдарының басшыларын – "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 44-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес үш жылда бір рет өткізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Педагогтер аттестаттаудан өту үшін ұлттық біліктілік тестілеуді осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша білім беру саласындағы уәкілетті орган айқындайтын ұйымға өтініш беру жолымен тапсырады және ұлттық біліктілік тестілеуден электрондық форматта өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ұлттық біліктілік тестілеу педагог өтінішінде көрсетілген мерзімде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Педагогтердің өтініштерін қабылдау кемінде күнтізбелік 15 күн бұрын, білім беру ұйымдары басшыларының өтініштерін қабылдау тестілеу басталғанға дейін кемінде күнтізбелік 30 күн бұрын жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Ұлттық біліктілік тестілеуден өтуге өтініш берген кезде педагогтер тапсыру тілін (қазақ, орыс, ұйғыр, өзбек, тәжік), күнін, уақытын таңдайды және білім беру саласындағы уәкілетті орган айқындайтын ұйым дайындайтын ұлттық біліктілік тестілеуді өткізу жөніндегі нұсқаулықпен танысады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Ұлттық біліктілік тестілеу: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1 (бір) рет – тегін, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қайта 1 рет және сынақ (педагогтің қалауы бойынша) - күнтізбелік жыл ішінде ақылы негізде,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      білім беру ұйымдарының басшылары үшін - ақылы негізде тиісті күнтізбелік жылдың 1 айлық есептік көрсеткіші (АЕК) мөлшерінде өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Өтініш деректер базасына енгізілгеннен кейін осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша тестілеуге рұқсаттама беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Ұлттық біліктілік тестілеу келесі тест тапсырмаларынан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мектепке дейінгі тәрбие мен оқыту ұйымдарының педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Мектепке дейінгі педагогика және психология" - отыз тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Мектепке дейінгі тәрбие мен оқыту әдістемесі" - отыз тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Жалпы орта білім беру педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Педагогика, оқыту әдістемесі" - отыз тапсырма; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Оқу пәнінің мазмұны" - жетпіс тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бастауыш білім беру педагогтері тестілеуді қазақ немесе орыс тілі (оқыту тілі), әдеби оқу, математика пәндері бойынша тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалпы білім беретін пәндер бойынша педагогтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Педагогика, оқыту әдістемесі" - отыз тапсырма; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Оқу пәнінің мазмұны" - жетпіс тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Арнайы пәндер бойынша педагогтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Педагогика, оқыту әдістемесі" - отыз тапсырма; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қызмет бағыты бойынша" - жетпіс тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өндірістік оқыту шеберлері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Педагогика, оқыту әдістемесі" - отыз тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қызмет бағыты бойынша" - отыз тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қосымша білім беру ұйымдарының педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Психология негіздері" - отыз тапсырма; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Педагогика, оқыту әдістемесі" - отыз тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Әдістемелік кабинеттердің (орталықтардың) әдіскерлері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Оқу пәнінің мазмұны" - жетпіс тапсырма; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Педагогика, оқыту әдістемесі" - отыз тапсырма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Білім беру ұйымдарының басшылары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Заңнаманы білу" бағыты бойынша - 80 (сексен) сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Еңбек кодексі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 20 (жиырма) сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Неке (ерлі-зайыптылық) және отбасы туралы" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 20 (жиырма) сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Білім туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 20 (жиырма) сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Педагог мәртебесі туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 10 (он) сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасындағы Баланың құқықтары туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 10 (он) сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Басқару құзыреті" бағыты бойынша - 20 (жиырма) сұрақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Ұлттық біліктілік тестілеудің жалпы уақыты екі жүз он минутты, "Математика", "Физика", "Химия", "Информатика" пәндері үшін екі жүз қырық минутты құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Ұлттық біліктілік тестілеуді өткізу операторы Қазақстан Республикасы Білім және ғылым министрлігінің Ұлттық тестілеу орталығы (бұдан әрі – ҰТО) болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. ҰТО тест тапсырмаларының базасын әзірлейді. Ұлттық біліктілік тестілеуді ҰТО не білім беру саласындағы уәкілетті орган айқындайтын ұйым өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Аудиторияға ұлттық біліктілік тестілеуін өткізудің ашықтығы мен объективтілігін қамтамасыз ету үшін және әрбір педагогтің өткізу пункттеріндегі орны бейнебақылау жүйесімен қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Осы Қағидалардың 19-тармағы бұзылған жағдайда заттарды табу және аудиториядан аудиторияда өзін-өзі ұстау ережесін бұзған педагогті шығару актісі және (немесе) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша тестілеуге жалған тұлғаны анықтау актісі жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ұлттық біліктілік тестілеуді өткізу кезінде ережелерді бұзу фактілері анықталған, сондай-ақ қарау кезінде анықталған бейнежазбаны тапсыру мерзіміне қарамастан, акт жасалады және нәтижелердің күші жойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18. Педагог тестілеу өткізу пунктінің ғимаратына кірген кезде жеке басын куәландыратын құжат және рұқсаттама негізінде оның жеке басын сәйкестендіру жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Ұлттық біліктілік тестілеуді өткізу кезінде аудиториядан кезекшінің рұқсатынсыз және ертіп жүруінсіз шығуға, бір-бірімен сөйлесуге, бір орыннан орнына ауысуға, материалдармен алмасуға, аудиториядан материалдар шығаруға, аудиторияға кіргізуге және заттарды (оқулықтар мен әдістемелік әдебиеттерді, цифрлық смарт-аппаратураны) пайдалануға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Отырғаннан кейін тестілеу басталғанға дейін тестілеу кезінде мінез-құлық ережелері бойынша аудиожазба жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Тест тапсырмаларының жауаптарын бағалау былайша жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ұсынылған бес жауаптан бір дұрыс жауапты таңдау бар тапсырмалар үшін бір балл, қалған жағдайларда - нөл балл беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ұсынылған жауаптардан бірнеше дұрыс жауаптарды таңдаумен тапсырмалар үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      барлық дұрыс жауаптар үшін -екі балл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бір қате үшін - бір балл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жіберілген екі және одан да көп қателіктер үшін - нөл балл.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Тестілеу кезінде білім беру саласындағы уәкілетті орган айқындайтын, ұлттық біліктілік тестілеуді өткізуге жауапты ұйым Қазақстан Республикасының заңнамасында белгіленген тәртіппен ұлттық біліктілік емтихандарын өткізуді жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) педагогтер базасын қалыптастыру (өтініштерді қабылдау, ақпараттандыру үшін дербес деректерді енгізу: ЖСН, Т.А.Ә. (болған жағдайда), өтініш берілген біліктілік санаты, тапсыру тілі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) компьютерлік кабинеттердің дайындығын бақылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) аудиторлық қорды ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тестілеу кезінде пайдаланылатын компьютерлерді тестілеу өткізілгенге дейін бір күн бұрын дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) педагогтерді компьютерлік кабинетке рұқсаттама, жеке басын куәландыратын құжат бойынша кіргізу және оларды отырғызу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өтініш қабылдау, тестілеу өткізу, апелляциялық рәсімдер кезінде бағдарламалық қамтамасыз етуді дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тестілеу аяқталғаннан кейін тестілеу нәтижелерін өңдеу және беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) апелляцияны есепке ала отырып, апелляция жүргізу және нәтижелерді беру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Ұлттық біліктілік тестілеуді өткізу кезінде білім беру саласындағы уәкілетті органның өкілдері бақылаушы ретінде қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Тестілеу аяқталғаннан кейін педагог компьютер экранында көрсетілген тестілеу нәтижелерімен танысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25. Тестілеу нәтижесі – осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша ұлттық біліктілік тестілеуден өткені туралы анықтама – педагогтің жеке кабинетінде көрсетіледі. Педагогтің талабы бойынша тестілеу нәтижесі басып шығарылады, ұлттық біліктілік тестілеуді өткізуге жауапты білім беру саласындағы уәкілетті орган айқындайтын ұйымы қызметкерінің қолымен және мөрімен куәландырады, қолына беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Келесі балл алған жағдайда тестілеу нәтижесі оң болып саналады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Мектепке дейінгі тәрбие мен оқыту ұйымдарының педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Мектепке дейінгі педагогика және психология":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 65 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Мектепке дейінгі тәрбие және оқыту әдістемесі":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 35 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 40 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 45 %.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Жалпы орта білім беру педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Оқу пәнінің мазмұны" бағыты бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 65 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Педагогика, оқыту әдістемесі" бағыты бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 35 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 40 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 45 %.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Оқу пәнінің мазмұны" бағыты бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 65 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қызмет бағыты бойынша":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 65 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Педагогика, оқыту әдістемесі" бағыты бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 35 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 40 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 45 %.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қосымша білім беру ұйымдарының педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Психология негіздері":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 65 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Педагогика, оқыту әдістемесі":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 35 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 40 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "педагог-шебер" біліктілік санаты - 45 %. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Әдістемелік кабинеттердің (орталықтардың) әдіскерлері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Оқу пәнінің мазмұны":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 65 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Педагогика, оқыту әдістемесі":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-сарапшы" біліктілік санаты - 35 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-зерттеуші" біліктілік санаты - 40 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-шебер" біліктілік санаты - 45 %.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Жоғары оқу орындарының және техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының бітірушілері үшін жұмысқа алғаш рет қабылданғанда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Оқу пәнінің мазмұны":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Педагогика, оқыту әдістемесі":</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "педагог-модератор" біліктілік санаты - 30 % .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) білім беру ұйымдарының басшылары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Заңнаманы білу" бағыты бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үшінші біліктілік санатты басшы - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екінші біліктілік санатты басшы - 65%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірінші біліктілік санатты басшы - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Басқару құзыреті" бағыты бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үшінші біліктілік санатты басшы - 55%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екінші біліктілік санатты басшы - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірінші біліктілік санатты басшы - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Ұлттық біліктілік тестілеудің нәтижесі бір жылға жарамды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Ұлттық тестілеу аяқталғаннан кейін педагог нәтижелерімен (негіздемелермен дұрыс және дұрыс емес жауаптармен) танысады және негіздемелермен келіспеген жағдайда республикалық апелляциялық комиссияға ақпараттық коммуникациялық технологиялар арқылы апелляция береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Бірыңғай өлшемшарттардың сақталуын қамтамасыз ету және тест тапсырмаларын бағалау кезінде даулы мәселелерді шешу, тестілеу өткізу кезеңінде тестіленетін құқықтарды қорғау мақсатында ақпараттық коммуникациялық технологиялар арқылы апелляцияларды қабылдауды қамтамасыз ететін Республикалық апелляциялық комиссия өз қызметін жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Республикалық апелляциялық комиссияның төрағасы мен құрамы білім беру саласындағы уәкілетті органның бұйрығымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z42" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Республикалық апелляциялық комиссия өкілеттігінің қолданылу мерзімі бір жылды құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Апелляция мынадай жағдайларда қаралады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тест тапсырмаларының мазмұны бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дұрыс жауаптың жоқтығын негіздей отырып келіспеймін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дұрыс жауап жоқ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      барлық ұсынылған жауаптардың ішінен бір дұрыс жауапты таңдау арқылы тест тапсырмаларында біреуден артық дұрыс жауап бар (дұрыс жауаптардың барлық нұсқалары көрсетіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дұрыс құрастырылмаған тест тапсырмасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) техникалық себептер бойынша: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тест тапсырмаларында фрагменттің немесе мәтіннің болмауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Тест тапсырмаларының мазмұны бойынша апелляция берген кезде педагог дәлелді негіздемені (толық түсініктеме) көрсетеді. Әрбір тапсырма бойынша дәлелді негіздемені көрсетпей (толық түсініктеме, тапсырмаларды қадамдық шешу) барлық тест тапсырмаларын қайта қарау бойынша апелляцияға өтініш қарауға жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Республикалық апелляциялық комиссияның шешімдері хаттамамен ресімделеді, оған төраға, хатшы және комиссия мүшелері қол қояды. Республикалық апелляциялық комиссия отырыстарының хаттамалары тестілеуді өткізуге жауапты ұйымда бір жыл бойы сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Онлайн-қабылдау режимінде қаралған апелляция нәтижелері бойынша жеке кабинетте апелляцияны есепке ала отырып, нәтижелер көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Тестілеудің теріс нәтижесін көрсеткен аттестатталушылар аттестаттаудың екінші кезеңіне жіберілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Ұлттық біліктілік тестілеудің оң нәтижесі болған жағдайда педагогтің өтініші негізінде (қолданыстағы санат мерзімі өткенге дейін) одан әрі аттестаттау рәсімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      педагогтер үшін – "Педагог мәртебесі туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес біліктілік санатын беру (растау);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      білім беру ұйымдарының басшылары үшін - осы Қағидалардың 3-тарауына сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Аттестаттау бойынша мемлекеттік көрсетілетін қызметті алу үшін осы Қағидаларға 6-қосымшаға сәйкес нысан бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагог облыстардың, республикалық маңызы бар қалалардың және астананың, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдарына (бұдан әрі - ЖАО) немесе білім беру ұйымдарына не "Азаматтарға арналған үкімет "Мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      республикалық білім беру ұйымдарының педагогі Қазақстан Республикасы Білім және ғылым министрлігіне, республикалық ведомстволық бағынысты білім беру ұйымдарына не Мемлекеттік корпорация арқылы өтініш ұсына алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. "Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттар қабылдау" мемлекеттік көрсетілетін қызметті (бұдан әрі - педагогтерге біліктілік санаттарын беру (растау) жөніндегі мемлекеттік көрсетілетін қызметті) облыстардың, республикалық маңызы бар қалалардың және астананың, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары, мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. "Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын республикалық ведомстволық бағынысты білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттарды қабылдау" мемлекеттік көрсетілетін қызметті (бұдан әрі - республикалық білім беру ұйымдары педагогтерінің біліктілік санаттарын беру (растау) жөніндегі мемлекеттік қызметті) Қазақстан Республикасы Білім және ғылым министрлігі және республикалық ведомстволық бағынысты білім беру ұйымдары көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z52" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      41. Мемлекеттік қызметтер көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызметтер көрсету ерекшеліктерін ескере отырып өзге де мәліметтерді қамтитын мемлекеттік қызметтер көрсетуге қойылатын негізгі талаптар тізбесі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес педагогтерді, оның ішінде республикалық білім беру ұйымдарының педагогтерін аттестаттау жөніндегі мемлекеттік көрсетілетін қызметтердің тиісті стандарттарында келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z53" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Көрсетілетін қызметті алушының жеке басын куәландыратын құжаттардың мәліметтерін Мемлекеттік корпорация қызметкері тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z54" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      43. Өтініш беруші мемлекеттік көрсетілетін қызмет стандартында көзделген құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өткен құжаттарды берген жағдайда, ЖАО-ның, білім беру ұйымының, республикалық ведомстволық бағынысты білім беру ұйымының, білім беру саласындағы уәкілетті органның жауапты қызметкері не Мемлекеттік корпорация қызметкері осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z55" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Мемлекеттік корпорация арқылы ұсынылған құжаттар толық болған жағдайда, өтініш берушіге дайын құжаттарды беру күнін көрсете отырып, құжаттардың қабылданғаны туралы қолхат беріледі. Қалыптастырылған өтініштерді (құжаттар топтамасымен бірге) Мемлекеттік корпорация тиісті ЖАО-ға, білім беру ұйымына, республикалық ведомстволық бағынысты білім беру ұйымына не білім беру саласындағы уәкілетті органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z56" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Мемлекеттік корпорация арқылы мемлекеттік қызмет көрсету кезінде өтініштер мен құжаттарды қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z57" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      46. ЖАО, білім беру ұйымы, республикалық ведомстволық бағынысты білім беру ұйымдары немесе білім беру саласындағы уәкілетті орган арқылы құжаттарды қабылдау кезінде ұсынылған құжаттардың толықтығы және өтініш берушінің осы Қағидалардың талаптарына сәйкестігі тексеріледі, қорытындысы бойынша осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініштің және тиісті құжаттардың қабылдағаны туралы қолхат не мемлекеттік қызмет көрсетуден дәлелді бас тарту беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z58" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Мемлекеттік қызмет көрсетуден бас тарту негіздері тиісті мемлекеттік қызмет стандартында көзделген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z59" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Мемлекеттік корпорация арқылы жүгінген жағдайда 46-тармақта көрсетілген іс-әрекет тиісті ЖАО-ға, білім беру ұйымдарына, республикалық ведомстволық бағынысты білім беру ұйымдарына, білім беру саласындағы уәкілетті органға құжаттар келіп түскен және тіркелген күні жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z60" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Мемлекеттік қызметті көрсету нәтижесін тиісті ЖАО, білім беру ұйымы, республикалық ведомстволық бағынысты білім беру ұйымы, білім беру саласындағы уәкілетті орган Мемлекеттік корпорацияға мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін бір тәуліктен кешіктірмей жеткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z61" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Мемлекеттік корпорация арқылы жүгінген жағдайда дайын құжаттарды беру жеке басын куәландыратын құжаттарды не Қазақстан Республикасының азаматтық заңнамасына сәйкес берілген құжат негізінде әрекет ететін оның өкілін ұсынған кезде Мемлекеттік корпорацияның жұмыс кестесіне сәйкес жүзеге асырылады, онда өкілдің тиісті өкілеттіктері көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z62" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      51. ЖАО, білім беру ұйымы, республикалық ведомстволық бағынысты білім беру ұйымы, білім беру саласындағы уәкілетті орган "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 5-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) тармақшасына сәйкес ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызмет көрсету сатысы туралы мәліметтерді енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z63" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына, Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға берілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z64" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      53. "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасына сәйкес мемлекеттік қызметті тікелей көрсеткен көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z65" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Педагогтерді аттестаттау үшін тиісті саланың уәкілетті органдарында, облыстың, республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) білім беруді басқару органдарында (бұдан әрі - аттестаттаушы орган) осы мемлекеттік органдардың бірінші басшысының бұйрығымен комиссиялар құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z66" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      55. Комиссия құрамына мемлекеттік органдардың, оның ішінде жергілікті өкілді және атқарушы органдардың, еңбек жөніндегі уәкілетті мемлекеттік органның, мемлекеттік қызмет істері жөніндегі уәкілетті органның, құқық қорғау органдарының өкілдері, кәсіподақтардың, үкіметтік емес ұйымдардың білім беру ұйымдарының алқалы басқару органдарының, қоғамдық кеңестердің өкілдері, сондай-ақ аттестаттаушы органның құрылымдық бөлімшелерінің қызметкерлері кіруі мүмкін. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z67" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      56. Комиссия мүшелерінің тақ санынан тұрады, бұл ретте құрамы жеті мүшеден кем болмауы тиіс. Комиссия мүшелері Комиссия отырысына алмастыру құқығынсыз қатысады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z68" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      57. Комиссия төрағасы педагогтерді аттестаттаудан өткізетін мемлекеттік органның басшысы болып табылады. Төрағаның орынбасары комиссия мүшелерінің арасынан сайланады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z69" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      58. Хатшы оның комиссия мүшесі болып табылмайды. Комиссия хатшысы комиссия отырысына материалдарды, қажетті құжаттарды дайындайды, хаттаманы ресімдейді және қол қояды және дауыс беруге қатыспайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z70" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Комиссияның отырысы, егер оған оның құрамының кемінде 2/3-сі қатысса, заңды деп есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z71" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Дауыс беру нәтижелері Комиссия мүшелерінің көпшілік дауысымен айқындалады. Дауыстар тең болған жағдайда Комиссия төрағасының дауысы шешуші болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z72" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      61. Комиссия отырыстарында аудио және бейне жазба жүргізіледі. Аудио және бейне жазбалар архивте кемінде үш жыл сақталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z73" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3564 lines deleted...]
-        <w:t>тестаттаушы органның кадр қызметі ұйымдастырады және келесі іс-шараларды қамтиды:</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім берудің білім беру бағдарламаларын іске асыратын білім беру ұйымдарының басшылары мен басшыларының орынбасарларын аттестаттаудан өткізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z74" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      62. Білім беру ұйымдарының басшылары мен басшыларының орынбасарлары (бұдан әрі – аттестатталушы) Комиссияға осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша үміткердің біліктілік санатын көрсете отырып өтініш береді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z75" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Білім беру ұйымдары басшыларының орынбасарларын (бұдан әрі – аттестатталушы) аттестаттау портфолио негізінде біліктілік бағалауды және қызмет қорытындыларын кешенді талдамалық жалпылауды ғана қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z76" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Аттестатталушы аттестаттау кезінде алғаш рет кез келген біліктілік санаттарына өтініш бере алады. Әрі қарай - бірізділікті сақтай отырып береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z77" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Аттестаттау қабылданған сәттен бастап үш жыл кезең өткеннен кейін алты айдан кешіктірілмей өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z78" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Қызметкердің жүктілігі және босануы бойынша демалыста, бала үш жасқа толғанға дейін оның күтіміне байланысты демалыста, жаңа туған баланы (балаларды) асырап алған қызметкерлерге арналған демалыста, сондай-ақ егер ауру Денсаулық сақтау саласындағы уәкілетті мемлекеттік орган бекітетін еңбекке қабілетсіздіктің анағұрлым ұзақ мерзімі белгіленген аурулар тізбесіне кіретін болса, еңбекке жарамсыздық парағында болуын қоспағанда, білім беру ұйымдарының барлық басшылары мен басшының орынбасарлары аттестаттауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z79" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Бала күтімі бойынша демалыста жүрген аттестатталушы қызметке шыққаннан кейін кемінде алты ай өткен соң аттестатталады. Осы тармақта көрсетілген басқа да тұлғаларды аттестаттау аталған тұлғаның қызметке шығуы бойынша аттестаттау кестесімен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z80" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Білім беру ұйымдары басшыларының орынбасарларын аттестаттау портфолио ұсынған аттестатталушының кәсіби шеберлігі мен жетістіктерін ескере отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z81" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Білім беру ұйымдарының басшыларын аттестаттауды өткізуге дайындықты білім беру ұйымдарындағы жауапты орындаушылар, аттестаттаушы органның кадр қызметі ұйымдастырады және келесі іс-шараларды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) басшыларға (бұдан әрі-аттестатталушы) қызметтік мінездемені, ұлттық біліктілік тестілеуден өткені туралы анықтаманы, жұмыс тиімділігінің көрсеткіштері бойынша талдамалық есепті қамтитын қажетті құжаттарды дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аттестация өткізу кестесін бекіту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Аттестаттаушы органның кадр қызметі жыл сайын 20 желтоқсанға дейін келесі жылы аттестаттауға жататын аттестатталушылардың тізімін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Аттестаттаушы органның басшысы органның кадр қызметінің ұсынысы бойынша жыл сайын 25 желтоқсаннан кешіктірмей бұйрық шығарады, онда аттестатталушылардың тізімі, аттестаттауды өткізу кестесі және комиссияның құрамы бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...226 lines deleted...]
-        <w:t xml:space="preserve">сары" біліктілік санатына үміткер болады. </w:t>
+    <w:bookmarkStart w:name="z83" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Аттестаттаушы органның кадр қызметі жыл сайын 30 желтоқсаннан кешіктірмей аттестатталушыларды аттестаттауды өткізу мерзімі туралы жазбаша хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z84" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Аттестатталушыларға қызметтік мінездеме қамқоршылық кеңеспен және аттестаттаушы органның кадр қызметімен ресімделеді. Қызметтік мінездеме аттестатталушының кәсіби, жеке қасиеттері мен қызметтік іс-әрекетінің нәтижелеріне негізделген, объективті бағалауды қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z85" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      74. Аттестатталушы органның кадр қызметі аттестатталушыға осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша аттестаттау парағын ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z86" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. Аттестаттаушы органның кадр қызметі аттестаттауға құжаттарды қабылдау кезінде біліктілік баға береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z87" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. Құжаттар топтамасы толық болмаған жағдайда аттестаттаушы органның кадр қызметі құжаттарды қабылдамайды және аттестатталушыға дәлелді бас тартуды ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z88" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Аттестаттаушы органның кадр қызметі жиналған аттестаттау материалдарын комиссияға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z89" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. "Білім беру ұйымы басшысының орынбасары", "білім беру ұйымының басшысы" біліктілік санаты лауазымға тағайындалған кезде автоматты түрде беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z90" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      79. Аттестатталушы тиісті бейіні бойынша педагогикалық немесе өзге де кәсіби білімі не педагогикалық қайта даярлаудан өткен жағдайда "үшінші біліктілік санатты басшының орынбасары" біліктілік санатына үміткер болады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      төменде көрсетілген кемінде үш көрсеткіштің орындалуы қамтамасыз етіледі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      білім беру ұйымының мақсаттары мен міндеттеріне сәйкес мектепішілік бақылаудың (сапаны бақылаудың) алуан түрлерін пайдаланудың нәтижелілігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу/сабақ талдауының (оқуды/сабақты бақылау журналы (парақтары) оқуды/сабақты бақылау бағдарламасына сәйкестігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      педагогтердің біліктілік санаттарын, мектепішілік бақылауды (сапаны бақылауды) жүзеге асыру үшін білім алушылардың ерекшеліктерін ескере отырып деңгейлік дескрипторларды пайдаланудың нәтижелілігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жетекшілік ететін бағыт бойынша аудандық/қалалық деңгейде жұмыс тәжірибесін жалпылау және тарату. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. Аттестатталушы тиісті бейіні бойынша педагогикалық немесе өзге де кәсіби білімі не педагогикалық қайта даярлаудан өткен жағдайда "екінші біліктілік санатты басшының орынбасары" біліктілік санатына үміткер болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...109 lines deleted...]
-        <w:t>едагогикалық немесе өзге де кәсіби білімі не педагогикалық қайта даярлаудан өткен жағдайда "екінші біліктілік санатты басшының орынбасары" біліктілік санатына үміткер болады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төменде көрсетілген кемінде үш көрсеткіштің орындалуы қамтамасыз етіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мектепішілік бақылау (сапаны бақылау) үшін білім беру ұйымдарының ресурстарын (цифрлық, кадрлық, материалдық-техникалық) ұтымды пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бақылау-өлшеу материалдарының алуан түрлерін пайдалану және олардың ақпараттылығы: оқу жетістіктерінің көрсеткіштері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мектепішілік бақылауды ұйымдастыруда кері байланыс пен түзету қызметінің тиімділігі: "тігінен" (әкімшілік - мұғалім) және "көлденеңінен" (басқару субъектілері арасында);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыстық деңгейде жетекшілік ететін бағыт бойынша жұмыс тәжірибесін жалпылау және тарату.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Аттестатталушы тиісті бейіні бойынша педагогикалық немесе өзге де кәсіби білімі не педагогикалық қайта даярлаудан өткен жағдайда "бірінші біліктілік санатты басшының орынбасары" біліктілік санатына үміткер болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...117 lines deleted...]
-        <w:t>ткер болады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төменде көрсетілген кемінде үш көрсеткіштің орындалуы қамтамасыз етіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мектепішілік бақылау (сапаны бақылау) нәтижелерінің объективтілігі мен пәрменділігі: өлшенетін көрсеткіштердің динамикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мектепішілік бақылауды ұйымдастырудағы инновациялық тәсіл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      талдамалық материалдардың сапасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жетекшілік ететін бағыт бойынша жұмыс тәжірибесін республикалық немесе халықаралық деңгейде жалпылау және тарату;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      педагогтердің әртүрлі санаттарымен сараланған жұмыс жүйесі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      82. Тиісті деңгейдегі комиссиясы мынадай біліктілік санаттарын береді: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...115 lines deleted...]
-        <w:t xml:space="preserve">       82. Тиісті деңгейдегі комиссиясы мынадай біліктілік санаттарын береді: </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "үшінші санатты басшы", "үшінші санатты басшының орынбасары" - аудандардың (қалалардың) білім бөлімдерінің, республикалық маңызы бар және астаналық қалалары білім басқармаларының аттестаттау комиссиясы; облыстық ведомстволық бағынысты ұйымдар үшін - облыстық білім басқармаларының аттестаттау комиссиясы; республикалық ведомстволық бағынысты ұйымдар үшін - білім беру саласындағы уәкілетті органның аттестаттау комиссиясы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "екінші санатты басшы", "бірінші санатты басшы", "екінші санатты басшының орынбасары", "бірінші санатты басшының орынбасары" - облыстардың, республикалық маңызы бар және астаналық қалалары білім басқармаларының аттестаттау комиссиясы; республикалық ведомстволық бағынысты ұйымдар үшін - білім беру саласындағы уәкілетті органның аттестаттау комиссиясы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Комиссия аттестатталушы білім беру ұйымдары басшыларының қатысуымен аттестаттауды өткізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...183 lines deleted...]
-        <w:t>      89. Білім беру ұйымдары басшыларының орынбасарларын аттестаттау нәтижелері бойынша Комиссия мынадай шешімдердің бірін қабылдайды:</w:t>
+    <w:bookmarkStart w:name="z95" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Аттестатталушы дәлелді себеп бойынша комиссия отырысына келмеген жағдайда, оны аттестаттау мәселесін қарау күнтізбелік жеті күннен аспайтын мерзімге ауыстырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z96" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      85. Аттестатталушы дәлелсіз себептермен болмаған жағдайда аттестаттаудың белгіленген күнінен бастап күнтізбелік жеті күн өткен соң қайта аттестаттау тағайындалады. Дәлелсіз себептермен қайта келмеген жағдайда білім беру ұйымдарының басшылары аттестатталмаған деп есептеледі және Қазақстан Республикасы Еңбек кодексінің 52-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) тармақшасы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәртібімен жұмыс берушінің бастамасы бойынша жұмыстан шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z97" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Отырыс барысында Комиссия ұсынылған материалдарды зерделейді, аттестатталатын адамды тыңдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z98" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      87. Ұсынылған материалдарды зерделеу және аттестаттау комиссиясының әрбір мүшесімен әңгімелесу нәтижелері бойынша осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша аттестатталушыға бағалау парағы толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z99" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      88. Осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген көрсеткіштердің орындалуын аттестатталушы әңгімелесуде ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z100" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. Білім беру ұйымдары басшыларының орынбасарларын аттестаттау нәтижелері бойынша Комиссия мынадай шешімдердің бірін қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген санатты растаумен аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына аттестатталмады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Комиссия "өтініш берілген санатқа аттестатталмады" деген шешім қабылдаған кезде білім беру ұйымы басшысының орынбасары осы Қағидаларға сәйкес аттестаттаудан өткен күннен бастап бір жылдан ерте емес уақытта қайта аттестаттауға өтеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...78 lines deleted...]
-        <w:t>      91. Комиссия қайта аттестаттауды өткізу кезінде мынадай шешімдердің бірін қабылдайды:</w:t>
+    <w:bookmarkStart w:name="z102" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. Комиссия қайта аттестаттауды өткізу кезінде мынадай шешімдердің бірін қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген санатты растаумен аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына аттестатталмады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Қайта аттестаттау кезінде Комиссия "өтініш берілген біліктілік санатына аттестатталмады" деген шешім қабылдаған жағдайда қолда бар біліктілік санаты бір деңгейге төмендейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...78 lines deleted...]
-        <w:t>      93. Білім беру ұйымдарының басшыларын аттестаттау нәтижелері бойынша Комиссия мынадай шешімдердің бірін қабылдайды:</w:t>
+    <w:bookmarkStart w:name="z104" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. Білім беру ұйымдарының басшыларын аттестаттау нәтижелері бойынша Комиссия мынадай шешімдердің бірін қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына ротациямен аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына растаумен аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына аттестатталмады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      еңбек шартты бұзуымен өтініш берілген біліктілік санатына аттестатталмады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z105" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. Комиссия "өтініш берілген санатқа аттестатталмады" деген шешім қабылдаған кезде аттестатталушы осы Қағидаларға сәйкес аттестаттаудан өткен күннен бастап үш айдан ерте емес (аттестатталатын кезең үшін бір реттен артық емес) уақытта қайта аттестаттауға өтеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...112 lines deleted...]
-        <w:t>      95. Комиссия қайта аттестаттауды өткізу кезінде мынадай шешімдердің бірін қабылдайды:</w:t>
+    <w:bookmarkStart w:name="z106" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. Комиссия қайта аттестаттауды өткізу кезінде мынадай шешімдердің бірін қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына ротациямен аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына растаумен аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берілген біліктілік санатына аттестатталмады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      еңбек шартты бұзуымен өтініш берілген біліктілік санатына аттестатталмады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. Комиссия "бірінші біліктілік санатты басшы" немесе "екінші біліктілік санатты басшы" біліктілік санаты бар аттестатталушыда қайта аттестаттау кезінде "өтініш берілген біліктілік санатына аттестатталмады" деген шешім қабылдаған жағдайда, біліктілік санаты бір деңгейге төмендейді; "үшінші біліктілік санатты басшы" біліктілік санаты бар басшылармен еңбек шарты бұзылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...210 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Аттестатталушы комиссияның шешімімен танысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z109" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      98. Комиссияның шешімі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес хаттамамен ресімделеді, оған Комиссия хатшысы мен оның отырысына қатысқан Комиссия мүшелері қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z110" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. Комиссия шешімі аттестатталушылардың аттестаттау парақтарына енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z111" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100. Аттестаттаудан өткен аттестатталушының аттестаттау парағы және оған қызметтік мінездеме жеке ісінде сақталады. Комиссияның шешімі аттестатталушының қызметтік тізіміне енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z112" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      101. Комиссияның шешімі жыл сайын ағымдағы жылдың 15 шілдесінен және 25 желтоқсанынан кешіктірілмей аттестаттаушы органның бұйрығымен ресімделеді. Тиісті бұйрықтың негізінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес біліктілік бере отырып (растай отырып) аттестаттау туралы куәлік беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z113" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      102. Біліктілік берілетін (расталатын) аттестаттау туралы куәлік осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес куәліктерді тіркеу және беру журналында тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5664"/>
-        <w:gridCol w:w="4113"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...8 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>орта және жалпы орта білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>берудің жалпы білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бағдарламаларын, техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және кәсіптік, орта білімнен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кейінгі, қосымша,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мамандандырылған және арнайы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім беру бағдарламаларын іске</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>асыратын білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>атқаратын педагогтерді және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім және ғылым саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өзге де азаматтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметшілерді аттестаттаудан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(тестілеуді өткізу бойынша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымның басшысына)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...199 lines deleted...]
-        <w:t>      Білімі:</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ұлттық біліктілік тестілеуге қатысуға өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мен, _________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (педагогтің Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСН _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мені келесі тест тапсырмалары бойынша ұлттық біліктілік тестілеуге қатысуға рұқсат беруіңізді сұраймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________ аттестаттауға 20___ жыл. Бүгінгі таңда ____(күні) ___ (айы) ______ жылғы дейін жарамды біліктілік санатына иемін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білімі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1364"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7325"/>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="1122"/>
+        <w:gridCol w:w="9623"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Оқу орнының атауы</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Оқу кезеңі</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқу кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              <w:t>аратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік)</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...9 lines deleted...]
-        <w:t>      Жұмыс өтілі:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыс өтілі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="660"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2386"/>
+        <w:gridCol w:w="550"/>
+        <w:gridCol w:w="8011"/>
+        <w:gridCol w:w="550"/>
+        <w:gridCol w:w="3189"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Жалпы</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8011" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              <w:t>туралы құжатта көрсетілген мамандық (біліктілік) бойынша</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік) бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Педагогикалық</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагогикалық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3189" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Білім беру ұйымының басшысы (басшының орынбасары)</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру ұйымының басшысы (басшының орынбасары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8011" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3189" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...95 lines deleted...]
-        <w:t>      (қолы)</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Марапаттары, атағы, ғылыми (академиялық) дәрежесі, ғылыми атағы алған жылын көрсете отырып____________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеуді тапсыру тілі (қажеттісінің астын сызу): қазақ/орыс</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымының басшысы жұмыс істейтін білім беру ұйымы (қажеттісінің астын сызу): мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, арнайы білім беру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау қағидаларымен, Ұлттық біліктілік тестілеу туралы нұсқаулықпен таныстым.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "____" __________ 20 ___ жыл __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5887"/>
-        <w:gridCol w:w="3890"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>орта және жалпы орта білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>берудің жалпы білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бағдарламаларын, техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және кәсіптік, орта білімнен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кейінгі, қосымша,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мамандандырылған және арнайы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім беру бағдарламаларын іске</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>асыратын білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымдарында лауазымдарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>атқаратын педагогтерді және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім және ғылым саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өзге де азаматтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметшілерді аттестаттаудан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ұлттық біліктілік тестілеуге қатысуға рұқсаттама</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5339"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="40"/>
+        <w:gridCol w:w="5836"/>
+        <w:gridCol w:w="6464"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...2 lines deleted...]
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> Облыс/Аудан/Мектеп </w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Облыс/Аудан/Мектеп </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...2 lines deleted...]
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ПЕДАГОГКЕ РҰҚСАТТАМА</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Т.А.Ә.:______________________ АКТ: ___________________ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1244600" cy="1473200"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="2" name="Рисунок 2"/>
+                  <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
-                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
-                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6"/>
+                          <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1244600" cy="1473200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...190 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖСН: ___________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоспарланған біліктілік санаты: ___________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог қызметкер жұмыс істейтін білім беру ұйымының деңгейі: ___________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тестілеу орны:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+______________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мекенжайы: ________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудитория: ________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тестілеудің тапсыру тілі: ________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тестілеу күні: ________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тестілеуге тіркелудің басталу уақыты: ________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тестілеу пәндері: 1. _____________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. _____________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аттестаттау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+комиссиясының төрағасы: ___________ ________________________________ (қолы) (Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагог: ___________ ________________________________ (қолы) (Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рұқсат беру күні: __________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...2 lines deleted...]
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5836" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...29 lines deleted...]
-              <w:t>Педагогті тіркеу аяқталғанға дейін тестілеу орнына келуі қажет. Педаготі тіркеу 45 минут жүзеге асырылады және тестілеу басталғанға дейін 15 минут қалғанда аяқталады.</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагогке жадынама:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Педагогтің өзімен бірге тестілеуге рұқсат қағазы және жеке басын куәландыратын құжаттың түпнұсқасы (жеке куәлік немесе паспорт) болуы тиіс. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагогті тіркеу аяқталғанға дейін тестілеу орнына келуі қажет. Педаготі тіркеу 45 минут жүзеге асырылады және тестілеу басталғанға дейін 15 минут қалғанда аяқталады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6464" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...101 lines deleted...]
-              <w:t>форматындағы үш парақ беріледі. Тестілеу аяқталғаннан кейін Министрлік өкіліне парақтарды тапсыру қажет.</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагогке:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өзімен бірге анықтамалық әдебиеттерді, жазба кітаптарын, диктофондарды, ұялы телефондарды, электрондық құрылғыларды және сол сияқтыларды, сондай-ақ тестілердің мазмұнын және оларға дұрыс жауаптар кодтарын ашатын мәліметтерді алып жүруге немесе пайдалануға;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+басқа педагогтермен сөйлесуге;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орнынан орын ауыстыруға;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кезекшінің рұқсатынсыз аудиториядан шығуға жол берілмейді.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ереже бұзылған және тыйым салынған заттар анықталған жағдайда тиісті акт жасалады, педагог аудиториядан шығарылады, нәтижелері жойылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нәтижелері бейне материалдарды зерттеу шеңберінде тестілеу аяқталғаннан кейін де жойылуы мүмкін.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс істеу үшін әрбір педагогке А4 форматындағы үш парақ беріледі. Тестілеу аяқталғаннан кейін Министрлік өкіліне парақтарды тапсыру қажет.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...2 lines deleted...]
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...346 lines deleted...]
-              <w:t>Нысан</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мен жадынамамен таныстым және наразылығым жоқ.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рұқсаттамадағы деректер дұрыс екенін растаймын _______________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(Педагогтің қолы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...378 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5887"/>
-        <w:gridCol w:w="3890"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>орта және жалпы орта білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>берудің жалпы білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бағдарламаларын, техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және кәсіптік, орта білімнен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кейінгі, қосымша,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мамандандырылған және арнайы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім беру бағдарламаларын іске</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>асыратын білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымдарында лауазымдарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>атқаратын педагогтерді және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім және ғылым саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өзге де азаматтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметшілерді аттестаттаудан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>4-қосымша</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...323 lines deleted...]
-        <w:t>      Мөр орны</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аудиторияда тәртіп ережесін бұзған педагогті аудиториядан шығару және заттарды табу актісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеуді өткізу орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "______"_______________20____ж. ______сағ._______мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы акт _____________________ туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      педагог__________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АКТ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аудитория № ___, орны № ____, нұсқа № _______) тестілеу уақытында аудиторияда жүріс-тұрыс ережесін бұзды):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұзушылық фактісі. Осы фактінің негізінде материалдар алынды, білім беру ұйымының басшысы аудиториядан шығарылды, тестілеу қорытындысы жойылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Актімен таныстым: ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (педагогтің Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудитория бойынша кезекші ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тестілеуді өткізуге жауапты ____________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия төрағасы _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні:________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөр орны</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5887"/>
-        <w:gridCol w:w="3890"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>орта және жалпы орта білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бағдарламаларын, техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және кәсіптік, орта білімнен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кейінгі, қосымша,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мамандандырылған және арнайы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім беру бағдарламаларын іске</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>асыратын білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымдарында лауазымдарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>атқаратын педагогтерді және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өзге де азаматтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметшілерді аттестаттаудан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>5-қосымша</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тестілеуде бөгде адамды анықтау актісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеуді өткізу орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "______"_______________20____ж. ______сағ._______мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы акт __________________________________________________ жасалды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      азамат тестілеу тапсыру барысында</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________ фактісі анықталды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________ педагогтің орнына</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АКТ_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т.А.Ә.(бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы фактінің негізінде аудиторияға кірген жағдайда материал алынды, білім беру ұйымының басшысы аудиториядан шығарылды, тестілеу нәтижелері жойылды; ғимаратқа кірген кезде жалған тұлғаны анықтаған жағдайда-тестілеуді тапсырғанға дейін жіберілмеуі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Актімен таныстым: __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (педагогтің Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудитория бойынша кезекші __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеуді өткізуге жауапты ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә.) (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия төрағасы _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні:________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөр орны</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ұлттық біліктілік тестілеуден өткені туралы анықтама </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...42 lines deleted...]
-        <w:t>      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________біліктілігі бойынша _____________ қаласында 20______жылғы _____айы_____күні ұлттық біліктілік тестілеуге қатысты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1818"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1922"/>
+        <w:gridCol w:w="2385"/>
+        <w:gridCol w:w="3305"/>
+        <w:gridCol w:w="4223"/>
+        <w:gridCol w:w="2387"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Үлгі атауы</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлгі атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Тест тапсырмаларының саны</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тест тапсырмаларының саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4223" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Ең жоғарғы балл саны</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ең жоғарғы балл саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2387" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Жиналған балл</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиналған балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...10 lines deleted...]
-              <w:t>білуі</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды білуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4223" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2387" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Барлығы</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2387" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...22 lines deleted...]
-        <w:t>      (Т.А.Ә., (бар болған жағдайда), қолы)</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жауапты тұлға: _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә., (бар болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5664"/>
-        <w:gridCol w:w="4113"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>орта және жалпы орта білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>берудің жалпы білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және кәсіптік, орта білімнен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кейінгі, қосымша,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мамандандырылған және арнайы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім беру бағдарламаларын іске</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>асыратын білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымдарында лауазымдарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>атқаратын педагогтерді және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім және ғылым саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өзге де азаматтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аттестаттау комиссиясының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>төрағасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(білім беру ұйымының атауы),</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аудандық (қалалық) бөлімдері,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>облыстардың, облыстардың,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>республикалық маңызы бар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қалалардың және астананың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім басқармалары, уәкілетті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>орган)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Біліктілік санатын беру (растау) рәсіміне қатысуға өтініш Аттестаттауға қатысуға өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...312 lines deleted...]
-        <w:t>      Білімі:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мен, ______________________________________________, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСН _____________ (педагогтің Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Лауазым (мамандығы) бойынша________20___жылғы біліктілік санатына аттестаттауға қатысуға рұқсат беруді сұраймын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бүгінгі таңда _____ (күні) ___ (айы) ______ жылға дейін жарамды біліктілік санатым бар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мына жұмыс нәтижелерін негіз деп есептеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзім туралы мынадай мәліметтерді хабарлаймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білімі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1364"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7325"/>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="1122"/>
+        <w:gridCol w:w="9623"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Оқу орнының атауы</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Оқу кезеңі</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқу кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              <w:t>құжатта көрсетілген мамандық (біліктілік)</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1122" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9623" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...9 lines deleted...]
-        <w:t>      Жұмыс өтілі:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыс өтілі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="660"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2386"/>
+        <w:gridCol w:w="550"/>
+        <w:gridCol w:w="8011"/>
+        <w:gridCol w:w="550"/>
+        <w:gridCol w:w="3189"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Жалпы</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8011" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік) бойынша</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік) бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Педагогикалық</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагогикалық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3189" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-              <w:t>беру ұйымының басшысы (басшының орынбасары)</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру ұйымының басшысы (басшының орынбасары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8011" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3189" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...102 lines deleted...]
-        <w:t>      (қолы)</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Марапаттары, атағы, ғылыми (академиялық) дәрежесі, ғылыми атағы алған жылын көрсете отырып</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Білім беру ұйымының басшысы (басшының орынбасары) жұмыс істейтін білім беру ұйымы (қажеттісінің астын сызу): мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі, арнайы, қосымша білім беру. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кезекті біліктілік санатын бері (растау) тәртібімен таныстым. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "____" __________ 20 ___ жыл __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="494"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="33"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>орта және жалпы орта білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>берудің жалпы білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бағдарламаларын, техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және кәсіптік, орта білімнен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кейінгі, қосымша,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мамандандырылған және арнайы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім беру бағдарламаларын іске</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>асыратын білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымдарында лауазымдарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>атқаратын педагогтерді және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім және ғылым саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өзге де азаматтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметшілерді аттестаттаудан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
-            </w:r>
-[...4356 lines deleted...]
-              <w:t>жағдайда)/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...1739 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1364"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7325"/>
+        <w:gridCol w:w="678"/>
+        <w:gridCol w:w="2383"/>
+        <w:gridCol w:w="9239"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымдарының педагогтеріне біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттарды қабылдау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік) </w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көрсетілетін қызметті берушінің атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың, республикалық маңызы бар қалалардың және астананың, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары, мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:br/>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсетудің мерзімдері:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті беруші арқылы жүгінген кезде-20 минут;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті берушінің орналасқан жері бойынша Мемлекеттік корпорацияға – 3 (үш) жұмыс күні;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті берушінің орналасқан жері бойынша емес, Мемлекеттік корпорацияға – 7 (жеті) жұмыс күні.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік корпорацияға жүгінген кезде қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Мемлекеттік корпорацияға құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 20 (жиырма) минут;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) мемлекеттік корпорацияда көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты-20 (жиырма) минут </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қағаз түрінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша педагогтерге біліктілік санатын беру (растау) үшін өтінішті қабылдау туралы қолхат беру не мемлекеттік қызмет көрсетуден дәлелді бас тарту.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік корпорацияда дайын құжаттарды беру жеке басын куәландыратын құжатты көрсеткен кезде (не нотариалды куәландырылған сенімхат бойынша оның өкілі) тиісті құжаттардың қабылданғаны туралы қолхат негізінде жүзеге асырылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш берушінің (өкілдің) өтініші болмауына байланысты мерзімінде берілмеген құжаттар бір ай ішінде мемлекеттік корпорацияда сақталады, осы мерзім өткеннен кейін көрсетілетін қызметті алушы бір ай өткен соң өтініш берген кезде талап етілмеген ретінде көрсетілетін қызметті берушіге қайтарылады, Мемлекеттік корпорацияның сұратуы бойынша көрсетілетін қызметті беруші бір жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорацияға жібереді.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жеке тұлғаларға тегін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс кестесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті беруші - Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерінен басқа, дүйсенбі-жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушіде өтінішті қабылдау және Мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Мемлекеттік корпорация – Қазақстан Республикасының еңбек заңнамасына сәйкес жексенбі және мереке күндерін қоспағанда, дүйсенбіден бастап сенбіні қоса алғанда, белгіленген жұмыс кестесіне сәйкес түскі үзіліссіз сағат 9.00-ден 20.00-ге дейін.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қабылдау жеделдетіп қызмет көрсетусіз, көрсетілетін қызметті алушының таңдауы бойынша "электрондық" кезек тәртібімен жүзеге асырылады, "электрондық үкімет" порталы (бұдан әрі – портал) арқылы электрондық кезекті броньдауға болады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көрсетілетін қызметті берушіге не Мемлекеттік корпорацияға:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) өтініш;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі) (иесіне қайтарылады);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) білімі туралы диплом;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) қайта даярлау курстарынан өткені туралы құжат (бар болса);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) қызметкердің еңбек қызметін растайтын құжат;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) біліктілік санатын беру туралы куәлік және бұйрық (бұрын біліктілік санаты бар тұлғалар үшін);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстарынан өткені туралы сертификат;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+8) ұлттық біліктілік тестілеуді өткізуге жауапты білім беру саласындағы уәкілетті орган айқындайтын ұйымы қызметкерінің қолымен бекітілген және мөрімен куәландырылған ұлттық біліктілік тестілеуден өткені туралы анықтама; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) білім алушылардың/тәрбиеленушілердің (әдістемелік кабинеттердің (орталықтардың) әдіскерлерін, ПМПК педагогтерін қоспағанда) жетістіктерін растайтын құжаттар);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+10) кәсіби жетістіктерді және тәжірибені қорытуды растайтын құжаттар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) оқуды/сабақтарды бақылау парақтары (ПМПК педагогтерінен басқа);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3)-11)-тармақтарда санамаланған құжаттар түпнұсқалары мен көшірмелері ұсынылады, салыстырып тексерілгеннен кейін түпнұсқалары өтініш берушіге қайтарылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қосымша келесі құжаттар ұсынылады:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әдістемелік кабинеттердің (орталықтардың) әдіскерлері үшін – жарияланымдарды, жобаларға қатысуын, инновациялық, эксперименттік қызметті растайтын құжаттар, әзірленген әдістемелік материалдар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының педагогтері үшін - білім беру ұйымы басшысының мөрімен және қолымен расталған оқу жетістіктерін сырттай бағалау және (немесе) ағымдағы және (немесе) қорытынды аттестаттау нәтижелерін қамтитын біліктілік санаттарын беру арасындағы кезеңдегі білім алушылардың білім сапасының көрсеткіштері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мектепке дейінгі тәрбие және оқыту ұйымдарының педагогтері үшін-білім беру ұйымы басшысының мөрімен және қолымен расталған шеберлік пен дағдылардың қалыптасу көрсеткіштері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қосымша білім беру ұйымдарының педагогтері үшін – білім беру ұйымы басшысының мөрімен және қолымен расталған білім алушылардың, тәрбиеленушілердің таңдаған білім беру бағдарламасын меңгеру көрсеткіштері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арнайы білім беру ұйымдарының, білім беру ұйымдарындағы арнайы сыныптардың (топтардың) педагогтері үшін (ПМПК педагогтерінен басқа) – жеке дамыту бағдарламасын іске асыру бойынша маман қызметінің нәтижелілік көрсеткіштері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілетін қызметті беруші және Мемлекеттік корпорация қызметкері мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті беруші мемлекеттік қызметті көрсетуден бас тартады:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталған;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушы және (немесе) ұсынылған материалдар, мемлекеттік қызметті көрсету үшін қажетті деректер мен мәліметтер талаптарға сәйкес келмеген жағдайларда мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап болып табылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы Стандарттың 8-тармағында көзделген тізбеге сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өткен құжаттарды берген жағдайда, көрсетілетін қызметті беруші осы Қағидалардың 9-қосымшасына сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организм функциялары тұрақты бұзылып, оның тыныс-тіршілігін шектейтін денсаулығы бұзылған көрсетілетін қызметті алушыларға, қажет болған жағдайда, мемлекеттік қызметті көрсету үшін құжаттарды қабылдауды Мемлекеттік корпорация қызметкері бірыңғай байланыс орталығы 1414; 8 800 080 7777 арқылы жүгіну арқылы тұрғылықты жеріне барып жүргізеді.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Министрліктің www.edu.gov.kz интернет-ресурсында;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) мемлекеттік корпорацияның www.gov4c.kz. интернет-ресурсында орналастырылған. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда порталдың "жеке кабинеті", сондай-ақ бірыңғай байланыс орталығы: 1414, 8 800 080 77777 арқылы қашықтықтан қол жеткізу режимінде Мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты алуға мүмкіндігі бар.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің интернет-ресурсында орналастырылған: www.edu.gov.kz ескерту.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...11 lines deleted...]
-    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="660"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2386"/>
+        <w:gridCol w:w="678"/>
+        <w:gridCol w:w="2383"/>
+        <w:gridCol w:w="9239"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="550" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын республикалық ведомстволық бағынысты білім беру ұйымдарының педагогтеріне біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттарды қабылдау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Білім беру ұйымының басшысы (басшының орынбасары)</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасы Білім және ғылым министрлігі және республикалық ведомстволық бағынысты білім беру ұйымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="550" w:type="dxa"/>
-[...101 lines deleted...]
-              <w:br/>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) "Азаматтарға арналған үкімет "мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсетудің мерзімдері:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті беруші арқылы жүгінген кезде-20 минут;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті берушінің орналасқан жері бойынша Мемлекеттік корпорацияға – 3 (үш) жұмыс күні;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті берушінің орналасқан жері бойынша емес, Мемлекеттік корпорацияға – 7 (жеті) жұмыс күні.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік корпорацияға жүгінген кезде қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Мемлекеттік корпорацияға құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 20 (жиырма) минут;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) мемлекеттік корпорацияда көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты-20 (жиырма) минут.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қағаз түрінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік қызметті көрсету нәтижесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша республикалық ведомстволық бағынысты білім беру ұйымдарының педагогтеріне біліктілік санаттарын беруден (растаудан) өту үшін өтінішті қабылдау туралы қолхат беру не мемлекеттік қызмет көрсетуден дәлелді бас тарту.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік корпорацияда дайын құжаттарды беру жеке басын куәландыратын құжатты көрсеткен кезде (не нотариалды куәландырылған сенімхат бойынша оның өкілі) тиісті құжаттардың қабылданғаны туралы қолхат негізінде жүзеге асырылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш берушінің (өкілдің) өтініші болмауына байланысты мерзімінде берілмеген құжаттар бір ай ішінде Мемлекеттік корпорацияда сақталады, осы мерзім өткеннен кейін көрсетілетін қызметті берушіге талап етілмеген ретінде қайтарылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы бір ай өткеннен кейін жүгінген кезде Мемлекеттік корпорацияның сұрау салуы бойынша көрсетілетін қызметті беруші бір жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлекеттік корпорацияға жібереді.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлғаларға тегін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс кестесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті беруші - Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерінен басқа, дүйсенбі-жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушіде өтінішті қабылдау және Мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Мемлекеттік корпорация – Қазақстан Республикасының еңбек заңнамасына сәйкес жексенбі және мереке күндерін қоспағанда, дүйсенбіден бастап сенбіні қоса алғанда, белгіленген жұмыс кестесіне сәйкес түскі үзіліссіз сағат 9.00-ден 20.00-ге дейін.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қабылдау жеделдетіп қызмет көрсетусіз, көрсетілетін қызметті алушының таңдауы бойынша "электрондық" кезек тәртібімен жүзеге асырылады, "электрондық үкімет" порталы (бұдан әрі – портал) арқылы электрондық кезекті броньдауға болады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+көрсетілетін қызметті берушіге не Мемлекеттік корпорацияға: </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) өтініш;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі) (иесіне қайтарылады);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) білімі туралы диплом;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) қайта даярлау курстарынан өткені туралы құжат (бар болса);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) қызметкердің еңбек қызметін растайтын құжат; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) біліктілік санатын беру туралы куәлік және бұйрық (бұрын біліктілік санаты бар тұлғалар үшін);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстарынан өткені туралы сертификат;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+8) ұлттық біліктілік тестілеуді өткізуге жауапты білім беру саласындағы уәкілетті орган айқындайтын ұйымы қызметкерінің қолымен бекітілген және мөрімен куәландырылған ұлттық біліктілік тестілеуден өткені туралы анықтама; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) білім алушылардың/тәрбиеленушілердің (әдістемелік кабинеттердің (орталықтардың) әдіскерлерін, ПМПК педагогтерін қоспағанда) жетістіктерін растайтын құжаттар);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+10) кәсіби жетістіктерді және тәжірибені қорытуды растайтын құжаттар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) оқуды/сабақтарды бақылау парақтары (ПМПК педагогтерінен басқа);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3)-11)-тармақтарда санамаланған құжаттар түпнұсқалары мен көшірмелері ұсынылады, салыстырып тексерілгеннен кейін түпнұсқалары өтініш берушіге қайтарылады. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қосымша келесі құжаттар ұсынылады:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әдістемелік кабинеттердің (орталықтардың) әдіскерлері үшін – жарияланымдарды, жобаларға қатысуын, инновациялық, эксперименттік қызметті растайтын құжаттар, әзірленген әдістемелік материалдар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының педагогтары үшін - білім беру ұйымы басшысының мөрімен және қолымен расталған оқу жетістіктерін сырттай бағалау және (немесе) ағымдағы және (немесе) қорытынды аттестаттау нәтижелерін қамтитын біліктілік санаттарын беру арасындағы кезеңдегі білім сапасының көрсеткіштері; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мектепке дейінгі тәрбие және оқыту ұйымдарының педагогтері үшін-білім беру ұйымы басшысының мөрімен және қолымен расталған шеберлік пен дағдылардың қалыптасу көрсеткіштері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қосымша білім беру ұйымдарының педагогтері үшін – білім беру ұйымы басшысының мөрімен және қолымен расталған білім алушылардың, тәрбиеленушілердің таңдаған білім беру бағдарламасын меңгеру көрсеткіштері; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Арнайы білім беру ұйымдарының, білім беру ұйымдарындағы арнайы сыныптардың (топтардың) педагогтері үшін (ПМПК педагогтерінен басқа) – жеке дамыту бағдарламасын іске асыру бойынша маман қызметінің нәтижелілік көрсеткіштері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілетін қызметті беруші және Мемлекеттік корпорация қызметкері мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көрсетілетін қызметті беруші мемлекеттік қызметті көрсетуден бас тартады: </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталған жағдайда;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) көрсетілетін қызметті алушы және (немесе) ұсынылған материалдар, мемлекеттік қызметті көрсету үшін қажетті деректер мен мәліметтер талаптарға сәйкес келмеген жағдайларда мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап болып табылады. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы Стандарттың 8-тармағында көзделген тізбеге сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өткен құжаттарды берген жағдайда, көрсетілетін қызметті беруші осы Қағидаларға 9-қосымшаға сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Организм функциялары тұрақты бұзылып, оның тыныс-тіршілігін шектейтін денсаулығы бұзылған көрсетілетін қызметті алушыларға, қажет болған жағдайда, мемлекеттік қызметті көрсету үшін құжаттарды қабылдауды Мемлекеттік корпорация қызметкері бірыңғай байланыс орталығы 1414; 8 800 080 7777 арқылы жүгіну арқылы тұрғылықты жеріне барып жүргізеді. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Министрліктің www.edu.gov.kz интернет-ресурсында;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) мемлекеттік корпорацияның www.gov4c.kz интернет-ресурсында орналастырылған. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда порталдың "жеке кабинеті", сондай-ақ бірыңғай байланыс орталығы: 1414, 8 800 080 77777 арқылы қашықтықтан қол жеткізу режимінде Мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты алу мүмкіндігі бар.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің интернет-ресурсында www.edu.gov.kz орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...137 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5887"/>
-        <w:gridCol w:w="3890"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>орта және жалпы орта білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>берудің жалпы білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бағдарламаларын, техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және кәсіптік, орта білімнен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кейінгі, қосымша,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мамандандырылған және арнайы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім беру бағдарламаларын іске</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымдарында лауазымдарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім және ғылым саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өзге де азаматтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметшілерді аттестаттаудан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>12-қосымша</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/көрсетілетін қызметті</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Т.А.Ә. (бар болған жағдайда)/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1105 lines deleted...]
-        <w:t>      (аттестатталушының қолы және күні)</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестаттаудан өту үшін білім беру ұйымдарында лауазым атқаратын педагогтердің құжаттарын қабылдаудан бас тарту туралы қолхат </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 27 қаңтардағы № 83 бұйрығымен бекітілген Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын іске асыратын білім беру ұйымдарында қызмет атқаратын педагогтерді және білім беру мен ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарының 2-тарауының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>43-тармағын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басшылыққа ала отырып, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      /көрсетілетін қызметті берушінің немесе Мемлекеттік корпорацияның атауын, мекенжайын көрсету/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      педагогтерге біліктілік санаттарын беру (растау) рәсіміне қатысу үшін құжаттарды қабылдаудан бас тартады </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      / көрсетілетін қызметті алушының Т.А.Ә. (бар болған жағдада) көрсету/ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      /білім беру ұйымының атауын көрсету/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      байланысты_____________________________________________, атап айтқанда /жоқ немесе сәйкес келмейтін құжаттардың атауын көрсету/: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) _________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) _________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) _________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы қолхат әр тарапқа бір-бірден 2 данада жасалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "____"___________20___жыл _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Мемлекеттік корпорация қызметкерінің Т.А.Ә.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алды:                              __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      /көрсетілетін қызметті алушының Т.А.Ә.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (бар болған жағдайда) /</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "____"___________20___жыл                  ______________/қолы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5887"/>
-        <w:gridCol w:w="3890"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудың, бастауыш, негізгі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>орта және жалпы орта білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>берудің жалпы білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бағдарламаларын, техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және кәсіптік, орта білімнен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кейінгі, қосымша,</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-              <w:rPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мамандандырылған және арнайы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім беру бағдарламаларын іске</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>асыратын білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымдарында лауазымдарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>атқаратын педагогтерді және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім және ғылым саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өзге де азаматтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметшілерді аттестаттаудан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>13-қосымша</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/көрсетілетін қызметті</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Т.А.Ә.(бар болған жағдайда)/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...390 lines deleted...]
-        <w:t>      Күні "____" __________ 20 ______ жыл</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестаттаудан өту үшін білім беру ұйымдарында лауазым атқаратын педагогтердің құжаттарын қабылдау туралы қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      /көрсетілетін қызметті алушының Т.А.Ә.(бар болған жағдайда) /</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      / көрсетілетін қызметті берушінің атауын көрсету/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Педагогтерді аттестаттау рәсіміне қатысу үшін қабылданған құжаттар тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қабылдады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (орындаушының Т.А.Ә.) (қолы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "____"___________20___жыл</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5887"/>
-        <w:gridCol w:w="3890"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мектепке дейінгі тәрбие мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>орта және жалпы орта білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>берудің жалпы білім беретін оқу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бағдарламаларын, техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және кәсіптік, орта білімнен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кейінгі, қосымша,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мамандандырылған және арнайы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім беру бағдарламаларын іске</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>асыратын білім беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>атқаратын педагогтерді және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>білім және ғылым саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өзге де азаматтық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметшілерді аттестаттаудан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өткізу қағидалары мен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>14-қосымша</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcMar>
-[...7 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аттестаттау комиссиясының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>төрағасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(білім беру ұйымының атауы),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық (қалалық) бөлімдер,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>облыстардың, республикалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>маңызы бар қалалардың және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>астананың білім басқармалары,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уәкілетті орган)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Білім беру ұйымдары басшылары қызметтерінің тиімділік көрсеткіштері</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын іске асыратын білім беру ұйымдарының басшыларын (басшыларының орынбасарларын) аттестаттауға қатысу туралы өтініш </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мен,_________________________________________________________________, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (педагогтің Т.А.Ә.(бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСН_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Лауазым (мамандығы) бойынша________20___жылғы біліктілік санатына аттестаттауға қатысуға рұқсат беруді сұраймын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       ___________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бүгінгі таңда _____ (күні) ___ (айы) ______ жылға дейін жарамды біліктілік санатым бар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мына жұмыс нәтижелерін негіз деп есептеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзім туралы мынадай мәліметтерді хабарлаймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білімі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="733"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1427"/>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="1122"/>
+        <w:gridCol w:w="9623"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1031" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...41 lines deleted...]
-              <w:t>Балдар</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5744 lines deleted...]
-              <w:t>"бірінші санатты басшы" - 50-54 балл.</w:t>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> Техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымының басшысы қызметінің тиімділік көрсеткіштері</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыс өтілі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="929"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1240"/>
+        <w:gridCol w:w="550"/>
+        <w:gridCol w:w="8011"/>
+        <w:gridCol w:w="550"/>
+        <w:gridCol w:w="3189"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1044" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcW w:w="550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8011" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік) бойынша </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Балл</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру ұйымының басшысы (басшының орынбасары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...5165 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcW w:w="550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...658 lines deleted...]
-              <w:t>санатты басшы" - 57-65 балл.</w:t>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8011" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...17 lines deleted...]
-        <w:rPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Марапаттары, атағы, ғылыми (академиялық) дәрежесі, ғылыми атағы алған жылын көрсете отырып </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Білім беру ұйымының басшысы (басшының орынбасары) жұмыс істейтін білім беру ұйымы (қажеттісінің астын сызу): мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі, арнайы, қосымша білім беру. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аттестаттау қағидаларымен таныстым. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "____" __________ 20 ___ жыл __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтарды және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Әдістемелік кабинет (орталық) басшысы қызметінің тиімділік көрсеткіштері) (ең жоғарғы балл саны-24)</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білім беру ұйымының басшысына аттестаттау парағы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау түрі: кезекті -☐; қайталама -☐</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (X белгісімен белгілеу қажет)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т.А.Ә. (болған жағдайда әкесінің аты)__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Туған жылы "___" __________ _______ жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қайта даярлау, біліктілікті арттыру жөніндегі білімі туралы анықтама (қашан және қандай оқу орнын аяқтады, білімі бойынша мамандығы және біліктілігі, біліктілікті арттыру, қайта даярлау, ғылыми (академиялық) дәрежесі, ғылыми дәрежесі, оларды растағаны туралы күні жөніндегі құжаты)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Атқарып отырған лауазымы және қабылднған күні, біліктілік санаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Жалпы еңбек өтілі ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Мемлекеттік және азаматтық қызмет лауазымында, басшылық лауазымында жалпы еңбек өтілі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Аттестаттау комиссиясы мүшелерінің жолдаған ұсыныстары мен ескертпелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Аттестатталушының пікірі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Аттестатталушының тікелей басшысының қызметтік мінездемесене сәйкес қызметін бағалау</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Отырысқа қатысқандар ___аттестаттау комиссиясының мүшелері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Аттестаттау комиссиясының әрбір мүшесі толтыратын қоса беріліп отырған бағалау парағына сәйкес дауыс беру нәтижелері бойынша аттестатталушының қызметін бағалау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (дауыс саны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өтініш берген біліктілік санатына аттестатталған</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (дауыс саны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (әрбір біліктілік санаты бойынша бөлек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өтініш берілген біліктілік санатына ротациямен аттестатталды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (дауыс саны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өтініш берілген біліктілік санатына аттестатталмады _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (дауыс саны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қорытынды бағалау_________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (цифрлық белгісі бар біліктілік санаты жазбаша көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Аттестаттау комиссиясының ұсынымдары </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (олар бойынша берілетін уәждерді көрсете отырып) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13.Ескертпе __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау комиссиясының төрағасы:__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау комиссиясының хатшысы:__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау комиссиясының мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйым басшысы                        _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөр орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттаудың өткізілген күні "____" ___________ 20 _____ жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аттестаттау парағымен таныстым: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аттестатталушының қолы және күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестаттауға жататын білім беру ұйымының басшысының бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (аттестаттау комиссиясының мүшесі толтырады)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау түрі: кезекті -☐; қайталама -☐</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (X белгісімен белгілеу қажет)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лауазымы_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау комиссиясы мүшесінің шешімі (аталғандардың бірі: өтініш берілген біліктілік санатына аттестатталды, өтініш берілген біліктілік санатына ротациямен аттестатталды, өтініш берілген біліктілік санатына аттестатталмады):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау комиссиясы мүшесінің өз шешімін негіздеуі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Біліктілік санатына сәйкес __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Біліктілік санатын белгілеу үшін негіздер жоқ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Негіз:___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау комиссиясының мүшесі ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т. А. Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аттестаттау комиссиясының хатшысы _________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т. А. Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні "____" __________ 20 ______ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білім беру ұйымдары басшылары қызметтерінің тиімділік көрсеткіштері</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1176"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1201"/>
+        <w:gridCol w:w="1031"/>
+        <w:gridCol w:w="6372"/>
+        <w:gridCol w:w="3238"/>
+        <w:gridCol w:w="1659"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1404" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көрсеткіштер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Балл</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1404" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сапалы білім берудің қолжетімділігін қамтамасыз ету тиімділігі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(өлшемшарттар бойынша ең жоғарғы сандық балл – _____)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 6-7 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 8-9 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 10-12 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...44 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...52 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру ұйымының ашықтығы:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- сайттың болуы (web-беттер),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- апта сайын жаңартылып отыратын әлеуметтік желілердегі беттің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...58 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағаланатын көрсеткіші бар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағаланатын көрсеткіші </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+жартылай бар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіші жоқ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...43 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім алушылар контингенті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1000 жоғары білім алушы; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+501–1000 білім алушы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500-ден төмен білім алушы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...70 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекше білім беру қажеттіліктері бар балалар контингентіне сәйкес арнайы жағдайлардың болуы:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.1. Білім алушылардың жалпы санынан ерекше білім беру қажеттіліктері бар білім алушылардың үлесі (контингент);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тосқауылсыз ортаның болуы: пандус, лифт, көтергіш, тактильді жолдар, Брайль тақтайшалары;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дефектологтың сүйемелдеуін ұйымдастыру;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагогтердің жалпы санынан инклюзивті білім беру бойынша біліктілікті арттыру курстарынан өткен педагогтердің үлесі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекше білім беру қажеттілігі бар балалардың, оның ішінде үйде оқитын балалардың бос уақытын ұйымдастыру (жеке дене ерекшеліктерін ескере отырып)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...69 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+білім алушылардың жалпы санынан кемінде 1%-ы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+білім алушылардың жалпы санынан 1% астамы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жалпы санынан 10%-дан жоғары;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жалпы санынан 10%-дан жоғары;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+жоқ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 және одан да көп балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санына байланысты 0,5 балл бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...63 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қолайлы жағдай және қауіпсіз орта жасау:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- бейнебақылаумен қамтамасыз ету;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- адамдар жаппай жиналатын жерлерде балаларды бақылау және қадағалау мүмкіндігі (ҚР Үкіметінің 2015 жылғы 3 сәуірдегі №191 қаулысына сәйкес);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- істен шыққан камералардың болмауы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- ұрлық пен бұзушылықтардың болмауы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- басқа мемлекеттік органдар тарапынан айыппұл санкцияларының болмауы (ІІД және ТЖД мониторингі бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...69 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+жоқ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бар болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+бар болуына байланысты </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...43 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру ұйымының ғимаратына кіруді бақылауды ұйымдастыру:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- кіруді бақылау және басқару жүйесі (турникеттердің болуы (қарапайым, бет тану, білезікпен, саусақ ізімен);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- хабарландыру жүйесінің болуы ("дабыл түймесі");</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- күзет қызметі субъектілерінің болуы: күзетшілер, вахтерлер (ауылдық жерлер үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+жоқ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+бар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...33 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алдыңғы жылмен салыстыру бойынша қосымша білім берумен қамтылған оқушылар мен тәрбиеленушілердің өсу динамикасы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...39 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өсу - 15%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өсу – 10%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өсу – 5%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алдыңғы деңгейде;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіші жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру сапасын қамтамасыз етудің тиімділігі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(өлшемшарттар бойынша ең жоғарғы балл саны – 14; мектепке дейінгі, қосымша білім беру ұйымдары үшін-4)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 8-9 балл; мектепке дейінгі, қосымша білім беру ұйымдары үшін – 2 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 10-11 балл; мектепке дейінгі, қосымша білім беру ұйымдары үшін – 3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 12-14 балл; мектепке дейінгі, қосымша білім беру ұйымдары үшін-4 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...53 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...59 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Білім сапасының динамикасы (мектепке дейінгі тәрбие мен оқытуды ұйымдастыру үшін - білім мен дағдының қалыптасу деңгейінің динамикасы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өсу – 16-20%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өсу - 11-15%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өсу - 7-10%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткен жылдың деңгейіне сәйкес;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағаланатын көрсеткіші жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...33 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...39 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Алтын белгі" алған түлектер саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Өткен жылғы деңгейден жоғары; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Өткен жылғы деңгейге сәйкес; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Өткен жылғы деңгейден төмен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...43 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...49 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарына, жоғары оқу орындарына түскен бітірушілердің үлесі (мамандандырылған білім беру ұйымдары үшін – бюджеттік негізде оқуға түсу) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80% және одан жоғары;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70-79%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60-69%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50-59%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағаланатын көрсеткіші жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...53 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...32 lines deleted...]
-              <w:t>0 балл</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстық, республикалық, халықаралық олимпиадалардың, конкурстардың, жарыстардың жеңімпаздары (жүлдегерлері) болған тәрбиеленушілердің/оқушылардың саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+облыстық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аудандық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағаланатын көрсеткіші жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-              <w:t>балды төмендетудің ең көп саны –4 балл кем)</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кадрлық әлеуетті, инновациялық қызметті дамытудың тиімділігі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(өлшемшарттар бойынша ең жоғарғы балл саны-24)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 10-15 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 16-20 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 21-24 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1404" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру ұйымдары педагогтерінің жалпы санынан жоғары кәсіптік білімі бар педагогтердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+91 - 100%; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81 – 90%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70 – 80%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70%-дан төмен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>1 балл кем;</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1404" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылыми/академиялық дәрежесі бар педагогтердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...50 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+кемінде 30%; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-29 %;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15-19%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-14%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...22 lines deleted...]
-              <w:t>1 балл кем</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1404" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>барлығы</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру ұйымдары педагогтерінің жалпы санынан "педагог-зерттеуші", "педагог-шебер" біліктілік санаты бар педагогтердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 60%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40-59%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30-39%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25-29%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1-24%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жас мамандардың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіші бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіші жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру ұйымы басшысының менеджмент саласындағы біліктілікті арттыру курстары туралы сертификатының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіші бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағаланатын көрсеткіші жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіби шеберлік конкурстарының жеңімпаздары/жүлдегерлері болған педагогтер саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық деңгей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқу-әдістемелік кеңес мақұлдаған әзірленген бағдарламалардың, оқу-әдістемелік кешендердің, әдістемелік ұсынымдардың/құралдардың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіші жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инновациялық-эксперименттік қызмет, әлеуметтік/білім беру жобаларына қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіші жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық-техникалық қамтамасыз етудің тиімділігі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(өлшемшарттар бойынша балдың ең жоғарғы саны-4)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 4 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық-техникалық базаны жақсарту (қазіргі заманғы жабдықтарды, цифрлық зертханаларды, интерактивті жабдықтарды, оқу кабинеттері мен т.б. сатып алу)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіші бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіші жоқ;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қосымша;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бюджеттен тыс қаражат есебінен алу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балл төмендеуінің көрсеткіштері</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+(өлшемшарттар бойынша балды төмендетудің ең жоғарғы саны –14 балдан төмен) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқу-тәрбие процесі кезінде білім беру ұйымының аумағында білім алушылардың/</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тәрбиеленушілердің, қызметкерлердің денсаулығына зиян келтіруге әкеп соққан тіркелген жарақаттану жағдайларының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіші бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіші жартылай бар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Суицидтік әрекеттердің саны </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аяқталған суицид;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Суицид әрекеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім алушылар жасаған құқық бұзушылықтардың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағаланатын көрсеткіштер бар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кадрлар тұрақтамауының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20% жоғары тұрақтамау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 – 19% тұрақтамау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 – 9% тұрақтамау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҰББД сапасыз толтыру (облыстық білім басқармасының талдауы бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мәліметтердегі қателіктер – 5 балл кем </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрондық журналдар жүйесінде кері байланыстың болмауы (облыстық білім басқармасының талдауы бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Оқу пәндері бойынша мұғалімдердің тұрақтылығы мен пікірлерді толтыру сапасының болмауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 жылда 1 рет біліктілікті арттыру курстарынан өтпеген педагогтердің болуы ("Педагог мәртебесі туралы" ҚР Заңына сәйкес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш бар;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Б</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+а</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+р</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+л</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ғ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...22 lines deleted...]
-              <w:t>"бірінші санатты басшы" - 22-24 балл.</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 40-49 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 50-59 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 60-64 балл.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мектепке дейінгі, қосымша білім беру ұйымдары үшін:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 30-39 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 40-49 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 50-54 балл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...325 lines deleted...]
-        <w:rPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Көрсеткіштерге қол жеткізу аттестаттау аралық кезеңде (аттестаттау арасындағы кезең) ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...99 lines deleted...]
-        <w:t>      Білім беру ұйымдарының келесі басшылары өтініш берілген біліктілік санаттарына аттестатталды:</w:t>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымының басшысы қызметінің тиімділік көрсеткіштері</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="607"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1480"/>
+        <w:gridCol w:w="1044"/>
+        <w:gridCol w:w="6612"/>
+        <w:gridCol w:w="3279"/>
+        <w:gridCol w:w="1365"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көрсеткіштер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сапалы білімнің қолжетімділігін қамтамасыз ету тиімділігі (өлшемшарт бойынша ең жоғары балл саны-10)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 5-6 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 6-8 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 8-10 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Берілген біліктілік санаты</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру ұйымының ашықтығы:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- сайттың болуы (web-беттер),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- апта сайын жаңартылып отыратын әлеуметтік желілердегі беттің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағаланатын көрсеткіш бар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағаланатын көрсеткіш жартылай бар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш жоқ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім алушылар контингенті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1000–нан жоғары білім алушы; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+501–1000 білім алушы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+500-ден аз білім алушы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балла</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекше білім беру қажеттіліктері бар балалар контингентіне сәйкес арнайы жағдайлардың болуы:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.1. Білім алушылардың жалпы санынан ерекше білім беру қажеттіліктері бар білім алушылардың үлесі (контингенті);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тосқауылсыз ортаның болуы: пандус, лифт, көтергіш, кіру тобы, шақыру батырмасы, жабдықталған санитарлық-гигиеналық бөлме, ұтқырлықты қолдау үшін бағдарлау жүйесі, дыбыс сигнал, жарық сигнал, тактильді жолдар, Брайль тақтайшалары;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрал-жабдықтар мен жиһаздармен жарақтандыру (ҚР БҒМ 2016 жылғы 22 қаңтардағы бұйрығына сәйкес.)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Логопед, дефектолог, тифлопедагогты сүйемелдеуді ұйымдастыру;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Педагогтердің жалпы санынан инклюзивті білім беру бойынша біліктілікті арттыру курстарынан өткен педагогтардың үлесі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Ерекше білім беру қажеттілігі бар балалардың, оның ішінде үйде оқитын балалардың бос уақытын ұйымдастыру (жеке дене ерекшеліктерін ескере отырып) </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үкіметтік емес ұйымдармен ынтымақтастықта болу|:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- оқыту семинарларын ұйымдастыру;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- тәжірибе алмасу (мастер-кластар);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- мәдени-көпшілік шараларды ұйымдастыру;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- бюджеттен тыс қаражат есебінен кабинеттерді оқыту, жабдықтау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- балалардың шығармашылық жұмыстарын ұйымдастыру (жәрмеңкелер, көрмелер, мұражайлар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+білім алушылардың жалпы санынан 1%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+білім алушылардың жалпы санынан 1 %-дан аса </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+жоқ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жалпы санынан 10%-ға дейін;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+жалпы санынан 10%-дан астам </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+жоқ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 және одан да көп балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бар болуына байланысты 1 балл </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бар болуына байланысты 1 балл </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бар болуына байланысты 1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қолайлы жағдай және қауіпсіз ортаны жасау:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- бейнебақылаумен қамтамасыз ету;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- жаппай жиналатын жерлерде балаларды бақылау және бақылау мүмкіндігінің болмауы (ҚР Үкіметінің 2015 жылғы 3 сәуірдегі № 191 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаулысына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- істен шыққан камералардың болмауы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- ұрлық пен бұзушылықтардың болмауы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- басқа мемлекеттік органдар тарапынан айыппұл санкцияларының болмауы (ІІД және ТЖД талдауы бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+жоқ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+болуына байланысты 1 баллдан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс берушілермен келісілген оқу жұмыс жоспарларының үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+барлық мамандықтар бойынша бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бірнеше мамандық бойынша бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру сапасын қамтамасыз етудің тиімділігі (өлшемшарттар бойынша балдың ең жоғары саны – 27)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 15-20 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 20-25 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 25-27 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Түлектердің жалпы санынан өткен оқу жылында жұмыспен қамтылған және жұмысқа орналастырылғандардың үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмысқа орналастырылды және бос емес – 95%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмысқа орналастырылды және бос емес – 75%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмысқа орналастырылды және бос емес – 60%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жұмысқа орналастырылды және бос емес –60%-дан төмен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім сапасының динамикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 – 20%-ға өсу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 - 15%-ға өсу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+7 - 10%-ға өсу; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткен жылғы деңгейге сәйкес;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіштер жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дуальды оқыту нысаны бойынша білім алушыларды ұлғайту үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5% -ға өсу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3%-ға өсу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткен жылғы деңгейге сәйкес;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіштер жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белгілі бір оқу мерзіміне қабылданған білім алушылардың жалпы санынан оқуды жалғастыратын білім алушылардың үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқу жылының соңындағы контингент-90%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқу жылының соңындағы контингент-80%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқу жылының соңындағы контингент-70% және төмен;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстық, республикалық, халықаралық олимпиадалардың, конкурстардың, жарыстардың жеңімпаздары (жүлдегерлері) болған оқушылардың саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Областық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық деңгей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру ұйымының халықаралық жобаларға қатысуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірнеше жобаларға қатысуы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір ғана жобаға қатысуы; бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балла</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кадрлық әлеуетті, инновациялық қызметті дамытудың тиімділігі </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(өлшемшарттар бойынша балдың ең жоғарғы саны – 24)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 10-15 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 16-20 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 21-24 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру ұйымдары педагогтерінің жалпы санынан жоғары кәсіптік білімі бар педагогтердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+91 - 100%; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81 – 90%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70 – 80%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70% және төмен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылыми/академиялық дәрежесі бар педагогтердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+30%-дан төмен; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20-29%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 — 19%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 — 14%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10% және төмен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Білім беру ұйымдары педагогтерінің жалпы санынан "педагог-зерттеуші", "педагог-шебер" біліктілік санаты бар педагогтердің үлесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60%-дан төмен емес;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40 — 59%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 — 39%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 — 29%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+25% және төмен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жас мамандардың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Білім беру ұйымы басшысының менеджмент саласындағы біліктілікті арттыру курстары туралы сертификатының болуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіби шеберлік конкурстарының жеңімпаздары/жүлдегерлері болған педагогтер саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Областық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық деңгей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Оқу-әдістемелік кеңес мақұлдаған әзірленген бағдарламалардың, оқу-әдістемелік кешендердің, әдістемелік ұсынымдардың/құралдардың болуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Областық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аудандық деңгей бағаланатын көрсеткіш жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инновациялық-эксперименттік қызмет, әлеуметтік/білім беру жобаларына қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Областық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық деңгей бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Материалдық техникалық қамтамасыз ету тиімділігі </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(өлшемшарттар бойынша балдың ең жоғарғы саны – 4)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"бірінші санатты басшы" - 4 балл; </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық-техникалық базаны жақсарту (қазіргі заманғы жабдықтарды, сандық зертханаларды, интерактивті жабдықтарды, оқу кабинеттері мен т. б. сатып алу)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бағаланатын көрсеткіш бар бағаланатын көрсеткіш жоқ қосымша:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+бюджеттен тыс қаражат есебінен тыс иелену </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Балды төмендету көрсеткіштері </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(өлшемшарттар бойынша балды төмендетудің ең жоғарғы саны–13 балдан кем)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқу-тәрбие процесі кезінде білім беру ұйымының аумағында білім алушылардың/тәрбиеленушілердің, қызметкерлердің денсаулығына зиян келтіруге әкеп соққан тіркелген жарақаттану жағдайларының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+бағаланатын көрсеткіш бар бағаланатын көрсеткіш жартылай бар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Суицид жағдайларының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Аяқталған суицид; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Суицид әрекеті </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қылмыстардың, құқық бұзушылықтардың болуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш бар Бағаланатын көрсеткіш жартылай бар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қолайлы жағдайлар мен қауіпсіз ортаны құру:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- бейнебақылаудың болмауы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- жаппай жиналатын жерлерде балаларды бақылау және бақылау мүмкіндігінің болмауы (ҚР Үкіметінің 2015 жылғы 3 сәуірдегі № 191 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаулысына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- істен шыққан камералардың болуы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- ұрлық және бұзу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- басқа мемлекеттік органдар тарапынан айыппұл санкцияларының болуы (ІІД және ТЖД мониторингі бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...137 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл кем</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1балл кем</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
-[...155 lines deleted...]
-              <w:br/>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кадрлар тұрақтамауының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20%-дан жоғары тұрақтамау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 – 19%-тұрақтамау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 – 9%- тұрақтамау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҰББД сапасыз толтыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сандық көрсеткіштерде анықтықтың болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5 жылда 1 рет біліктілікті арттыру курстарынан өтпеген педагогтердің болуы ("Педагог мәртебесі туралы" ҚР </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заңына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағаланатын көрсеткіш бар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 33 – 44 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 45-56 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 57-65 балл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...9 lines deleted...]
-        <w:t>      Білім беру ұйымдарының келесі басшылары өтініш берілген біліктілік санаттарына ротациямен аттестатталды:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Көрсеткіштерге қол жеткізу аттестаттау аралық кезеңде ескеріледі (аттестаттау арасындағы кезең)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әдістемелік кабинет (орталық) басшысы қызметінің тиімділік көрсеткіштері) (ең жоғарғы балл саны-24)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="607"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1480"/>
+        <w:gridCol w:w="1404"/>
+        <w:gridCol w:w="5013"/>
+        <w:gridCol w:w="4264"/>
+        <w:gridCol w:w="1619"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Өлшемшарттар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көрсеткіштер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Берілген біліктілік санаты</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру ұйымының ашықтығы:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- сайттың болуы (web-беттер),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- апта сайын жаңартылып отыратын әлеуметтік желілердегі беттің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағаланатын көрсеткіш бар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағаланатын көрсеткіш жартылай бар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш жоқ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
-[...155 lines deleted...]
-              <w:br/>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылыми/академиялық дәрежесінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғылыми дәреже;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Академиялық дәреже;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="810" w:type="dxa"/>
-[...160 lines deleted...]
-              <w:br/>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әдіскерлер санынан ғылыми / академиялық дәрежесі бар әдіскерлердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 — 60%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40 — 59%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 — 39%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 — 29%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+20% және төмен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әдіскерлер санынан "педагог-зерттеуші", "педагог-шебер" біліктілік санаты бар әдіскерлердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90% дан кем емес;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80 — 89%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70 — 79%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 — 69%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 65% төмен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Әдістемелік жұмыс тәжірибесін трансляциялау бойынша республикалық/халықаралық іс-шараларда басшының сөйлеген сөзі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Республикалық деңгей </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық оқу-әдістемелік кеңес мақұлдаған әзірленген бағдарламалардың, оқу-әдістемелік кешеннің, әдістемелік жұмыс жөніндегі әдістемелік ұсынымдардың/ құралдардың авторы/тең авторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әлеуметтік/білім беру жобаларына қатысқан кәсіби конкурстарда жеңімпаз/жүлдегер болған әдіскерлердің, оның ішінде МК басшысының саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Областық деңгей</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағаланатын көрсеткіш жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Әдістемелік жұмыс бойынша біліктілікті арттыру курстары туралы сертификаттың болуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белсенді жұмыс істейтін пән педагогтері қауымдастықтарының саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 6 қауымдастық;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-5 қауымдастық;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кемінде 3 қауымдастық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Әдістемелік кабинет (орталық) басшысының жұмыс немесе сараптамалық топтарға қатысуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Областық деңгей</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балдың төмендеу көрсеткіші</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(өлшемшарттар бойынша балды төмендетудің ең көп саны –4 балл кем)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+11. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Педагогтердің, әдістемелік кабинет (орталық) қызметкерлерінің негізделген шағымдарының, өтініштерінің болуы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бағаланатын көрсеткіш бар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кадрлар тұрақтамауының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20%-дан жоғары тұрақтамау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 – 19%-тұрақтамау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 – 9%- тұрақтамау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"үшінші санатты басшы" - 17-19 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"екінші санатты басшы" - 20-21 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"бірінші санатты басшы" - 22-24 балл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">       Білім беру ұйымдарының келесі басшылары өтініш берілген біліктілік санаттарына аттестатталмады: </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *Көрсеткіштерге қол жеткізу аттестаттау аралық кезеңде ескеріледі (аттестаттау арасындағы кезең)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру мен ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестаттау комиссиясы отырысының хаттамасы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___"___________________ 20____ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия төрағасы:_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау кезеңдерінің қорытындысы бойынша комиссияның ШЕШІМІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымдарының келесі басшылары өтініш берілген біліктілік санаттарына аттестатталды:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="557"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="706"/>
+        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="5203"/>
+        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="1318"/>
+        <w:gridCol w:w="2333"/>
+        <w:gridCol w:w="1826"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="760" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5203" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...30 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш берілген біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> Себебі </w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Берілген біліктілік санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="760" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5203" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...29 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5203" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...56 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...942 lines deleted...]
-        <w:t xml:space="preserve"> Аттестаттау туралы куәлікті тіркеу және беру журналы</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымдарының келесі басшылары өтініш берілген біліктілік санаттарына ротациямен аттестатталды:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="610"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1000"/>
+        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="5203"/>
+        <w:gridCol w:w="810"/>
+        <w:gridCol w:w="1318"/>
+        <w:gridCol w:w="2333"/>
+        <w:gridCol w:w="1826"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="831" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5203" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш берілген біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...34 lines deleted...]
-              <w:t>Табыстау туралы қолы</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Берілген біліктілік санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="831" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5203" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5203" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...4 lines deleted...]
-        <w:br/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Білім беру ұйымдарының келесі басшылары өтініш берілген біліктілік санаттарына аттестатталмады: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1381"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1381"/>
+        <w:gridCol w:w="760"/>
+        <w:gridCol w:w="4881"/>
+        <w:gridCol w:w="760"/>
+        <w:gridCol w:w="1236"/>
+        <w:gridCol w:w="2189"/>
+        <w:gridCol w:w="1713"/>
+        <w:gridCol w:w="761"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031256">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+            <w:tcW w:w="760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4881" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш берілген біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Берілген біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Себебі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...24 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4881" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:br/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4881" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия төрағасы __________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. ___________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. ___________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. ___________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. ___________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хатшы: ___________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру мен ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) арқылы аттестаттау туралы КУӘЛІК</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Білім беру ұйымының немесе білім беруді басқару органының толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы куәлік 20_____жылғы _____ № "___" бұйрығымен аттесттаттау комиссиясының шешіміне сәйкес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________берілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20_____жылғы ___ ___________№ "___" біліктілік санаты берілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________ ________бойынша лауазымы ______________ (лауазым атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы аталған куәлік 20____жылғы "____" ______________дейін жарамды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Білім беру ұйымының басшысы ______________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөр орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тіркеу нөмірі __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Берілген күні "____" __________ 20 ____ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру мен ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>17-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Аттестаттау туралы куәлікті тіркеу және беру журналы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="831"/>
+        <w:gridCol w:w="3137"/>
+        <w:gridCol w:w="2055"/>
+        <w:gridCol w:w="1100"/>
+        <w:gridCol w:w="2974"/>
+        <w:gridCol w:w="1101"/>
+        <w:gridCol w:w="1102"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+р/н</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2055" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біліктілік талаптарын беру/растау лауазымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комиссия шешімінің күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біліктілік талаптарын беру/растау туралы бұйрықтың нөмірі мен күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1101" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Куәлік берілген күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыстау туралы қолы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2055" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1101" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00031256" w:rsidRDefault="00294DDD">
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...10 lines deleted...]
-    <w:sectPr w:rsidR="00031256">
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+				</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:space="720"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...71 lines deleted...]
-</w:settings>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...5 lines deleted...]
-    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
     <w:name w:val="Normal"/>
+    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
     <w:rsid w:val="004A3277"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="10"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="20"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="30"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="40"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="true">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="true">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="true">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="true">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="true">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="true">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="8" w:space="4"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="true">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...177 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ad">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+  <w:style w:type="paragraph" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
+  <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-  </w:style>
-[...7 lines deleted...]
-    <w:rsid w:val="00294DDD"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...14 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...648 lines deleted...]
-</a:theme>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...5 lines deleted...]
-</cp:coreProperties>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>