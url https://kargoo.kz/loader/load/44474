--- v0 (2025-11-06)
+++ v1 (2025-11-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns18="urn:schemas-microsoft-com:office:excel" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="966800e" w14:textId="966800e">
+    <w:p w14:paraId="2ad95a1" w14:textId="2ad95a1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,307 +76,267 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Азаматтық қызметшілердің қызмет әдебі кодексін бекіту туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>Об утверждении Кодекса служебной этики гражданских служащих</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра труда и социальной защиты населения Республики Казахстан от 28 августа 2020 года № 342. Зарегистрирован в Министерстве юстиции Республики Казахстан 29 августа 2020 года № 21150.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2015 жылғы 23 қарашадағы Қазақстан Республикасы Еңбек кодексінің 16-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 41-4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 16 Трудового кодекса Республики Казахстан от 23 ноября 2015 года ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Азаматтық қызметшілердің қызмет әдебі </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      1. Утвердить прилагаемый </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодекс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> служебной этики гражданских служащих.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Департаменту труда и социального партнерства Министерства труда и социальной защиты населения Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің Еңбек және әлеуметтік әріптестік департаменті заңнамада белгіленген тәртіппен: </w:t>
-[...39 lines deleted...]
-      2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      2) размещение настоящего приказа на официальном интернет-ресурсе Министерства труда и социальной защиты населения Республики Казахстан после его официального опубликования; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) осы бұйрық мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің Заң қызметі департаментіне осы тармақтың </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтер ұсынуды қамтамасыз етсін.</w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Департамент юридической службы Министерства труда и социальной защиты населения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Еңбек және халықты әлеуметтік қорғау бірінші вице-министрі А.Ә. Сарбасовқа жүктелсін. </w:t>
+      3. Контроль за исполнением настоящего приказа возложить на первого вице-министра труда и социальной защиты населения Республики Казахстан Сарбасова А.А. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7795"/>
         <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -394,64 +354,87 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр труда и социальной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Еңбек және халықты әлеуметтік қорғау министрі </w:t>
+              <w:t>защиты населения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -553,1169 +536,1172 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Утвержден приказом</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Еңбек және халықты</w:t>
+              <w:t>Министра труда и социальной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әлеуметтік қорғау министрінің</w:t>
+              <w:t>защиты населения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2020 жылғы 28 тамыздағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 342 бұйрығымен</w:t>
-[...12 lines deleted...]
-              <w:t>бекітілген</w:t>
+              <w:t>от 28 августа 2020 года № 342</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Азаматтық қызметшілердің қызмет әдебі кодексі</w:t>
+        <w:t xml:space="preserve"> Кодекс служебной этики гражданских служащих </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Азаматтық қызметшілердің қызмет әдебі кодексі 2015 жылғы 23 қарашадағы Қазақстан Республикасы Еңбек кодексінің 16-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленген.</w:t>
+      1. Настоящий Кодекс служебной этики гражданских служащих (далее – Кодекс) разработан в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 41-4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 16 Трудового кодекса Республики Казахстан от 23 ноября 2015 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
-[...15 lines deleted...]
-      2. Кодекс Қазақстан Республикасының азаматтық қызметшілері басшылыққа алатын қызмет әдебінің жалпы қағидаттары мен нормаларының жиынтығынан тұрады.</w:t>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Кодекс представляет собой свод общих принципов и норм служебной этики, которыми руководствуются гражданские</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> служащие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...15 lines deleted...]
-      3. Азаматтық қызметшілердің Кодекс ережелерін білуі және сақтауы олардың кәсіптік қызметі мен еңбек тәртібін бағалау критерийлерінің бірі болып табылады.</w:t>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Знание и соблюдение гражданскими служащими положений Кодекса является одним из критериев оценки качества их профессиональной деятельности и трудовой дисциплины.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Этические нормы и требования, содержащиеся в настоящем Кодексе обязательны для всех гражданских служащих, которые должны неуклонно соблюдаться ими.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Гражданский служащий в течение трех рабочих дней со дня поступления на гражданскую службу ознакамливается с текстом настоящего Кодекса в письменной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Лист ознакомления хранится в личном деле гражданского служащего, которое ведется непосредственно кадровой службой организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Этические принципы деятельности гражданского служащего</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Гражданскому служащему при выполнении своих должностных обязанностей необходимо соблюдать следующие принципы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) беспристрастность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) честность и объективность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) порядочность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) профессиональная компетентность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) безупречное поведение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) лояльность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) конфиденциальность информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Этические требования к гражданским служащим</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Осы </w:t>
-[...83 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+      8. При осуществлении своей деятельности гражданский служащий соблюдает требования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан от 30 августа 1995 года, Трудового Кодекса Республики Казахстан от 23 ноября 2015 года, законов Республики Казахстан и иных нормативных правовых актов Республики Казахстан, а также положения настоящего Кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Гражданскому служащему необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) добросовестно выполнять свои служебные обязанности, неукоснительно соблюдать трудовую дисциплину, рационально и эффективно использовать рабочее время;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) соответствовать высоким моральным и нравственным критериям, соблюдать установленные законами Республики Казахстан ограничения и запреты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) повышать свой профессиональный уровень и квалификацию для эффективного использования служебных обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) своими действиями и поведением не давать повода для критики со стороны общества, не допускать преследования за критику, использовать конструктивную критику для устранения недостатков и улучшения своей деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) быть честным, справедливым, скромным, соблюдать общепринятые морально-этические нормы, проявлять вежливость и корректность в обращении с гражданами и коллегами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обеспечивать законность при осуществлении служебных обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обеспечивать прозрачность принятия решений, затрагивающих права и законные интересы физических и юридических лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обеспечивать сохранность государственной собственности, рационально, эффективно и только в служебных целях использовать вверенную собственность организации, включая автотранспортные средства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) соблюдать деловой этикет и правила официального поведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) противостоять проявлениям коррупции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) пресекать либо принимать иные меры по недопущению нарушений норм служебной этики со стороны других гражданских служащих.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Гражданскому служащему необходимо не допускать:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) конфликтных ситуаций, способных нанести ущерб репутации или авторитету гражданского служащего и организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) использования служебного положения для оказания влияния на деятельность государственных органов, местного исполнительного органа, организаций, должностных лиц, государственных служащих и граждан при решении вопросов личного характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) совершения проступков и правонарушений, за которые законом предусмотрена дисциплинарная, административная либо уголовная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ответственность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) использования служебного положения для решения вопросов личного характера, не допускать фактов принятия подарков и услуг от физических и юридических лиц в связи с выполнением служебных обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) использования служебной информации в корыстных и иных личных целях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) распространения сведений, не соответствующих действительности, не комментировать и обсуждать, в том числе профессиональные качества других гражданских служащих, не допускать выражения и высказывания, порочащие другого гражданского служащего, а также критические замечания в его адрес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Гражданскому служащему во внеслужебное время необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) придерживаться общепринятых морально-этических норм, не допускать случаев антиобщественного поведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проявлять скромность, не подчеркивать и не использовать свое должностное положение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не допускать со своей стороны нарушения требований законодательства, сопряженных с посягательством на общественную нравственность, порядок и безопасность, и не вовлекать других граждан в совершение противоправных, антиобщественных действий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Внешний вид гражданского служащего при исполнении им служебных обязанностей должен соответствовать общепринятому деловому стилю, который отличают официальность, сдержанность, аккуратность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Азаматтық қызметші қызметінің әдеп қағидаттары</w:t>
-[...149 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+        <w:t xml:space="preserve"> Глава 4. Этические конфликты и их разрешение</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В случае возникновения конфликтной ситуации гражданскому служащему необходимо доложить и обсудить проблему конфликта с непосредственным руководителем для принятия соответствующих мер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Нарушение служебной этики гражданскими служащими влечет дисциплинарную ответственность, установленную законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Соблюдение гражданскими служащими положений настоящего Кодекса учитывается при проведении аттестации, выдвижении на вышестоящие должности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...611 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns18="urn:schemas-microsoft-com:office:excel" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns18="urn:schemas-microsoft-com:office:excel" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2041,31 +2027,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
+<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>