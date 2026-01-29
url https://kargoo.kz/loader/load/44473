--- v0 (2025-11-09)
+++ v1 (2026-01-29)
@@ -1,12506 +1,7657 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D93A0A" w:rsidRPr="00D93A0A" w:rsidRDefault="00D93A0A" w:rsidP="00D93A0A">
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93A0A">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасының 2015-2025 </w:t>
-[...26 lines deleted...]
-    <w:p w:rsidR="00D93A0A" w:rsidRPr="00D93A0A" w:rsidRDefault="00D93A0A" w:rsidP="00D93A0A">
+        <w:t>Об Антикоррупционной стратегии Республики Казахстан на 2015-2025 годы</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93A0A">
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Президентінің 2014 жылғы 26 желтоқсандағы № 986 Жарлығы.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D93A0A" w:rsidRDefault="00D93A0A" w:rsidP="00D93A0A">
+        <w:t>Указ Президента Республики Казахстан от 26 декабря 2014 года № 986.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...48 lines deleted...]
-      <w:r w:rsidRPr="00D93A0A">
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В целях дальнейшего определения основных направлений антикоррупционной политики государства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕМІН:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D93A0A" w:rsidRPr="00D93A0A" w:rsidRDefault="00D93A0A" w:rsidP="00D93A0A">
+        <w:t>ПОСТАНОВЛЯЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93A0A">
-[...35 lines deleted...]
-        <w:r w:rsidRPr="00D93A0A">
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Утвердить прилагаемую </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="009A43C9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>стратегиясы</w:t>
+          <w:t>Антикоррупционную стратегию</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D93A0A">
-[...60 lines deleted...]
-    <w:p w:rsidR="00D93A0A" w:rsidRPr="00D93A0A" w:rsidRDefault="00D93A0A" w:rsidP="00D93A0A">
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Республики Казахстан на 2015–2025 годы (далее – Стратегия).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2. Правительству Республики Казахстан, государственным органам, непосредственно подчиненным и подотчетным Президенту Республики Казахстан, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> областей, городов республиканского значения, столицы руководствоваться в своей деятельности Стратегией и принять необходимые меры по ее реализации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93A0A">
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>      Ескерту. 2-тармақ жаңа редакцияда - Қ</w:t>
-[...26 lines deleted...]
-        <w:r w:rsidRPr="00D93A0A">
+        <w:t>      Сноска. Пункт 2 в редакции Указа Президента РК от 04.08.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z91" w:history="1">
+        <w:r w:rsidRPr="009A43C9">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 723</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D93A0A">
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> Жарлығымен.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D93A0A">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D93A0A" w:rsidRPr="00D93A0A" w:rsidRDefault="00D93A0A" w:rsidP="00D93A0A">
-[...21 lines deleted...]
-        <w:t>      3. Осы Жарлықтың орындалуын бақылау Қазақстан Республикасы Президентінің Әкімшілігі</w:t>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D93A0A">
-[...8 lines deleted...]
-        <w:t>не ж</w:t>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Контроль за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D93A0A">
-[...57 lines deleted...]
-        <w:t>қа енгізіледі.</w:t>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполнением настоящего Указа возложить на Администрацию Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Настоящий Указ вводится в действие со дня подписания.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9009" w:type="dxa"/>
+        <w:tblW w:w="8581" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4753"/>
-        <w:gridCol w:w="4256"/>
+        <w:gridCol w:w="3903"/>
+        <w:gridCol w:w="4678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D93A0A" w:rsidRPr="00D93A0A" w:rsidTr="00D93A0A">
+      <w:tr w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidTr="009A43C9">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4678" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4753" w:type="dxa"/>
+            <w:tcW w:w="3903" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D93A0A" w:rsidRPr="00D93A0A" w:rsidRDefault="00D93A0A" w:rsidP="00D93A0A">
+          <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:textAlignment w:val="baseline"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...1 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D93A0A">
+            <w:r w:rsidRPr="009A43C9">
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...1 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>     </w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidTr="009A43C9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="3903" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D93A0A" w:rsidRPr="00D93A0A" w:rsidRDefault="00D93A0A" w:rsidP="00D93A0A">
+          <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009A43C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>      Президент</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A43C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00D93A0A" w:rsidRPr="00D93A0A" w:rsidTr="00D93A0A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4753" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D93A0A" w:rsidRPr="00D93A0A" w:rsidRDefault="00D93A0A" w:rsidP="00D93A0A">
+          <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:textAlignment w:val="baseline"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...1 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D93A0A">
+            <w:r w:rsidRPr="009A43C9">
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...1 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Президенті</w:t>
+              <w:t>Н. НАЗАРБАЕВ</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8863" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3903"/>
+        <w:gridCol w:w="4960"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidTr="009A43C9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="3903" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D93A0A" w:rsidRPr="00D93A0A" w:rsidRDefault="00D93A0A" w:rsidP="00D93A0A">
+          <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
             <w:pPr>
-              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-              <w:textAlignment w:val="baseline"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...1 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D93A0A">
+            <w:r w:rsidRPr="009A43C9">
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...1 lines deleted...]
-                <w:spacing w:val="2"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Н.Назарбаев</w:t>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z6"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009A43C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>УТВЕРЖДЕНА</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009A43C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Указом Президента Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A43C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>от 26 декабря 2014 года № 986</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D93A0A" w:rsidRPr="00D93A0A" w:rsidRDefault="00D93A0A" w:rsidP="00D93A0A">
-[...22 lines deleted...]
-    <w:p w:rsidR="00D93A0A" w:rsidRPr="00D93A0A" w:rsidRDefault="00D93A0A" w:rsidP="00D93A0A">
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93A0A">
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ 2015-2025 ЖЫЛДАРҒА АРНАЛҒАН СЫБАЙЛАС</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D93A0A">
+        <w:t>АНТИКОРРУПЦИОННАЯ СТРАТЕГИЯ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>ЖЕМҚОРЛЫҚҚА ҚАРСЫ СТРАТЕГИЯСЫ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D93A0A">
+        <w:t>РЕСПУБЛИКИ КАЗАХСТАН НА 2015–2025 ГОДЫ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="z7"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D93A0A">
+      <w:bookmarkStart w:id="2" w:name="z8"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Мазмұны</w:t>
-[...909 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Содержание</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...2238 lines deleted...]
-        <w:r w:rsidRPr="00D93A0A">
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Содержание с изменением, внесенным Указом Президента РК от 27.05.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="009A43C9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t xml:space="preserve">"Мемлекеттік </w:t>
+          <w:t>№ 341</w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
-        <w:r w:rsidRPr="00D93A0A">
+      </w:hyperlink>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Введение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анализ текущей ситуации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2.1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Положительные тенденции в сфере противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2.2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Проблемы, требующие решения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2.3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Основные факторы, способствующие коррупционным проявлениям</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цель и задачи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3.1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цель и целевые индикаторы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3.2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Задачи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ключевые направления, основные подходы и приоритетные меры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4.1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Противодействие коррупции в сфере государственной службы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4.2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Внедрение института общественного контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4.3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Противодействие коррупции в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственном</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> и частном секторе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4.4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Предупреждение коррупции в судебных и правоохранительных органах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4.5. Формирование системы добропорядочности и антикоррупционной культуры в обществе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4.6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Развитие международного сотрудничества по вопросам противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мониторинг и оценка реализации стратегии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Введение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Раздел 1 с изменением, внесенным Указом Президента РК от 27.05.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="009A43C9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>к</w:t>
+          <w:t>№ 341</w:t>
         </w:r>
-        <w:proofErr w:type="gramEnd"/>
-        <w:r w:rsidRPr="00D93A0A">
+      </w:hyperlink>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Стратегия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> "Казахстан-2050": Новый политический курс состоявшегося государства" возводит коррупцию в ранг прямой угрозы национальной безопасности и нацеливает государство и общество на объединение усилий в борьбе с этим негативным явлением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Главный стратегический документ нашей страны, отражающий принципиальную позицию Казахстана </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по этому</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> важному вопросу, служит основой антикоррупционной политики государства в предстоящие годы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Общеизвестно, что коррупция ведет к снижению эффективности государственного управления, инвестиционной привлекательности страны, сдерживает поступательное социально-экономическое развитие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Казахстан с первых дней государственной независимости целенаправленно и поэтапно следует курсу на создание эффективных, соответствующих мировым стандартам, институтов и механизмов противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В нашей стране действует современное антикоррупционное законодательство, основой которого являются законы "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z33" w:history="1">
+        <w:r w:rsidRPr="009A43C9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>өрсетілетін қызметтер туралы"</w:t>
+          <w:t>О противодействии коррупции</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D93A0A">
-[...11 lines deleted...]
-        <w:r w:rsidRPr="00D93A0A">
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>" и "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z70" w:history="1">
+        <w:r w:rsidRPr="009A43C9">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>"Рұқсаттар мен хабарламалар туралы"</w:t>
+          <w:t>О государственной службе Республики Казахстан</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D93A0A">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Заңның қабылдануымен көрсетілетін мемлекеттік қызметтердің сапасын арттыру үшін жағдайлар жасалды, рұқсаттар саны мен қызметтің лицензияланатын түрлері күрт азайды. Мемлекеттік қызметтерді көрсетудің тиімділігін </w:t>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", реализуется ряд программных документов, образован уполномоченный орган, реализующий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>функции в сфере противодействия коррупции, активно осуществляется международное сотрудничество в сфере антикоррупционной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      На принципах меритократии, при которой руководящие посты занимают способные и профессионально подготовленные люди, независимо от их социального происхождения и имущественного положения, сформирована система государственной службы, в том числе с четким разграничением и определением функций и полномочий каждого органа и должностного лица государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приняты комплексные меры по развитию сферы государственных услуг и информатизации работы государственного аппарата, сокращающие прямые контакты чиновников с гражданами и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>минимизирующие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> условия для коррупционных явлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Предпринимаемые меры по повышению уровня жизни граждан, росту национальной экономики, улучшению условий ведения бизнеса, правовой грамотности и социальной активности населения, внедрению электронного правительства, позволившие Казахстану войти в число 50-ти наиболее конкурентоспособных стран мира, также создают предпосылки для формирования культуры законопослушания и общепринятых антикоррупционных моделей поведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D93A0A">
-[...8 lines deleted...]
-        <w:t>ба</w:t>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вместе с тем решение стратегических задач по дальнейшему росту экономики, повышению благосостояния народа, воплощению в жизнь амбициозной задачи по вхождению в число тридцати наиболее конкурентоспособных стран мира, требует принятия новых системных мер, основанных на модернизации антикоррупционной политики государства и повышения роли институтов гражданского общества в ее реализации, что позволило бы максимально минимизировать коррупционные проявления.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D93A0A">
-[...245 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В этой связи на данном этапе есть необходимость принятия нового программного документа государства, определяющего стратегию противодействия коррупции (далее – Стратегия или Антикоррупционная стратегия).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В таком документе ведущая роль должна отводиться комплексным мерам превентивного характера, способным коренным образом сократить уровень коррупции, искоренить причины и условия, ее порождающие в разных сферах жизни государства и общества. То есть акцент должен быть сделан на устранение предпосылок коррупции, а не на борьбу с ее последствиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Повышение конкурентоспособности национальной экономики предполагает также приоритетность мер по устранению административных барьеров на пути развития бизнеса, эффективную защиту прав и законных интересов отечественных и иностранных предпринимателей, работающих в Казахстане, от любых коррупционных проявлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В целом такая Стратегия должна охватывать основные сферы жизнедеятельности государства и общества, предусматривать разработку и осуществление комплекса разносторонних и последовательных антикоррупционных мер и, тем самым, обеспечить максимальное снижение коррупции на всех уровнях </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>государственной власти, а также в частном секторе, сформировать нетерпимое отношение казахстанских граждан к этому социальному злу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При этом определяемые Стратегией базовые направления не могут быть раз и навсегда данными. Они должны корректироваться по мере выполнения отдельных мероприятий и с учетом результатов глубокого анализа явления коррупции, ее причин, мотивации коррупционного поведения, серьезной и объективной оценки состояния дел в сфере борьбы с коррупцией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Анализ текущей ситуации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...19 lines deleted...]
-        <w:r w:rsidRPr="00D93A0A">
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Раздел 2 с изменениями, внесенными Указом Президента РК от 27.05.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="009A43C9">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 341</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D93A0A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00D93A0A" w:rsidRPr="00D93A0A" w:rsidRDefault="00D93A0A" w:rsidP="00D93A0A">
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93A0A">
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2.2. Шешімін талап ететін проблемалар</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00D93A0A">
+        <w:t>2.1. Положительные тенденции в сфере противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      На предыдущих этапах развития казахстанского государства были достигнуты общепризнанные результаты, наметились очевидные положительные тенденции в деле противодействия коррупции, усиление и развитие которых станет залогом успешной реализации настоящей Антикоррупционной стратегии на современном этапе развития страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Казахстан одним из первых в СНГ принял Закон "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009A43C9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>О борьбе с коррупцией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>", определивший цели, задачи, основные принципы и механизмы борьбы с этим негативным явлением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Начиная с 2001 года реализуются государственные программы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по борьбе с коррупцией, в рамках которых принимаются конкретные меры по устранению причин и условий возникновения коррупционных проявлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Действовавший с 1999 года </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z36" w:history="1">
+        <w:r w:rsidRPr="009A43C9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Закон</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> "О государственной службе" и утвержденный Главой государства в 2005 году Кодекс чести государственных служащих создали основу для формирования в Казахстане профессионального государственного аппарата, построенного на принципах подотчетности, прозрачности и меритократии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Создан государственный орган, объединяющий в себе регулятивные и правоохранительные функции в сфере противодействия коррупции. Он призван не только </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>формировать</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и реализовывать антикоррупционную политику, но и координировать деятельность государственных органов, организаций и субъектов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сектора в вопросах предупреждения коррупции. Кроме того, его деятельность направлена на выявление, пресечение, раскрытие и расследование коррупционных преступлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При этом предупредительно-профилактическая деятельность является приоритетной для вновь созданного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Успешно реализуется принцип неотвратимости наказания. Чиновники, уличенные в совершении коррупционных деяний, невзирая на занимаемые должности и ранги, несут ответственность по всей строгости закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t>      Уголовно-правовая политика обеспечивает жесткую ответственность должностных лиц за совершение ими коррупционных преступлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Необходимость суровой ответственности за коррупционные преступления предусмотрена </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="009A43C9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Концепцией</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> правовой политики Республики Казахстан на период с 2010 до 2020 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Такой принципиальный подход реализован в новом Уголовном кодексе. Так, при совершении коррупционного преступления, запрещено условное осуждение, введен пожизненный запрет на право занимать должности на государственной службе, а лица, впервые совершившие коррупционные преступления, освобождаются от уголовной ответственности в связи с деятельным раскаянием только судом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Антикоррупционное законодательство дополнено нормами по конфискации имущества, добытого преступным путем, персональной ответственности руководителей за противодействие коррупции. В нем закреплено такое важное понятие, как "конфликт интересов".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При этом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наряду с усилением ответственности государственных служащих, совершенствуются и их социальные гарантии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Поэтапное, регулярное повышение заработной платы государственного аппарата призвано повысить социальное самочувствие государственных служащих и создать условия для выполнения ими своих обязанностей на честной и справедливой основе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Государственной программой дальнейшей модернизации правоохранительной системы на период до 2020 года и Концепцией кадровой политики правоохранительных органов предусмотрены меры, направленные на повышение уровня доверия к органам правопорядка, формирование персонала, отличающегося безупречным поведением и высоким уровнем компетентности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Уделяется особое внимание повышению доверия к судебной системе, усилению ее роли в деле защиты прав и законных интересов граждан. Приняты меры по совершенствованию механизма формирования корпуса судей, развитию электронного судопроизводства, повышению уровня его прозрачности и доступности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Повсеместно расширен доступ к информации, чему способствовали меры по формированию электронного правительства, а также </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>интернет-ресурсов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственных и частных структур.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Созданы условия для беспрепятственного информирования гражданами о фактах коррупции, в том числе за счет телефонов доверия и веб-сайтов государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В целях усиления инвестиционной привлекательности страны, повышения ее конкурентоспособности искореняются административные барьеры, затрудняющие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>предпринимательскую деятельность, получение населением качественных и быстрых государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      С принятием Закона "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009A43C9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>О государственных услугах</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>" и Закона "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009A43C9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>О разрешениях и уведомлениях</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>" созданы условия для повышения качества оказываемых государственных услуг, резко сокращено количество разрешений и лицензируемых видов деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сформирована система оценки эффективности и внешнего контроля качества оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Результатом проведенной работы стало ежегодное снижение количества нарушений сроков оказания государственных услуг (в 8,7 раза по сравнению с 2012 годом) и жалоб на качество их оказания (на 25%), а также увеличение доли автоматизированных услуг (более чем в 2 раза) и услуг, оказываемых через центры обслуживания населения (на 51%).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Повышается уровень автоматизации государственных закупок, что способствует формированию конкурентной среды, прозрачному и эффективному освоению бюджетных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В негосударственном секторе экономики созданы благоприятные условия для ведения предпринимательской деятельности, трудоустройства и обеспечения занятости населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В целом принятие названных мер позволило Казахстану по уровню антикоррупционной деятельности занять одну из лидирующих позиций как в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>центрально-азиатском</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регионе, так и среди стран СНГ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.2. Проблемы, требующие решения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Коррупция, представляющая собой сложное, исторически изменчивое, негативное социальное явление, возникла, как известно, на ранних этапах развития человеческой цивилизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Проблема коррупции существует во всех странах, тормозя социально-экономический прогресс, она различается лишь своими характерными проявлениями и масштабами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Несмотря на отсутствие универсального и всеобъемлющего определения коррупционного деяния, к </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нему</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прежде всего относят злоупотребление чиновниками властью или должностным положением для получения личной выгоды, а наиболее распространенными ее видами признаются обычно подкуп чиновников, использование служебных полномочий в корыстных целях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сложность выработки эффективных мер противодействия коррупции обуславливается также ее особенностями для каждого отдельно взятого государства и трудностями, связанными с ее изменчивыми характеристиками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      При определении причин, условий и последствий коррупции должны учитываться такие факторы, как местный менталитет, национальные и религиозные особенности, уровень правовой культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Вместе с тем главными условиями эффективного и системного противодействия коррупции признаются подотчетность и подконтрольность органов власти обществу, независимость и справедливость правосудия, четкие в изложении и несложные в применении законы, меритократия в кадровой политике государства, прозрачность государственных процедур и нетерпимость к коррупции в обществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Недопустимы незаконные методы работы и провокационные действия в борьбе с коррупцией. Необходимо строго руководствоваться конституционным принципом презумпции невиновности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В условиях модернизации экономики и масштабных социальных преобразований в Казахстане все более очевидна потребность в целостной антикоррупционной стратегии, тесно увязанной с современной социально-экономической политикой государства, учитывающей культуру и этику нашего общества, международные тренды в борьбе с этим социальным злом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Стратегия станет основой для новых механизмов и инструментов повышения эффективности государственной политики в сфере противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Помимо сугубо правоохранительной составляющей, в антикоррупционной политике не меньшее значение имеет выбор научно обоснованных форм и методов государственного управления, распределения и использования государственных средств и на этой основе устранение причин и условий коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В системе противодействия коррупции основополагающим звеном является выявление и минимизация коррупционных рисков, условий и причин, сопутствующих их возникновению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D93A0A">
-[...8 lines deleted...]
-        <w:t>К</w:t>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оценка коррупционных рисков, уровня их распространенности в различных сферах и отраслях способствует выявлению пробелов в государственном, в том числе нормативно-правовом, регулировании антикоррупционной деятельности, проблем, возникающих в механизмах государственно-правового регулирования, а также выработке мер, направленных на совершенствование правоприменительной практики в процессе антикоррупционной деятельности.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D93A0A">
-[...34 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Недостаточная прозрачность при принятии решений, затрагивающих наиболее значимые вопросы общественной жизни, отсутствие надлежащего гражданского контроля и учета общественного мнения в деятельности государственного аппарата ведут к избыточной бюрократии, административным барьерам и злоупотреблению должностными полномочиями, что в совокупности формирует негативные факторы, способствующие росту коррупционных проявлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      В действующих организационно-правовых механизмах главной проблемой остается нерешенность вопросов надлежащего </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D93A0A">
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>правоприменения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несмотря на происходящее качественное обновление базовых отраслей национального законодательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По-прежнему актуальной является проблема </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>использования всего арсенала средств предотвращения коррупционных проявлений</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Действующее законодательство и присущие для казахстанского права институты обладают неиспользованным потенциалом для противодействия коррупции, возможность полноценной реализации которого должна максимально учитываться при рассмотрении вопросов о внедрении зарубежных моделей и опыта в этой области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Недостает системности и в предупредительно-профилактической работе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В этом контексте приоритетом для уполномоченного органа по противодействию коррупции должны стать не столько уголовное преследование, сколько разработка и принятие превентивных мер, направленных на выявление и устранение причин и условий коррупционных проявлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При этом внимание должно быть сконцентрировано и на деятельности местных органов власти, в силу расширения их полномочий и ответственности за состояние дел в регионах и поскольку именно они своими государственными услугами обеспечивают удовлетворение повседневных нужд и потребностей граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В целом же в деятельности уполномоченного органа должен сохраняться баланс между его правоохранительными и регулятивными функциями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Конфликт интересов при выполнении государственных функций также является одной из серьезных причин, способствующих коррупционным проявлениям в государственном секторе. Детальный анализ механизмов реализации государственных функций, в том числе государственных услуг, позволит выявить и устранить причины, способствующие распространению коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      До сих пор недостаточно внимания уделяется повышению правовой культуры граждан и правовому просвещению, особенно по отраслям и нормам действующего права, наиболее востребованным в повседневной жизни населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Антикоррупционная пропаганда в основном ограничивается разовыми акциями и кампаниями, шаблонными выступлениями в средствах массовой информации, недостаточно задействовано интернет-пространство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Существующее информационное поле не всегда способствует консолидации общества в формировании нулевой терпимости к проявлениям коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Оставляет желать лучшего уровень и качество социологических исследований, посвященных изучению проблем коррупции и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>эффективности</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> принимаемых государством антикоррупционных мер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      На законодательном уровне до сих пор не разграничены нарушения норм и правил служебной этики от собственно коррупционных правонарушений, что искажает реальную картину </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>коррупциогенности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, мешает концентрации усилий государства на актуальных направлениях борьбы с коррупцией и ведет к необоснованному росту коррупционного рейтинга страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При этом отсутствует четкое разграничение между уровнями коррупционных деяний и соответственно применяемого наказания за их совершение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Необходимо наконец-то определиться и с подходами к вопросам противодействия коррупции в частном секторе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Вмешательство государства в деятельность субъектов предпринимательства должно основываться на четком понимании сферы распространения коррупции и круга лиц, подпадающих под ее определение. При этом не должны создаваться административные барьеры для развития бизнеса и сложности в деле обеспечения благоприятного инвестиционного климата в стране. В целом же должно происходить сокращение участия государства в предпринимательской деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Предпринимаемые независимым Казахстаном шаги по дальнейшей интеграции в общемировое пространство обязывают нашу страну учитывать определенные международные стандарты, принятые в вопросах противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Вместе с тем такие стандарты должны внедряться не только с использованием рекомендаций зарубежных партнеров. Международный опыт должен подлежать тщательному изучению и детальному анализу на предмет его соответствия положениям </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z0" w:history="1">
+        <w:r w:rsidRPr="009A43C9">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>Конституции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> страны, сложившейся законодательной и правоприменительной практике, с учетом особенностей формирования и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>функционирования</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> традиционных и присущих нашей стране правовых механизмов и институтов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.3. Основные факторы, способствующие коррупционным проявлениям</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Для формирования системы эффективного противодействия коррупции </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>необходимо</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прежде всего определить основные факторы, способствующие ее проявлениям в современных условиях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Среди них наиболее актуальными в настоящее время являются, во-первых, несовершенство отраслевых законов, нормы которых при </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>правоприменении</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нередко создают условия для совершения коррупционных деяний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Гражданам, не разбирающимся в тонкостях юриспруденции, на практике бывает сложно правильно понять и надлежаще трактовать положения таких законов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Во-вторых, недостаточная прозрачность государственного и корпоративного управления. Процесс выработки и принятия управленческих решений по-прежнему остается одним из самых закрытых, в том числе в случаях, когда речь идет о решениях, затрагивающих права и законные интересы граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В-третьих, сохраняются коррупционные риски, связанные с прямым контактом должностных лиц с населением при оказании государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В-четвертых, все еще низкий уровень правовой культуры населения, в том числе самих служащих государственного сектора, что позволяет нечистоплотным работникам использовать его в корыстных, противоправных целях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В-пятых, отсутствие комплексной и целенаправленной информационной работы по формированию антикоррупционной модели поведения граждан и общественной атмосферы неприятия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В-шестых, недостаточный уровень оплаты труда отдельных категорий государственных служащих и социальных гарантий на государственной службе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Цель и задачи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.1. Цель и целевые индикаторы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Целью настоящей Стратегии является повышение эффективности антикоррупционной политики государства, вовлечение в антикоррупционное движение всего общества путем создания атмосферы "нулевой" терпимости к любым проявлениям коррупции и снижение в Казахстане уровня коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Целевые индикаторы, применяемые в Стратегии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      качество государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      доверие общества институтам государственной власти;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      уровень правовой культуры населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      повышение авторитета страны в международном сообществе и улучшение соответствующих международных рейтингов, в том числе рейтинга Казахстана в Индексе восприятия коррупции "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Transparency</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>International</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.2. Задачи Стратегии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      противодействие коррупции в сфере государственной службы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      внедрение института общественного контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      противодействие коррупции в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственном</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и частном секторе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      предупреждение коррупции в судах и правоохранительных органах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      формирование уровня антикоррупционной культуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      развитие международного сотрудничества по вопросам противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Цель и задачи Стратегии направлены на достижение целей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Стратегии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> "Казахстан-2050", учитывают положения программы Партии "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>р</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D93A0A">
-[...1651 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>" по противодействию коррупции на 2015–2025 годы, а также предложения и мнения других общественных объединений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Ключевые направления, основные подходы и приоритетные меры</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...19 lines deleted...]
-        <w:r w:rsidRPr="00D93A0A">
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Раздел 4 с изменениями, внесенными Указом Президента РК от 27.05.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z24" w:history="1">
+        <w:r w:rsidRPr="009A43C9">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 341</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D93A0A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00D93A0A" w:rsidRPr="00D93A0A" w:rsidRDefault="00D93A0A" w:rsidP="00D93A0A">
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93A0A">
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2.3. Сыбайлас жемқорлық кө</w:t>
+        <w:t>4.1. Противодействие коррупции в сфере государственной службы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Вследствие коррупционных деяний происходит неправомерное извлечение материальных и нематериальных благ, результатом чего является подрыв интересов общества и снижение авторитета государственной власти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Поэтому государство будет и дальше принимать все меры и создавать условия, при которых использование служебных полномочий в корыстных целях будет невыгодным и невозможным.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Одной из важных таких мер станет декларирование государственными служащими не только своих доходов, но и расходов. В дальнейшем такое декларирование будет распространено на все население, что окажет положительное влияние на соблюдение законности и обеспечение прозрачности в системе государственной службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Переход </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D93A0A">
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ко</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> всеобщему декларированию доходов и расходов позволит продолжить последовательную имплементацию международных антикоррупционных стандартов в национальное законодательство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Еще одним важным фактором усиления превентивной работы по противодействию коррупции является ответственность руководителей за совершение коррупционных правонарушений подчиненными. Такой подход значительно укрепит систему обеспечения добропорядочности на государственной службе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Определение уровня коррупции в качестве показателя эффективности деятельности местных исполнительных органов также способствует интенсификации предупредительных мер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Для снижения уровня коррупции в государственном аппарате предусматривается дальнейшее поэтапное повышение заработной платы и социальных льгот чиновников по мере расширения финансовых возможностей государства. Эта задача актуализируется и с учетом того, что оплата труда государственных служащих пока остается недостаточно конкурентоспособной по сравнению с частным сектором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Неподкупность государственных служащих и прозрачность их деятельности – основа успешности антикоррупционной политики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Одной из предпосылок для коррупционных проявлений является также наличие непосредственного контакта чиновника с гражданином. Чем проще и прозрачнее процедура получения государственных услуг, тем меньше уровень коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В этой связи будут приняты меры по поэтапной передаче ряда государственных функций в негосударственный сектор – саморегулируемым организациям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Влияние человеческого фактора минимизирует и широкое использование современных информационных технологий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В результате будет возрастать объем услуг, оказываемых населению в электронном формате, в таком </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>формате</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в том числе будет обеспечиваться выдача разрешений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В базовых отраслях социальной сферы, включая образование и здравоохранение, оказание соответствующих услуг в электронном виде будет способствовать снижению </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>коррупциогенности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Будет модернизироваться система государственных закупок, которая относится к наиболее коррупционной сфере деятельности. Именно здесь совершается каждое четвертое коррупционное преступление.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Для кардинального улучшения ситуации потребуются такие меры, как закрепление единого оператора, внедрение автоматизированного подбора товаров, совершенствование процедур приема выполненных работ и услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Будут максимально автоматизироваться процедуры оказания государственных услуг, в том числе в таможенной, налоговой сферах, в области сельского хозяйства, земельных отношений, банковской деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Расширится и перечень государственных услуг, предоставляемых населению по принципу "одного окна" (через </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЦОНы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      В целом принцип прозрачности </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>является ключевым фактором в противодействии коррупции и поэтому работа по его внедрению</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> будет проводиться на постоянной, системной основе, в том числе путем мониторинга качества и доступности оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>р</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D93A0A">
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>іністеріне ықпал ететін негізгі факторлар</w:t>
-[...24 lines deleted...]
-        <w:t>      Сыбайлас жемқорлыққа қарсы тиімді і</w:t>
+        <w:t>4.2. Внедрение института общественного контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Действенным механизмом профилактики коррупции является общественный контроль.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Внедрение такого контроля требует не только активизации институтов гражданского общества, но и соответствующего законодательного регулирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Принятие Закона "Об общественном контроле" позволило бы впервые создать целостную систему гражданского контроля посредством нормативно-правового закрепления базовых правил его организации и осуществления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Такой закон призван сыграть важную роль в дальнейшем развитии гражданского общества, институты которого содействуют укреплению авторитета государства и повышению качества работы государственного аппарата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Будет создана правовая основа для проведения общественных слушаний по вопросам, затрагивающим права и интересы граждан, общественной экспертизы решений государственных органов, для заслушивания отчетов руководителей перед общественностью и участия граждан в работе коллегиальных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Закон будет способствовать как решению собственно антикоррупционных задач, так и других социально значимых вопросов жизнедеятельности общества и государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При этом общественный контроль должен быть четко разграничен с контрольными функциями государства в соответствии с требованиями </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конституции</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> страны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Еще одним инструментом обеспечения прозрачности работы государственного аппарата должен стать Закон "О доступе к публичной информации", который закрепит права получателей публичной информации, порядок ее предоставления, учета и использования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Свободный доступ к публичной информации исключит необходимость излишних контактов населения с чиновниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Важнейшим фактором успешной борьбы с коррупцией является возможность граждан непосредственно участвовать в решении вопросов местного значения. Этому будет способствовать принятие закона, предусматривающего расширение полномочий местного самоуправления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Населению следует предоставить </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D93A0A">
-[...8 lines deleted...]
-        <w:t>с-</w:t>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>возможность</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D93A0A">
-[...356 lines deleted...]
-        <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прежде всего участвовать в мониторинге и контроле использования средств по бюджетным программам местного самоуправления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93A0A">
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D93A0A">
+        <w:t xml:space="preserve">4.3. Противодействие коррупции в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>м</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D93A0A">
+        <w:t>квазигосударственном</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>індеттер</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D93A0A">
+        <w:t xml:space="preserve"> и частном секторе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      По данным международных организаций, опасность коррупции в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственном</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и частном секторах вполне сопоставима с ее масштабами в государственном секторе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственном</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> секторе при бюджете, нередко превосходящем объемы государственных закупок, проблема </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>коррупциогенности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внешне не так остра. Однако нынешняя ситуация скорее свидетельствует о недостаточной прозрачности в этом секторе. Поэтому необходимы организационно-правовые механизмы, обеспечивающие подотчетность, подконтрольность и прозрачность процедур принятия решений в этом секторе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Укреплению добропорядочности в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственном</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> секторе способствуют </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>комплаенс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-службы, деятельность которых будет сосредоточена на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроле за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соблюдением антикоррупционного законодательства и предупреждении коррупционных практик с особым акцентом на оценку рисков, предотвращение злоупотреблений, выявление и управление конфликтами интересов, а также обучение сотрудников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Вхождение Казахстана в число 30-ти наиболее развитых стран мира возможно лишь при соблюдении современных принципов деловой этики и добросовестного ведения бизнеса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Действующая Национальная палата предпринимателей, наряду с защитой интересов отечественного бизнеса, должна нести свою долю ответственности за его прозрачность и неподкупность и принимать меры по противодействию коррупции в корпоративном секторе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Первый шаг на этом пути уже сделан – разработана Антикоррупционная хартия бизнеса. В ней провозглашены основные принципы и постулаты свободного от коррупции частного предпринимательства Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Предстоит принять ряд других антикоррупционных мер в различных сферах финансово-хозяйственной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Также будут предприняты меры по созданию условий для обеспечения прозрачности при оказании услуг гражданам субъектами </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квазигосударственного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и частного сектора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Это, в том числе, расширение использования электронных технологий в банковской сфере, установление четких критериев для определения тарифов в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>сфере естественных монополий, сокращение участия государства в строительной отрасли и других отраслях экономики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В то же время борьба с коррупционными проявлениями в частном секторе должна вестись таким образом, чтобы она не влекла ухудшения инвестиционного климата и рисков для предпринимателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D93A0A">
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3.1. Мақсат пен нысаналы индикаторлар</w:t>
-[...272 lines deleted...]
-    <w:p w:rsidR="00D93A0A" w:rsidRPr="00D93A0A" w:rsidRDefault="00D93A0A" w:rsidP="00D93A0A">
+        <w:t>4.4. Предупреждение коррупции в судебных и правоохранительных органах</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Эффективность антикоррупционной политики государства в первую очередь зависит от системы обеспечения верховенства права, основным звеном которой является безупречная система правосудия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Для повышения доверия к судебной системе, улучшения качества отправления правосудия будут приняты меры по исключению коррупции в деятельности судей, в том числе путем ужесточения требований к кандидатам в судьи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Упрощение судопроизводства, повышение его оперативности, автоматизация деятельности судов позволит обеспечить свободный доступ к правосудию, повысить прозрачность в деятельности судебной системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Приоритеты в работе правоохранительной системы должны быть смещены с выявления совершенных преступлений на их профилактику и предупреждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В кадровой политике правоохранительных органов необходимо внедрить механизмы конкурсного отбора и принцип меритократии, действующие в системе административной государственной службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Будут усовершенствованы процедуры аттестации и тестирования сотрудников, введен запрет на их перевод без использования кадрового резерва.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В сфере правоохранительной деятельности коррупционная среда также может возникать при контактах сотрудников силовых структур с гражданами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Решение данной проблемы в значительной мере зависит от чистоты рядов правоохранителей, от дальнейшего внедрения новых технологий и автоматизации соответствующих процедур.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Только свободные от коррупции органы правопорядка способны эффективно защищать права граждан, интересы общества и государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Доверие населения должно стать главным критерием оценки правоохранительной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93A0A">
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">3.2. Стратегия </w:t>
-[...454 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>4.1. Мемлекеттік қызмет саласындағы сыбайлас жемқорлыққа қарсы і</w:t>
-[...993 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>4.5. Формирование системы добропорядочности и антикоррупционной культуры в обществе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...19 lines deleted...]
-        <w:r w:rsidRPr="00D93A0A">
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Сноска. Подраздел 4.5. в редакции Указа Президента РК от 27.05.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z33" w:history="1">
+        <w:r w:rsidRPr="009A43C9">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>№ 341</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D93A0A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00D93A0A" w:rsidRPr="00D93A0A" w:rsidRDefault="00D93A0A" w:rsidP="00D93A0A">
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Концептуальной основой изменения парадигмы противодействия коррупции должна стать идеология добропорядочности в обществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Добропорядочность – комплексное понятие, сочетающее в себе такие ценности, как честность, законность, неподкупность, благонадежность. Система добропорядочности предполагает открытость, прозрачность деятельности государственного аппарата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      В добропорядочном обществе нулевая терпимость к коррупции становится внутренним убеждением каждого, основой мышления и поведения. Именно развитая антикоррупционная культура обеспечивает понимание, что коррупция – это угроза успешному будущему страны, препятствие для конкурентоспособности подрастающего поколения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Принципиально важную роль при формировании системы добропорядочности играет партнерство государства и граждан, объединение их усилий в деле противодействия коррупции, обеспечение максимальной вовлеченности общества в эту работу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Данный подход предполагает расширение механизмов реализации общественного контроля, который уже не должен ограничиваться только деятельностью общественных советов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Необходимо законодательно обеспечить и другие практические механизмы взаимодействия институтов гражданского общества с государством и, прежде всего, по таким направлениям, как повышение качества и прозрачности деятельности работы государственного аппарата, противодействие коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      К таким механизмам можно отнести участие населения в процессе принятия решений о выделении бюджетных средств и мониторинге их использования по программам местного самоуправления, проведение с участием общественности антикоррупционной экспертизы проектов нормативных правовых актов в пределах, установленных законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Немаловажным фактором предупреждения коррупции является возможность граждан непосредственно участвовать в определении наиболее проблемных, острых вопросов в той или иной сфере или регионе, а также путей их разрешения. Это позволит решать не только задачи по искоренению коррупции, но и улучшать социально-экономическую ситуацию, повышать уровень доверия к власти и "сломать" стереотип о высокой коррумпированности чиновников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Усиление роли общественности в противодействии коррупции и обеспечение широкого гражданского контроля требует повышения антикоррупционной культуры в самом обществе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ключевую роль в этом играет взращивание молодого поколения с новыми взглядами и жизненными принципами, которые не позволяют им допускать коррупционные проявления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Для этого важно с детства, на всех этапах развития и становления личности прививать антикоррупционные ценности посредством обучения и воспитания. Темы добропорядочности и антикоррупционной культуры следует включить в систему образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Молодежное антикоррупционное движение, школьные клубы добропорядочности будут способствовать формированию нового поколения граждан с "иммунитетом" от коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Правовая грамотность населения, в особенности предпринимателей, значительно сократит риски злоупотреблений со стороны государственных служащих. Комплексная система антикоррупционной пропаганды с привлечением лидеров мнений способствует консолидации общества в формировании нулевой терпимости к коррупционным проявлениям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Искоренение правового нигилизма в обществе через масштабную разъяснительную работу позволит гражданам эффективно использовать практические инструменты влияния на процессы принятия решений государственными органами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Наряду с этим необходимо усилить взаимодействие со средствами массовой информации в вопросе создания атмосферы добропорядочности и общественного неприятия коррупции. Широкое освещение примеров честных, достойных государственных служащих, тиражирование информации о возможностях участия общества в противодействии коррупции способствует укреплению активной гражданской позиции </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>казахстанцев</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для активизации участия граждан в выявлении фактов коррупции усовершенствован действующий механизм их поощрения за сообщения о таких случаях с установлением</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дифференцированной системы выплаты единовременных денежных вознаграждений в зависимости от размера взятки или причиненного ущерба.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      При этом необходимо проработать дополнительные механизмы защиты лиц, сообщивших о коррупционном правонарушении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Вкупе все меры противодействия коррупции должны найти отражение в повышении доверия к органам государственной власти и снижении уровня коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Для постоянного мониторинга ситуации, наряду с использованием иных инструментов анализа и оценки, необходимо регулярно проводить социологические исследования – замеры общественного мнения, в том числе на основе успешных методик международных рейтинговых организаций. Удовлетворенность общества должна стать основой оценки эффективности принимаемых мер по противодействию коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
       <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D93A0A">
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">4.2. Қоғамдық </w:t>
+        <w:t>4.6. Развитие международного сотрудничества по вопросам противодействия коррупции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Казахстан будет </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D93A0A">
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>расширять</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и углублять международное сотрудничество в вопросах противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Эффективная внешнеполитическая деятельность Казахстана как полноправного субъекта международного права, результатом которой </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>является</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в том числе присоединение к Конвенции ООН против коррупции, к другим документам в этой области, обеспечивает активное участие нашей страны в процессах международного противодействия коррупции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      С одной стороны, это создает стимулы для использования лучшей антикоррупционной практики, с другой – расширяет возможности сотрудничества с зарубежными странами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Нашим государством заключен целый ряд соглашений по оказанию взаимной правовой помощи, экстрадиции преступников и возврату активов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Совершенствованию нашей антикоррупционной политики будет способствовать и взаимодействие с Европейским Союзом, использование зарубежного опыта, но с учетом нашей специфики и национального законодательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Требуют особого внимания офшорные зоны, через которые выводится за рубеж и легализуется капитал, в том числе нередко сомнительного происхождения. Подписание соответствующих международных соглашений и договоров позволит обеспечить прозрачность деятельности офшорных компаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Будет продолжена практика проведения международных антикоррупционных мероприятий, участия в авторитетных международных организациях. Наша страна намерена оставаться авторитетной диалоговой площадкой для обсуждения вопросов борьбы с транснациональной коррупцией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ба</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00D93A0A">
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қылау институтын енгізу</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">      Сыбайлас жемқорлық профилактикасының </w:t>
+        <w:t>5. Мониторинг и оценка реализации Стратегии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Головным в механизме реализации Антикоррупционной стратегии станет уполномоченный орган по противодействию коррупции, а участвовать в исполнении Стратегии будут все государственные органы, организации и учреждения, компании с государственным участием, политические партии и другие общественные объединения и в целом гражданское общество.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Поэтапная реализация положений Стратегии будет обеспечиваться Планом мероприятий, который будет утверждаться Правительством по согласованию с Администрацией Президента.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Необходимым условием достижения целей Стратегии является мониторинг и оценка ее исполнения, подразделяемые </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D93A0A">
-[...8 lines deleted...]
-        <w:t>п</w:t>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00D93A0A">
-[...3944 lines deleted...]
-    <w:p w:rsidR="004E4D4E" w:rsidRDefault="00D93A0A"/>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внутренний и внешний.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Внутренний мониторинг и оценка исполнения будут проводиться непосредственно исполнителем соответствующего мероприятия, внешний – специально созданной мониторинговой группой, куда войдут представители заинтересованных государственных органов, общественности и средств массовой информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Условием надлежащего мониторинга и оценки состояния реализации Антикоррупционной стратегии является его открытость.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Отчеты о ходе исполнения соответствующих мероприятий в обязательном порядке будут доводиться до сведения населения в целях получения внешней оценки и учета общественного мнения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Оценка и мнение общественности будут учитываться на последующих этапах реализации Стратегии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Завершающей стадией исполнения Антикоррупционной стратегии будет внесение соответствующего отчета на рассмотрение Главе государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A43C9" w:rsidRPr="009A43C9" w:rsidRDefault="009A43C9" w:rsidP="009A43C9">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009A43C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ежегодный Национальный отчет о реализации документа подлежит размещению в средствах массовой информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E4D4E" w:rsidRDefault="009A43C9"/>
     <w:sectPr w:rsidR="004E4D4E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -12524,53 +7675,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="6A7A0B4F"/>
+    <w:nsid w:val="7E23559D"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="25D0F5EA"/>
+    <w:tmpl w:val="5B124CA0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -12681,77 +7832,77 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D93A0A"/>
+    <w:rsidRoot w:val="009A43C9"/>
     <w:rsid w:val="00033F23"/>
     <w:rsid w:val="00156ACC"/>
     <w:rsid w:val="002849CE"/>
     <w:rsid w:val="0039717D"/>
     <w:rsid w:val="003C7920"/>
     <w:rsid w:val="003D36BD"/>
     <w:rsid w:val="004F0402"/>
     <w:rsid w:val="00537D54"/>
     <w:rsid w:val="0072360A"/>
     <w:rsid w:val="00774D0A"/>
     <w:rsid w:val="0086140C"/>
     <w:rsid w:val="00905D54"/>
+    <w:rsid w:val="009A43C9"/>
     <w:rsid w:val="009F4218"/>
     <w:rsid w:val="00AD5EED"/>
     <w:rsid w:val="00CC76A8"/>
-    <w:rsid w:val="00D93A0A"/>
     <w:rsid w:val="00F57130"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
@@ -12902,175 +8053,190 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00D93A0A"/>
+    <w:rsid w:val="009A43C9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00D93A0A"/>
+    <w:rsid w:val="009A43C9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00D93A0A"/>
+    <w:rsid w:val="009A43C9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00D93A0A"/>
+    <w:rsid w:val="009A43C9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D93A0A"/>
+    <w:rsid w:val="009A43C9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D93A0A"/>
+    <w:rsid w:val="009A43C9"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00D93A0A"/>
+    <w:rsid w:val="009A43C9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="note1">
+    <w:name w:val="note1"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="009A43C9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -13197,269 +8363,284 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00D93A0A"/>
+    <w:rsid w:val="009A43C9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00D93A0A"/>
+    <w:rsid w:val="009A43C9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00D93A0A"/>
+    <w:rsid w:val="009A43C9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00D93A0A"/>
+    <w:rsid w:val="009A43C9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D93A0A"/>
+    <w:rsid w:val="009A43C9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D93A0A"/>
+    <w:rsid w:val="009A43C9"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00D93A0A"/>
+    <w:rsid w:val="009A43C9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="note1">
+    <w:name w:val="note1"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="009A43C9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="848561613">
+    <w:div w:id="853298292">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1238633545">
+        <w:div w:id="397478649">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1979139808">
+        <w:div w:id="601108777">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1629239116">
+            <w:div w:id="247813273">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1028994810">
+        <w:div w:id="835650855">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="644237362">
+            <w:div w:id="663363411">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/U2000000341" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/U2000000341" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/U1800000723" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/U2000000341" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/U2000000341" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/U1400000986" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1400000202" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/U2000000341" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/U2000000341" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/U2000000341" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/U2000000341" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z980000267_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/U1800000723" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/U2000000341" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1400000202" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/U2000000341" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/U1400000986" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000416" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/U090000858_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/U2000000341" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/U2000000341" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z990000453_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13707,66 +8888,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>20</Pages>
-[...1 lines deleted...]
-  <Characters>37372</Characters>
+  <Pages>19</Pages>
+  <Words>6313</Words>
+  <Characters>35986</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>311</Lines>
-  <Paragraphs>87</Paragraphs>
+  <Lines>299</Lines>
+  <Paragraphs>84</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>43841</CharactersWithSpaces>
+  <CharactersWithSpaces>42215</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>учитель</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>